--- v0 (2025-10-10)
+++ v1 (2025-11-15)
@@ -66,1948 +66,1939 @@
     <sheet name="Ловеч" sheetId="11" r:id="rId14"/>
     <sheet name="Монтана" sheetId="12" r:id="rId15"/>
     <sheet name="Пазарджик" sheetId="13" r:id="rId16"/>
     <sheet name="Плевен" sheetId="14" r:id="rId17"/>
     <sheet name="Перник" sheetId="15" r:id="rId18"/>
     <sheet name="Пловдив" sheetId="16" r:id="rId19"/>
     <sheet name="Разград" sheetId="17" r:id="rId20"/>
     <sheet name="Русе" sheetId="18" r:id="rId21"/>
     <sheet name="Силистра" sheetId="19" r:id="rId22"/>
     <sheet name="Сливен" sheetId="20" r:id="rId23"/>
     <sheet name="Смолян" sheetId="21" r:id="rId24"/>
     <sheet name="София" sheetId="22" r:id="rId25"/>
     <sheet name="София област" sheetId="23" r:id="rId26"/>
     <sheet name="Стара Загора" sheetId="24" r:id="rId27"/>
     <sheet name="Търговище" sheetId="25" r:id="rId28"/>
     <sheet name="Хасково" sheetId="26" r:id="rId29"/>
     <sheet name="Шумен" sheetId="27" r:id="rId30"/>
     <sheet name="Ямбол" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1079">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1076">
   <si>
     <t>Фирма</t>
   </si>
   <si>
     <t>Бензиностанция</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Обновено на</t>
   </si>
   <si>
     <t>Kruiz</t>
   </si>
   <si>
     <t>Круиз Сандански 876</t>
   </si>
   <si>
     <t>Сандански, главен път е-79 , местност Ушите</t>
   </si>
   <si>
     <t>Бензин А99 Н</t>
   </si>
   <si>
-    <t>2025-10-10</t>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>Lukoil</t>
+  </si>
+  <si>
+    <t>Баничан</t>
+  </si>
+  <si>
+    <t>с.Баничан на пътя Банско - Г.Делчев</t>
   </si>
   <si>
     <t>Бензин А95 Н</t>
   </si>
   <si>
+    <t>Благоевград 2</t>
+  </si>
+  <si>
+    <t>БЛАГОЕВГРАД кв.Грамада (до ЗИИУ)</t>
+  </si>
+  <si>
+    <t>Благоевград ПИРИН ОЙЛ</t>
+  </si>
+  <si>
+    <t>Благоевград, 2704 ул. Солунските атентатори №3</t>
+  </si>
+  <si>
+    <t>Круиз Сандански 2 499</t>
+  </si>
+  <si>
+    <t>Сандански, местност Соколовец</t>
+  </si>
+  <si>
+    <t>Круиз Марикостиново 608</t>
+  </si>
+  <si>
+    <t>Марикостиново</t>
+  </si>
+  <si>
+    <t>Круиз Петрич 804</t>
+  </si>
+  <si>
+    <t>6, ул. „Свобода", 2850 Петрич</t>
+  </si>
+  <si>
     <t>Круиз Благоевград 470</t>
   </si>
   <si>
     <t>Благоевград</t>
   </si>
   <si>
-    <t>Круиз Петрич 804</t>
-[...32 lines deleted...]
-    <t>Благоевград, 2704 ул. Солунските атентатори №3</t>
+    <t>Eko</t>
+  </si>
+  <si>
+    <t>Blagoevgrad 1</t>
+  </si>
+  <si>
+    <t>2 Peio Yavorov blvd, hotel Ezerec</t>
+  </si>
+  <si>
+    <t>EKO EKONOMY Unleaded A95</t>
+  </si>
+  <si>
+    <t>Blagoevgrad, center</t>
+  </si>
+  <si>
+    <t>CENTER, Saint Dimitur Solunski blvd</t>
+  </si>
+  <si>
+    <t>Гоце Делчев</t>
+  </si>
+  <si>
+    <t>І-1,км.352-300,София-Кулата</t>
+  </si>
+  <si>
+    <t>Петрич</t>
+  </si>
+  <si>
+    <t>с.Рибник, общ.Петрич</t>
+  </si>
+  <si>
+    <t>Банско</t>
+  </si>
+  <si>
+    <t>Банско,ул.Патриарх Евтимий</t>
+  </si>
+  <si>
+    <t>Белица</t>
+  </si>
+  <si>
+    <t>гара Белица</t>
+  </si>
+  <si>
+    <t>Г.Делчев до бензиностанцията на Петрол, ул.Дунав №14</t>
+  </si>
+  <si>
+    <t>Добринище</t>
+  </si>
+  <si>
+    <t>гл. път за Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Сатовча</t>
+  </si>
+  <si>
+    <t>с.Сатовча 2950/ обл.Благоевград</t>
   </si>
   <si>
     <t>Разлог</t>
   </si>
   <si>
     <t>ул.Екзарх Йосиф,изх.Благоевград</t>
   </si>
   <si>
-    <t>Петрич</t>
-[...1 lines deleted...]
-  <si>
     <t>Петрич, изход за Кулата</t>
   </si>
   <si>
     <t>РАЗЛОГ пътя за с.Баня,ул. Христо Ботев 77</t>
   </si>
   <si>
-    <t>Сатовча</t>
-[...40 lines deleted...]
-  <si>
     <t>Сандански 1</t>
   </si>
   <si>
     <t>САНДАНСКИ Промишлена зона (пътя за ж.п. гара)</t>
   </si>
   <si>
     <t>Сандански 2</t>
   </si>
   <si>
     <t>САНДАНСКИ изход Кулата, Околовръстен път</t>
   </si>
   <si>
     <t>Петрич 3</t>
   </si>
   <si>
     <t>ПЕТРИЧ ул. Рокфелер</t>
   </si>
   <si>
     <t>Якоруда</t>
   </si>
   <si>
     <t>изход Юндола, ул.Цар Борис 3 № 2</t>
   </si>
   <si>
     <t>Благоевград ЕЛМАНА</t>
   </si>
   <si>
     <t>Благоевград, 2702 ж.к. Орбита</t>
   </si>
   <si>
-    <t>Eko</t>
-[...14 lines deleted...]
-    <t>CENTER, Saint Dimitur Solunski blvd</t>
+    <t>Bansko</t>
+  </si>
+  <si>
+    <t>3-7 Nikola Golev str. (on the road to Goce Delchev)</t>
+  </si>
+  <si>
+    <t>Petrich</t>
+  </si>
+  <si>
+    <t>On town exit, Sofia way, Merata</t>
   </si>
   <si>
     <t>G. Delchev</t>
   </si>
   <si>
     <t>188 r.c. from the G.Delchev's plan</t>
   </si>
   <si>
-    <t>Bansko</t>
-[...10 lines deleted...]
-  <si>
     <t>Кулата</t>
   </si>
   <si>
     <t>с.Кулата</t>
   </si>
   <si>
     <t>Kresna</t>
   </si>
   <si>
     <t>E-79 road, on Sofia-Kulata way</t>
   </si>
   <si>
+    <t>Kulata</t>
+  </si>
+  <si>
+    <t>Sofia-Kulata, E-79 road, Chuchuligovo village</t>
+  </si>
+  <si>
     <t>1098 EKO Struma</t>
   </si>
   <si>
     <t>438км АМ Струма</t>
   </si>
   <si>
-    <t>Kulata</t>
-[...4 lines deleted...]
-  <si>
     <t>Petrol</t>
   </si>
   <si>
+    <t>0113 – Банско</t>
+  </si>
+  <si>
+    <t>БАНСКО, ул. "Патриарх Евтимий", вход Благоевград</t>
+  </si>
+  <si>
+    <t>Petrol A95H</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>0103 – Симитли</t>
+  </si>
+  <si>
+    <t>СИМИТЛИ,  ул. "Г.Димитров" №1, изход Благоевград</t>
+  </si>
+  <si>
     <t>0106 – Петрич</t>
   </si>
   <si>
     <t>ПЕТРИЧ, изход София (до гарата)</t>
   </si>
   <si>
-    <t>Petrol A95H</t>
-[...4 lines deleted...]
-  <si>
     <t>0112 – Гоце Делчев</t>
   </si>
   <si>
     <t>ГОЦЕ ДЕЛЧЕВ, ул. "Дунав" (до плажа)</t>
   </si>
   <si>
-    <t>0113 – Банско</t>
-[...4 lines deleted...]
-  <si>
     <t>0102 – Благоевград</t>
   </si>
   <si>
     <t>гр.БЛАГОЕВГРАД, бул. "Св. Димитър Солунски" (изхода за София)</t>
   </si>
   <si>
-    <t>0103 – Симитли</t>
-[...4 lines deleted...]
-  <si>
     <t>0130 - Петрич</t>
   </si>
   <si>
     <t>ПЕТРИЧ, изход Златарево</t>
   </si>
   <si>
     <t>0104 – Кресна</t>
   </si>
   <si>
     <t>КРЕСНА, път Е79 - изход Кула</t>
   </si>
   <si>
     <t>Круиз Бургас 460</t>
   </si>
   <si>
     <t>гр. Бургас, База СОМАТ, п.к. 8000</t>
   </si>
   <si>
     <t>Атия</t>
   </si>
   <si>
     <t>Меден рудник</t>
   </si>
   <si>
     <t xml:space="preserve">Бургас кв.Меден рудник </t>
   </si>
   <si>
+    <t>Бургас</t>
+  </si>
+  <si>
+    <t>гр. Бургас, ул. Вая 2</t>
+  </si>
+  <si>
+    <t>гр. Бургас, ул. Чаталджа 2</t>
+  </si>
+  <si>
+    <t>гр.Бургас, ул. Одрин № 3</t>
+  </si>
+  <si>
     <t>Бургас, Трапезица</t>
   </si>
   <si>
     <t>кв.Братя Миладинови,пл.Трапезица</t>
   </si>
   <si>
+    <t>Карнобат 2</t>
+  </si>
+  <si>
+    <t>КАРНОБАТ главен път София-Бургас</t>
+  </si>
+  <si>
+    <t>Айтос</t>
+  </si>
+  <si>
+    <t>ул.Славянска №94, главен път София-Бургас</t>
+  </si>
+  <si>
+    <t>Приморско</t>
+  </si>
+  <si>
+    <t>гл.път за Царево</t>
+  </si>
+  <si>
+    <t>Каблешково</t>
+  </si>
+  <si>
+    <t>Каблешково, обл.Бургас</t>
+  </si>
+  <si>
+    <t>Ахелой</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ахелой гл.път Бургас-Сл.Бряг-Несебър </t>
+  </si>
+  <si>
     <t xml:space="preserve">Царево </t>
   </si>
   <si>
     <t>Черноморец</t>
   </si>
   <si>
     <t xml:space="preserve">с.Черноморец </t>
   </si>
   <si>
-    <t>Ахелой</t>
-[...22 lines deleted...]
-  <si>
     <t>Братово</t>
   </si>
   <si>
     <t>с.Братово,общ.Бургас</t>
   </si>
   <si>
     <t>Карнобат</t>
   </si>
   <si>
     <t>Карнобат-8400,ул.Московска</t>
   </si>
   <si>
     <t>Бургас-Изток</t>
   </si>
   <si>
     <t>Бургас - изход Слънчев бряг</t>
   </si>
   <si>
     <t>Бургас-Юг</t>
   </si>
   <si>
     <t>Бургас - изход Созопол</t>
   </si>
   <si>
-    <t>Карнобат 2</t>
-[...4 lines deleted...]
-  <si>
     <t>Burgas, Industrialna</t>
   </si>
   <si>
     <t>Industrialna str -33, Akaciite r.c.</t>
   </si>
   <si>
-    <t>Бургас</t>
-[...10 lines deleted...]
-  <si>
     <t>Burgas, Lake</t>
   </si>
   <si>
     <t>LAKE, Industrial zone, entrance-Sozopol</t>
   </si>
   <si>
+    <t>Дебелт</t>
+  </si>
+  <si>
+    <t>Слънчев бряг</t>
+  </si>
+  <si>
+    <t>Слънчев бряг, 8240 на гл. път Бургас-Варна</t>
+  </si>
+  <si>
     <t>Бургас-изх.Соф</t>
   </si>
   <si>
     <t>Бургас, изхода София</t>
   </si>
   <si>
-    <t>Дебелт</t>
-[...7 lines deleted...]
-  <si>
     <t>1133- Карнобат</t>
   </si>
   <si>
     <t>Карнобат Изход Айтос</t>
   </si>
   <si>
     <t>2024-09-24</t>
   </si>
   <si>
     <t>1103 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС,  к-с "СЛАВЕЙКОВ", бул. "Стефан Стамболов"</t>
   </si>
   <si>
+    <t>1102 – Бургас</t>
+  </si>
+  <si>
+    <t>БУРГАС,  к-с "СЛАВЕЙКОВ"</t>
+  </si>
+  <si>
+    <t>1110 – Царево</t>
+  </si>
+  <si>
+    <t>ЦАРЕВО, ул. "Преображенска" 38</t>
+  </si>
+  <si>
     <t>1109 – Созопол</t>
   </si>
   <si>
     <t>СОЗОПОЛ, местност "Герени"</t>
   </si>
   <si>
-    <t>1110 – Царево</t>
-[...4 lines deleted...]
-  <si>
     <t>1112 – М. Търново</t>
   </si>
   <si>
     <t>МАЛКО ТЪРНОВО, ул. "България" 50</t>
   </si>
   <si>
     <t>1116 – Поморие</t>
   </si>
   <si>
     <t>ПОМОРИЕ, гл. път Варна-Бургас</t>
   </si>
   <si>
-    <t>1102 – Бургас</t>
-[...4 lines deleted...]
-  <si>
     <t>1108 – Приморско</t>
   </si>
   <si>
     <t>ПРИМОРСКО, ул. "Беласица" № 8</t>
   </si>
   <si>
+    <t>1120 – Несебър</t>
+  </si>
+  <si>
+    <t>НЕСЕБЪР - пътя Несебър - Равда, ж.к. Черно море</t>
+  </si>
+  <si>
     <t>1119 – Сл.бряг</t>
   </si>
   <si>
     <t>СЛЪНЧЕВ БРЯГ, в комплекса</t>
   </si>
   <si>
-    <t>1120 – Несебър</t>
-[...4 lines deleted...]
-  <si>
     <t>1129 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС, к-с "ИЗГРЕВ"</t>
   </si>
   <si>
     <t>Круиз Варна 310</t>
   </si>
   <si>
     <t>бул. Трети Март 11</t>
   </si>
   <si>
+    <t>Варна</t>
+  </si>
+  <si>
+    <t>Ялови ниви,кв.Вл.Варненчик</t>
+  </si>
+  <si>
+    <t>Варна 5</t>
+  </si>
+  <si>
+    <t>до "Горивни строителни материали"-зап.промишлена зона</t>
+  </si>
+  <si>
+    <t>кв.Аспарухово, ул. Народни будители №9</t>
+  </si>
+  <si>
+    <t>Варна 7</t>
+  </si>
+  <si>
+    <t>ВАРНА ул. Евлоги Георгиев</t>
+  </si>
+  <si>
+    <t>Варна-3</t>
+  </si>
+  <si>
+    <t>бул."Христо Ботев", преди Асп.мост</t>
+  </si>
+  <si>
+    <t>Варна -4</t>
+  </si>
+  <si>
+    <t>бул. "Цар Освободител" до блок № 109</t>
+  </si>
+  <si>
     <t>Варна - 2</t>
   </si>
   <si>
     <t>Варна -изход София</t>
   </si>
   <si>
-    <t>Варна-3</t>
-[...29 lines deleted...]
-    <t>кв.Аспарухово, ул. Народни будители №9</t>
+    <t>Varna. Slivnica</t>
+  </si>
+  <si>
+    <t>SLIVNITCA blvd - 189</t>
+  </si>
+  <si>
+    <t>Varna, Varnenchik</t>
+  </si>
+  <si>
+    <t>VARNENCHIK blvd, Citroen,</t>
+  </si>
+  <si>
+    <t>Varna, Port</t>
+  </si>
+  <si>
+    <t>PORT,  Devnya str.</t>
+  </si>
+  <si>
+    <t>Varna, Gazko</t>
+  </si>
+  <si>
+    <t>CHAIKA, Vasil Levski blvd, under the stadium</t>
   </si>
   <si>
     <t>Varna, Evksinograd</t>
   </si>
   <si>
     <t>87 Purva str. in fron of Evksinograd</t>
   </si>
   <si>
-    <t>Varna, Varnenchik</t>
-[...26 lines deleted...]
-    <t>SLIVNITCA blvd - 189</t>
+    <t>2131 – Варна</t>
+  </si>
+  <si>
+    <t>ВАРНА, кв. "Владислав Варненчик", м-ст "Голям пясък", парцел 64</t>
   </si>
   <si>
     <t>2130 – Варна</t>
   </si>
   <si>
     <t>ВАРНА, бул. "Владислав Варненчик" № 256</t>
   </si>
   <si>
-    <t>2131 – Варна</t>
-[...4 lines deleted...]
-  <si>
     <t>2106 – Варна</t>
   </si>
   <si>
     <t>ВАРНА, кв. Бриз</t>
   </si>
   <si>
+    <t>Велико Търново 2</t>
+  </si>
+  <si>
+    <t>ул.Никола Габровски 74, до ДАП</t>
+  </si>
+  <si>
+    <t>Хим Ойл</t>
+  </si>
+  <si>
+    <t>Обект 5200 Химойл Павликени</t>
+  </si>
+  <si>
+    <t>Павликени,ул. "Бачо Киро" 62</t>
+  </si>
+  <si>
+    <t>Chimoil Бензин A95</t>
+  </si>
+  <si>
+    <t>Павликени</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> в индустриалната част, ул.Илия Златев</t>
+  </si>
+  <si>
+    <t>В.Търново</t>
+  </si>
+  <si>
+    <t>Момин сбор,13-ти км.на Е-722</t>
+  </si>
+  <si>
+    <t>Лясковец</t>
+  </si>
+  <si>
+    <t>ул. "Васил Левски" №227Б</t>
+  </si>
+  <si>
+    <t>Добри дял</t>
+  </si>
+  <si>
+    <t>с.Добри дял, главен път Варна - София</t>
+  </si>
+  <si>
+    <t>Велико Търново 3</t>
+  </si>
+  <si>
+    <t>ВЕЛИКО ТЪРНОВО изхода за Варна</t>
+  </si>
+  <si>
     <t>Горна Оряховица</t>
   </si>
   <si>
     <t>до механотехникума, ул.Цар Освободител</t>
   </si>
   <si>
-    <t>В.Търново</t>
-[...44 lines deleted...]
-    <t xml:space="preserve"> в индустриалната част, ул.Илия Златев</t>
+    <t>V. Tarnovo 2</t>
+  </si>
+  <si>
+    <t>2 ENTRANCE, 28 Magistralna str</t>
+  </si>
+  <si>
+    <t>V. Tarnovo entr.</t>
+  </si>
+  <si>
+    <t>Tarnovo EXIT, Magistrala str, Road I-4</t>
   </si>
   <si>
     <t>G. Oryahovica</t>
   </si>
   <si>
     <t>23 V. Levski str.</t>
   </si>
   <si>
-    <t>V. Tarnovo entr.</t>
-[...10 lines deleted...]
-  <si>
     <t>4206 – Г. Оряховица</t>
   </si>
   <si>
     <t>ГОРНА ОРЯХОВИЦА, ул. "Св.Княз Борис I",Източна промишлена зона</t>
   </si>
   <si>
+    <t>4225 – В. Търново</t>
+  </si>
+  <si>
+    <t>В.ТЪРНОВО, ул. "Магистрална", главен път Варна - София, входа Варна</t>
+  </si>
+  <si>
     <t>4228 – В. Търново</t>
   </si>
   <si>
     <t>В.ТЪРНОВО - бул. България</t>
   </si>
   <si>
-    <t>4225 – В. Търново</t>
-[...4 lines deleted...]
-  <si>
     <t>4209 – Свищов</t>
   </si>
   <si>
     <t>СВИЩОВ,  ул. "33-ти Свищовски полк" № 83, център</t>
   </si>
   <si>
+    <t>4223 – Ресен</t>
+  </si>
+  <si>
+    <t>РЕСЕН, ул. Димитър Благоев, изход Павликени</t>
+  </si>
+  <si>
     <t>4204 – Елена</t>
   </si>
   <si>
     <t>ЕЛЕНА, в индустриалната част</t>
   </si>
   <si>
     <t>4216 – П. Тръмбеш</t>
   </si>
   <si>
     <t>П.ТРЪМБЕШ, ул. "Александър Стамболийски, изхода за В. Търново</t>
   </si>
   <si>
-    <t>4223 – Ресен</t>
-[...4 lines deleted...]
-  <si>
     <t>Круиз Дунавци 896</t>
   </si>
   <si>
     <t>международен път Е 79 при гр. Дунавци, 3740 Дунавци</t>
   </si>
   <si>
     <t>Видин 2</t>
   </si>
   <si>
     <t>ВИДИН  КУМБАИР, БУЛ. ПАНОНИЯ</t>
   </si>
   <si>
     <t>Видин</t>
   </si>
   <si>
     <t>Видин, ул.Панония 23</t>
   </si>
   <si>
     <t>Kula (Vidin)</t>
   </si>
   <si>
     <t>KULA, 4 Tolbuhin str</t>
   </si>
   <si>
     <t>3202 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, жк. Заводско селище" №1</t>
   </si>
   <si>
     <t>3201 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, ул. "МИТРОПОЛИТ КИРИЛ" №1</t>
   </si>
   <si>
     <t>3212 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, ТЕЦ ,ЮЖНА ПРОМИШЛЕНА ЗОНА</t>
   </si>
   <si>
     <t>3204 – Кула</t>
   </si>
   <si>
     <t>КУЛА, ул. "Възраждане",  вход ВИДИН</t>
   </si>
   <si>
+    <t>3210 – Ружинци</t>
+  </si>
+  <si>
+    <t>РУЖИНЦИ, Е79, изход МОНТАНА</t>
+  </si>
+  <si>
+    <t>3211 – Брегово</t>
+  </si>
+  <si>
+    <t>БРЕГОВО, ул. "Г. ДИМИТРОВ" №54</t>
+  </si>
+  <si>
+    <t>3223- Дунав Мост 2</t>
+  </si>
+  <si>
+    <t>Дунав Мост 2 Антимово</t>
+  </si>
+  <si>
     <t>3207 – Белоградчик</t>
   </si>
   <si>
     <t>БЕЛОГРАДЧИК, ул. "Цар Иван Срацимир" , ВХОД ОТ ВИДИН</t>
   </si>
   <si>
-    <t>3223- Дунав Мост 2</t>
-[...14 lines deleted...]
-    <t>БРЕГОВО, ул. "Г. ДИМИТРОВ" №54</t>
+    <t>Бяла Слатина</t>
+  </si>
+  <si>
+    <t>БЯЛА СЛАТИНА обл.Монтана, шосе изх.Плевен</t>
   </si>
   <si>
     <t>Круиз Бяла Слатина 682</t>
   </si>
   <si>
     <t>Околовръстен път, 3200 Бяла Слатина</t>
   </si>
   <si>
-    <t>Бяла Слатина</t>
-[...4 lines deleted...]
-  <si>
     <t>Враца</t>
   </si>
   <si>
     <t>Враца-кръговото към Видин</t>
   </si>
   <si>
+    <t>Оряхово</t>
+  </si>
+  <si>
+    <t>ОРЯХОВО  КВ.2 ПАРЦЕЛ4 ВХ. МИЗИЯ</t>
+  </si>
+  <si>
+    <t>Козлудуй</t>
+  </si>
+  <si>
+    <t>ул.Дондуков, изх. АЕЦ</t>
+  </si>
+  <si>
+    <t>Мездра</t>
+  </si>
+  <si>
+    <t>ул.Ал.Стамболийски 24</t>
+  </si>
+  <si>
     <t xml:space="preserve"> местност Дъбника, пътя за Бяла Слатина</t>
   </si>
   <si>
-    <t>Козлудуй</t>
-[...16 lines deleted...]
-  <si>
     <t>Vraca</t>
   </si>
   <si>
     <t>65 Mito Orozov str</t>
   </si>
   <si>
+    <t>3112 – Гложане</t>
+  </si>
+  <si>
+    <t>ГЛОЖЕНЕ,  кв. "83", изход ОРЯХОВО</t>
+  </si>
+  <si>
+    <t>3103 – Враца</t>
+  </si>
+  <si>
+    <t>ВРАЦА, ж.к. Хранително-вкусова зона, ул. "Илинден"</t>
+  </si>
+  <si>
+    <t>3105 – Мездра</t>
+  </si>
+  <si>
+    <t>МЕЗДРА, ул. "9-ти септември", център</t>
+  </si>
+  <si>
     <t>3117 – Бутан</t>
   </si>
   <si>
     <t>БУТАН, вход ВРАЦА</t>
   </si>
   <si>
-    <t>3103 – Враца</t>
-[...14 lines deleted...]
-    <t>ГЛОЖЕНЕ,  кв. "83", изход ОРЯХОВО</t>
+    <t>3110 – Борован</t>
+  </si>
+  <si>
+    <t>БОРОВАН , шосе изход ОРЯХОВО</t>
   </si>
   <si>
     <t>3106 – Роман</t>
   </si>
   <si>
     <t>РОМАН, изход Златна Панега</t>
   </si>
   <si>
-    <t>3110 – Борован</t>
-[...4 lines deleted...]
-  <si>
     <t>3104 – Мездра</t>
   </si>
   <si>
     <t>МЕЗДРА, път Е-79, вход от София</t>
   </si>
   <si>
     <t>2024-01-02</t>
   </si>
   <si>
     <t>Еко Метан</t>
   </si>
   <si>
     <t>Екометан Враца</t>
   </si>
   <si>
     <t>Враца ОРЯХОВСКО ШОСЕ</t>
   </si>
   <si>
     <t>ЕкоМетан Бензин -95</t>
   </si>
   <si>
     <t>2020-10-19</t>
   </si>
   <si>
     <t>Круиз Габрово 416</t>
   </si>
   <si>
     <t>Републикански път II-44 от Севлиево за Габрово</t>
   </si>
   <si>
+    <t>Дряново</t>
+  </si>
+  <si>
+    <t>изход В.Търново</t>
+  </si>
+  <si>
+    <t>Габрово</t>
+  </si>
+  <si>
+    <t>ул."Брянска"№70</t>
+  </si>
+  <si>
+    <t>бул.Хемус</t>
+  </si>
+  <si>
+    <t>Севлиево 2</t>
+  </si>
+  <si>
+    <t>СЕВЛИЕВО изход за Велико Търново</t>
+  </si>
+  <si>
     <t>Севлиево</t>
   </si>
   <si>
     <t>АМ Хемус, преди разклона за Севлиево</t>
   </si>
   <si>
-    <t>Габрово</t>
-[...19 lines deleted...]
-  <si>
     <t>Sevlievo</t>
   </si>
   <si>
     <t>Byal Bryag 2 str, (next to Ideal Standart)</t>
   </si>
   <si>
     <t>4307 – Севлиево</t>
   </si>
   <si>
     <t>СЕВЛИЕВО, Северна промишлена зона, вход Плевен</t>
   </si>
   <si>
     <t>4301 – Габрово</t>
   </si>
   <si>
     <t>ГАБРОВО, бул. "Стефан Караджа", изход Севлиево</t>
   </si>
   <si>
     <t>4303 – Трявна</t>
   </si>
   <si>
     <t>ТРЯВНА, ул. "Ангел Кънчев"№152, изход Габрово</t>
   </si>
   <si>
     <t>4304 – Дряново</t>
   </si>
   <si>
     <t>ДРЯНОВО, ул. "Шипка" № 214, център</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>Добрич</t>
   </si>
   <si>
     <t>бул."Добруджа"</t>
   </si>
   <si>
+    <t>Обект 9303 Варна</t>
+  </si>
+  <si>
+    <t>Варна Стожер Опълченска</t>
+  </si>
+  <si>
+    <t>Обект 9301 Добрич</t>
+  </si>
+  <si>
+    <t>Обект 9302 Добрич</t>
+  </si>
+  <si>
+    <t>Добрич ул. "Околовръстен Път" 29</t>
+  </si>
+  <si>
     <t>Добрич 3</t>
   </si>
   <si>
     <t>бул.Добруджа 1, изх.Балчик</t>
   </si>
   <si>
     <t>Добрич 2</t>
   </si>
   <si>
     <t>околовръстен път - изход Варна</t>
   </si>
   <si>
-    <t>Обект 9303 Варна</t>
-[...13 lines deleted...]
-  <si>
     <t>Dobrich</t>
   </si>
   <si>
     <t>24 Dobrudzha blvd</t>
   </si>
   <si>
     <t>2202 – Добрич</t>
   </si>
   <si>
     <t>ДОБРИЧ, ул. "Калиакра", пътя за с. Житница</t>
   </si>
   <si>
     <t>2210 – Албена</t>
   </si>
   <si>
     <t>к.к.АЛБЕНА, посока Кранево</t>
   </si>
   <si>
+    <t>2205 – Тервел</t>
+  </si>
+  <si>
+    <t>ТЕРВЕЛ, кв. "Изгрев", ул. "Хан Аспарух" 99</t>
+  </si>
+  <si>
     <t>2209 – Балчик</t>
   </si>
   <si>
     <t>БАЛЧИК, ул. "Дунав"</t>
   </si>
   <si>
     <t>2206 – Каварна</t>
   </si>
   <si>
     <t>КАВАРНА, ул. "България" № 1</t>
   </si>
   <si>
-    <t>2205 – Тервел</t>
-[...4 lines deleted...]
-  <si>
     <t>Глория Ойл</t>
   </si>
   <si>
     <t>Генерал Тошево, 9500 ул. Д. Благоев</t>
   </si>
   <si>
     <t>Глория ойл - Бензин</t>
   </si>
   <si>
+    <t>с.Черноочене</t>
+  </si>
+  <si>
+    <t>гл.път Хасково-Кърджали</t>
+  </si>
+  <si>
+    <t>Кърджали</t>
+  </si>
+  <si>
+    <t>ул.Осми март № 48, изход Ардино</t>
+  </si>
+  <si>
     <t>Кърджали 2</t>
   </si>
   <si>
     <t>бул.Беломорски, Ардински мост, изх.Момчилград</t>
   </si>
   <si>
-    <t>с.Черноочене</t>
-[...8 lines deleted...]
-    <t>ул.Осми март № 48, изход Ардино</t>
+    <t>Кърджали 1, изход</t>
+  </si>
+  <si>
+    <t>Kardjali 1</t>
   </si>
   <si>
     <t>Кърджали 2, център</t>
   </si>
   <si>
     <t>Kardjali 2</t>
   </si>
   <si>
-    <t>Кърджали 1, изход</t>
-[...4 lines deleted...]
-  <si>
     <t>Маказа</t>
   </si>
   <si>
     <t>ГКПП Маказа</t>
   </si>
   <si>
     <t>8309 – Черноочене</t>
   </si>
   <si>
     <t>ЧЕРНООЧЕНЕ, м-ст "ЮСУФ ДУДУ", изход Хасково</t>
   </si>
   <si>
+    <t>8310 – Джебел</t>
+  </si>
+  <si>
+    <t>ДЖЕБЕЛ, ул. "Илдъръм"  № 23, Автогара</t>
+  </si>
+  <si>
     <t>8301 – Кърджали</t>
   </si>
   <si>
     <t>КЪРДЖАЛИ, бул. "Беломорски", автогара</t>
   </si>
   <si>
-    <t>8310 – Джебел</t>
-[...4 lines deleted...]
-  <si>
     <t>8306 – Момчиловград</t>
   </si>
   <si>
     <t>МОМЧИЛГРАД, изход КЪРДЖАЛИ</t>
   </si>
   <si>
     <t>8308 – Подкова</t>
   </si>
   <si>
     <t>ПОДКОВА, ДЖЕБЕЛСКА РЕКА</t>
   </si>
   <si>
+    <t>8307 – Крумовград</t>
+  </si>
+  <si>
+    <t>КРУМОВГРАД ПЪТЯ ЗА ИВАЙЛОВГРАД</t>
+  </si>
+  <si>
     <t>8304 – Ардино</t>
   </si>
   <si>
     <t>АРДИНО, изход СМОЛЯН, м-ст "Любовна чешма"</t>
   </si>
   <si>
-    <t>8307 – Крумовград</t>
-[...2 lines deleted...]
-    <t>КРУМОВГРАД ПЪТЯ ЗА ИВАЙЛОВГРАД</t>
+    <t>Дупница</t>
+  </si>
+  <si>
+    <t>ул.Саморанска</t>
+  </si>
+  <si>
+    <t>Кюстендил</t>
+  </si>
+  <si>
+    <t>ул.Софийско шосе 5</t>
+  </si>
+  <si>
+    <t>Кюстендил 3</t>
+  </si>
+  <si>
+    <t>бул.Софийско шосе, вх.София</t>
   </si>
   <si>
     <t>Кюстендил 2</t>
   </si>
   <si>
     <t>КЮСТЕНДИЛ ул.Ал.Димитров (до гарата)</t>
   </si>
   <si>
-    <t>Дупница</t>
-[...4 lines deleted...]
-  <si>
     <t>ДУПНИЦА изход Самоков,ул. Самоковско шосе 32</t>
   </si>
   <si>
-    <t>Кюстендил</t>
-[...8 lines deleted...]
-    <t>бул.Софийско шосе, вх.София</t>
+    <t>Kustendil</t>
+  </si>
+  <si>
+    <t>2 Nikolicheski pat str, next to Velbuzhd factory</t>
   </si>
   <si>
     <t>Dupnica</t>
   </si>
   <si>
     <t>1 Sofiisko shose str.</t>
   </si>
   <si>
-    <t>Kustendil</t>
-[...4 lines deleted...]
-  <si>
     <t>0207 - КОЧЕРИНОВО</t>
   </si>
   <si>
     <t>КОЧЕРИНОВО  път Е79 м-ст "Брежето"</t>
   </si>
   <si>
     <t>0202 – Кюстендил</t>
   </si>
   <si>
     <t>КЮСТЕНДИЛ, ул. "Гюешевско шосе", изход Гюешево</t>
   </si>
   <si>
     <t>0201 – Кюстендил</t>
   </si>
   <si>
     <t>КЮСТЕНДИЛ, бул. Софийско шосе, изход София</t>
   </si>
   <si>
     <t>0204 – Дупница</t>
   </si>
   <si>
     <t>ДУПНИЦА, ул. "Св. Иван Рилски"№ 317, изход за Благоевград</t>
   </si>
   <si>
     <t>0205 – Бобов дол</t>
   </si>
   <si>
     <t>БОБОВ  ДОЛ, изход Дупница</t>
   </si>
   <si>
     <t>Обект 5500 Ловеч</t>
   </si>
   <si>
     <t>гр. Ловеч, път II-35 Плевен - Троян</t>
   </si>
   <si>
     <t>Chimoil Бензин А95</t>
   </si>
   <si>
+    <t>Троян Верона 2002</t>
+  </si>
+  <si>
+    <t>Троян, 5602 ул. Васил Левски №320</t>
+  </si>
+  <si>
     <t>с. Български извор</t>
   </si>
   <si>
     <t>Боаза</t>
   </si>
   <si>
     <t>БОАЗА на пътя Варна-София</t>
   </si>
   <si>
     <t>Ловеч</t>
   </si>
   <si>
     <t>ЛОВЕЧ на изхода за Плевен, бул.Мизия</t>
   </si>
   <si>
     <t>Тетевен</t>
   </si>
   <si>
     <t>ул.Вършец 77, на изхода за Плевен</t>
   </si>
   <si>
-    <t>Троян Верона 2002</t>
-[...2 lines deleted...]
-    <t>Троян, 5602 ул. Васил Левски №320</t>
+    <t>4407 – Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, бул. "Мизия"</t>
+  </si>
+  <si>
+    <t>4413 – Тетевен</t>
+  </si>
+  <si>
+    <t>ТЕТЕВЕН, ул. Вършец №67</t>
+  </si>
+  <si>
+    <t>4401 – Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, ул. "Доктор Съйко Съев", на изхода за София</t>
   </si>
   <si>
     <t>4405 – Троян</t>
   </si>
   <si>
     <t>ТРОЯН, ул. "Генерал Карцов", изход за ,,Беклемето"</t>
   </si>
   <si>
-    <t>4407 – Ловеч</t>
-[...14 lines deleted...]
-    <t>ЛОВЕЧ, ул. "Доктор Съйко Съев", на изхода за София</t>
+    <t>4409 – Луковит</t>
+  </si>
+  <si>
+    <t>ЛУКОВИТ, ул. "Възраждане", вход София</t>
   </si>
   <si>
     <t>4418 – Малиново</t>
   </si>
   <si>
+    <t>4420 – Микре</t>
+  </si>
+  <si>
+    <t>МИКРЕ, на пътя София-Варна м-ст "Дончовското", изход София</t>
+  </si>
+  <si>
     <t>4424 – гр.Ловеч</t>
   </si>
   <si>
     <t>ЛОВЕЧ, гл. път 35, посока от Плевен към Троян (ул. Баховско шосе)</t>
   </si>
   <si>
-    <t>4420 – Микре</t>
-[...10 lines deleted...]
-  <si>
     <t>4411 – Златна Панега</t>
   </si>
   <si>
     <t>ЗЛАТНА ПАНЕГА, главен път Плевен-София, изход София</t>
   </si>
   <si>
     <t>4421 – Ябланица</t>
   </si>
   <si>
     <t>ЯБЛАНИЦА, кв. "Кът"</t>
   </si>
   <si>
     <t>Монтана</t>
   </si>
   <si>
     <t>бул.Трети март 145</t>
   </si>
   <si>
+    <t>Лом</t>
+  </si>
+  <si>
+    <t>кв.Младеново, ул. Софийска 4</t>
+  </si>
+  <si>
     <t>Лом 2</t>
   </si>
   <si>
     <t>Лом, Белоградчишко шосе</t>
   </si>
   <si>
+    <t>Монтана 2</t>
+  </si>
+  <si>
+    <t>ул. Ал.Стамболийски</t>
+  </si>
+  <si>
     <t>Белотинци</t>
   </si>
   <si>
     <t>с.Белотинци, Е 79</t>
   </si>
   <si>
-    <t>Монтана 2</t>
-[...10 lines deleted...]
-  <si>
     <t>Montana</t>
   </si>
   <si>
     <t>E-79, Sofia - Vratsa way</t>
   </si>
   <si>
+    <t>3319 – Монтана</t>
+  </si>
+  <si>
+    <t>МОНТАНА, бул. "Хр. Ботев" 66</t>
+  </si>
+  <si>
     <t>3313 – Лом</t>
   </si>
   <si>
     <t>ЛОМ, м-ст "Бахчите", ул. Ал. Стамболийски</t>
   </si>
   <si>
-    <t>3319 – Монтана</t>
-[...4 lines deleted...]
-  <si>
     <t>3303 – Монтана</t>
   </si>
   <si>
     <t>МОНТАНА, РУЖ. ШОСЕ, УЛ. "ВЕРЕНИШКА"</t>
   </si>
   <si>
+    <t>3305 – Вършец</t>
+  </si>
+  <si>
+    <t>ВЪРШЕЦ, ул. "Република", вход от ВРАЦА</t>
+  </si>
+  <si>
+    <t>3309 – Мърчево</t>
+  </si>
+  <si>
+    <t>МЪРЧЕВО, ул. "Първа"№34,  изход ОРЯХОВО</t>
+  </si>
+  <si>
+    <t>3310 – Г. Геново</t>
+  </si>
+  <si>
+    <t>Г.ГЕНОВО, БЕЛОГРАДЧИШКО ШОСЕ</t>
+  </si>
+  <si>
     <t>3308 – Вълчедръм</t>
   </si>
   <si>
     <t>ВЪЛЧЕДРЪМ, ул. "Георги Карлов", ИЗХОД ЛОМ</t>
   </si>
   <si>
-    <t>3305 – Вършец</t>
-[...14 lines deleted...]
-    <t>Г.ГЕНОВО, БЕЛОГРАДЧИШКО ШОСЕ</t>
+    <t>Круиз Велинград 883</t>
+  </si>
+  <si>
+    <t>ул. Патриарх Евтимий 1</t>
+  </si>
+  <si>
+    <t>Круиз Пазарджик 884</t>
+  </si>
+  <si>
+    <t>бул. Георги Бенковски 142</t>
   </si>
   <si>
     <t>Круиз Магистрала Тракия 61 км 848</t>
   </si>
   <si>
     <t>булевард „България", 4498 Долно вършило</t>
   </si>
   <si>
-    <t>Круиз Велинград 883</t>
-[...8 lines deleted...]
-    <t>бул. Георги Бенковски 142</t>
+    <t>Пазарджик</t>
+  </si>
+  <si>
+    <t>ул. Христо Касапвелев, до казармата</t>
+  </si>
+  <si>
+    <t>Пазарджик 3</t>
+  </si>
+  <si>
+    <t>Пазарджик ,ул. Христо Касап Велев №2</t>
   </si>
   <si>
     <t>Панагюрище</t>
   </si>
   <si>
     <t>вход от Оборище</t>
   </si>
   <si>
-    <t>Пазарджик 3</t>
-[...2 lines deleted...]
-    <t>Пазарджик ,ул. Христо Касап Велев №2</t>
+    <t>Пазарджик 2</t>
+  </si>
+  <si>
+    <t>Пазарджик, Пловдивско шосе, след OMV</t>
+  </si>
+  <si>
+    <t>Велинград</t>
+  </si>
+  <si>
+    <t>ул.Хан Аспарух №2</t>
   </si>
   <si>
     <t>Пещера</t>
   </si>
   <si>
     <t>ПЕЩЕРА,ул. Михаил Такев 9</t>
   </si>
   <si>
-    <t>Велинград</t>
-[...14 lines deleted...]
-    <t>Пазарджик, Пловдивско шосе, след OMV</t>
+    <t>Pazardjik</t>
+  </si>
+  <si>
+    <t>Stoyan Angelov str, Ring road</t>
+  </si>
+  <si>
+    <t>Velingrad</t>
+  </si>
+  <si>
+    <t>74 Industrialna str.</t>
   </si>
   <si>
     <t>Пазарджик Царица Йоана</t>
   </si>
   <si>
     <t>Пазарджик, ул. „Царица Йоанна“ 16</t>
   </si>
   <si>
-    <t>Velingrad</t>
-[...10 lines deleted...]
-  <si>
     <t>АМ "Тракия" - 88 км. север</t>
   </si>
   <si>
     <t>АМ Тракия- 88км.</t>
   </si>
   <si>
+    <t>5208 – Панагюрище</t>
+  </si>
+  <si>
+    <t>ПАНАГЮРИЩЕ, ул. "Г. Бенковски"</t>
+  </si>
+  <si>
+    <t>5211 – Велинград</t>
+  </si>
+  <si>
+    <t>ВЕЛИНГРАД, ул. "Хр. Ботев"  № 41</t>
+  </si>
+  <si>
     <t>5202 – Пазарджик</t>
   </si>
   <si>
     <t>ПАЗАРДЖИК, бул. "Цар Освободител" № 43</t>
   </si>
   <si>
-    <t>5208 – Панагюрище</t>
-[...8 lines deleted...]
-    <t>ВЕЛИНГРАД, ул. "Хр. Ботев"  № 41</t>
+    <t>5210 – Батак</t>
+  </si>
+  <si>
+    <t>БАТАК, местност "Превала"</t>
+  </si>
+  <si>
+    <t>5206 – Белово</t>
+  </si>
+  <si>
+    <t>БЕЛОВО, ул. "Освобождение" № 177</t>
   </si>
   <si>
     <t>5205 – Септември</t>
   </si>
   <si>
     <t>СЕПТЕМВРИ, ул. "Велинградско шосе"</t>
   </si>
   <si>
-    <t>5206 – Белово</t>
-[...10 lines deleted...]
-  <si>
     <t>5216 – Церово</t>
   </si>
   <si>
     <t>ЦЕРОВО, АМ "Тракия", посока София</t>
   </si>
   <si>
     <t>5215 – Калугерово</t>
   </si>
   <si>
     <t>КАЛУГЕРОВО, АМ "Тракия", посока Пловдив</t>
   </si>
   <si>
+    <t>Белене</t>
+  </si>
+  <si>
+    <t>Плевен</t>
+  </si>
+  <si>
+    <t>кв."Сторгозия", до ЛВТ</t>
+  </si>
+  <si>
     <t>Левски</t>
   </si>
   <si>
     <t>ЛЕВСКИ изход Плевен</t>
   </si>
   <si>
-    <t>Белене</t>
+    <t>Плевен 3</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН на изхода за София</t>
   </si>
   <si>
     <t>Плевен 2</t>
   </si>
   <si>
     <t>ПЛЕВЕН при КАТ-север, изход Русе</t>
   </si>
   <si>
-    <t>Плевен 3</t>
-[...10 lines deleted...]
-  <si>
     <t>Pleven 1</t>
   </si>
   <si>
     <t>Hristo Botev blvd</t>
   </si>
   <si>
     <t>Pleven, Mizia</t>
   </si>
   <si>
     <t>2 Bulgarska aviaciya str</t>
   </si>
   <si>
     <t>4101 – Плевен</t>
   </si>
   <si>
     <t>ПЛЕВЕН, ул. Сан Стефано", парк "Кайлъка"</t>
   </si>
   <si>
+    <t>4102 – Плевен</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН, ул. "Гривишко шосе"</t>
+  </si>
+  <si>
+    <t>4123 – Белене</t>
+  </si>
+  <si>
+    <t>БЕЛЕНЕ, ул. "България", изход Плевен</t>
+  </si>
+  <si>
     <t>4127 – Левски</t>
   </si>
   <si>
     <t>ЛЕВСКИ, ул."Цар Иван Асен II", изход за Плевен</t>
   </si>
   <si>
-    <t>4123 – Белене</t>
-[...10 lines deleted...]
-  <si>
     <t>4109 – Червен бряг</t>
   </si>
   <si>
     <t>ЧЕРВЕН БРЯГ, до база "Петрол"</t>
   </si>
   <si>
     <t>4110 – Червен бряг</t>
   </si>
   <si>
     <t>ЧЕРВЕН БРЯГ, ул. "Софроний Врачански", до ЖП гарата</t>
   </si>
   <si>
+    <t>3109 – Кнежа</t>
+  </si>
+  <si>
+    <t>КНЕЖА, ул. "Д. БУТАНСКИ" №4</t>
+  </si>
+  <si>
+    <t>4113 – Българене</t>
+  </si>
+  <si>
+    <t>БЪЛГАРЕНЕ, на пътя за Русе</t>
+  </si>
+  <si>
     <t>4114 – Гулянци</t>
   </si>
   <si>
     <t>ГУЛЯНЦИ, на изхода за Никопол</t>
   </si>
   <si>
-    <t>4113 – Българене</t>
-[...4 lines deleted...]
-  <si>
     <t>4111 – Радомирци</t>
   </si>
   <si>
     <t>РАДОМИРЦИ, пътя Плевен - София</t>
   </si>
   <si>
-    <t>3109 – Кнежа</t>
-[...2 lines deleted...]
-    <t>КНЕЖА, ул. "Д. БУТАНСКИ" №4</t>
+    <t>Перник</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> кв.Ладовица</t>
+  </si>
+  <si>
+    <t>Студена</t>
+  </si>
+  <si>
+    <t>с.Студена</t>
   </si>
   <si>
     <t>Брезник</t>
   </si>
   <si>
     <t>ГР. БРЕЗНИК изход Трън, ул. Г. Бунджелов 74</t>
   </si>
   <si>
-    <t>Перник</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> кв.Ладовица</t>
+    <t>Перник 2</t>
+  </si>
+  <si>
+    <t>ПЕРНИК кв.Граово</t>
   </si>
   <si>
     <t>Радомир</t>
   </si>
   <si>
     <t>РАДОМИР, ул. Райко Даскалов</t>
   </si>
   <si>
-    <t>Перник 2</t>
-[...8 lines deleted...]
-    <t>с.Студена</t>
+    <t>Pernik 1</t>
+  </si>
+  <si>
+    <t>Jurii Gagarin blvd</t>
   </si>
   <si>
     <t>Pernik, Stomana</t>
   </si>
   <si>
     <t>STOMANA, Skorostna magistrala str</t>
   </si>
   <si>
-    <t>Pernik 1</t>
-[...4 lines deleted...]
-  <si>
     <t>7311 – Драгичево</t>
   </si>
   <si>
     <t>ДРАГИЧЕВО, вход АМ Люлин, изход София</t>
   </si>
   <si>
     <t>7316 - Перник</t>
   </si>
   <si>
     <t>Перник, ул. Юрий Гагарин" - вход от София</t>
   </si>
   <si>
     <t>7308 – Трън</t>
   </si>
   <si>
     <t>ТРЪН, изход за ГКПП</t>
   </si>
   <si>
     <t>7305 – Извор</t>
   </si>
   <si>
     <t>ИЗВОР, път Радомир-Кюстендил, изход Кюстендил</t>
   </si>
   <si>
     <t>7315 - Студена</t>
   </si>
   <si>
     <t>Студена, АМ Струма 70+210 КМ, посока Кулата</t>
   </si>
   <si>
     <t>Круиз Пловдив 850</t>
   </si>
   <si>
     <t>бул. „Александър Стамболийски“ 9А</t>
   </si>
   <si>
+    <t>ПловдивЦариградско</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ Цариградско шосе</t>
+  </si>
+  <si>
+    <t>Пловдив Пещерско</t>
+  </si>
+  <si>
+    <t xml:space="preserve">бул."Пещерско шосе" </t>
+  </si>
+  <si>
+    <t>Пловдив Изток</t>
+  </si>
+  <si>
+    <t>бул. Освобождение 3, до хотел SPS</t>
+  </si>
+  <si>
+    <t>Plovdiv, Tzarigradsko</t>
+  </si>
+  <si>
+    <t>TZARIGRADSKO shose blvd - 5A</t>
+  </si>
+  <si>
     <t>Круиз Карлово 429</t>
   </si>
   <si>
     <t>гр. Карлово , местност Борчетата ул. Теофан Райнов №1</t>
   </si>
   <si>
-    <t>ПловдивЦариградско</t>
-[...8 lines deleted...]
-    <t>бул. Освобождение 3, до хотел SPS</t>
+    <t>Plovdiv, Peshtersko</t>
+  </si>
+  <si>
+    <t>PESHTERSKO Shose Str - 156</t>
+  </si>
+  <si>
+    <t>Йоаким Груево</t>
+  </si>
+  <si>
+    <t xml:space="preserve">С.ЙОАКИМ ГРУЕВО </t>
+  </si>
+  <si>
+    <t>Карловско</t>
+  </si>
+  <si>
+    <t>Пловдив, Карловско шосе</t>
+  </si>
+  <si>
+    <t>Пловдив</t>
+  </si>
+  <si>
+    <t>бул.България,с/у "Захарна фабрика"</t>
+  </si>
+  <si>
+    <t>Сопот</t>
+  </si>
+  <si>
+    <t>Сопот, бул. Иван Вазов №1-А</t>
   </si>
   <si>
     <t>Пловдив 1 - Садово</t>
   </si>
   <si>
     <t>Садово, пътя Свиленград-Пловдив</t>
   </si>
   <si>
     <t>Пловдив юг</t>
   </si>
   <si>
     <t>Садово, пътя Пловдив-Свиленград</t>
   </si>
   <si>
     <t>Пловдив, 6-ти септември</t>
   </si>
   <si>
     <t>бул. 6-ти септември</t>
   </si>
   <si>
     <t>Асеновград</t>
   </si>
   <si>
     <t>с.Крумово, вход Пловдив</t>
   </si>
   <si>
     <t>Пловдив, Толакс</t>
   </si>
   <si>
     <t>ул.Асеновградско шосе, до КАТ пункт</t>
   </si>
   <si>
-    <t>Пловдив Пещерско</t>
-[...4 lines deleted...]
-  <si>
     <t>Пловдив Карловско 2</t>
   </si>
   <si>
     <t>Карловско шосе</t>
   </si>
   <si>
-    <t>Карловско</t>
-[...16 lines deleted...]
-  <si>
     <t>Пещерско шосе 2</t>
   </si>
   <si>
     <t>Пловдив, бул.Пещерско шосе №138</t>
   </si>
   <si>
     <t>Карлово</t>
   </si>
   <si>
     <t xml:space="preserve"> ул.Генерал Карцов №44</t>
   </si>
   <si>
     <t>Първомай</t>
   </si>
   <si>
     <t>ПЪРВОМАЙ, ул. Княз Борис 78 А</t>
   </si>
   <si>
     <t>АСЕНОВГРАД Първомайско шосе,ул. Иван Асен 2 № 97</t>
   </si>
   <si>
     <t>бул.Пазарджишко шосе, изх.Пазарджик</t>
   </si>
   <si>
     <t>Куклен</t>
   </si>
   <si>
     <t>Куклен, Асеновградско шосе, разклона КЦМ</t>
   </si>
   <si>
     <t>Асеновград ДЕЛТА ОЙЛ</t>
   </si>
   <si>
     <t>ПЛОВДИВ БУЛ.Цар Борис 3, Обединител 4</t>
   </si>
   <si>
-    <t>Йоаким Груево</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">С.ЙОАКИМ ГРУЕВО </t>
+    <t>Asenovgrad</t>
+  </si>
+  <si>
+    <t>ASENOVGRAD Road - 8th km at ІІ-86 road to Asenovgrad</t>
+  </si>
+  <si>
+    <t>Plovdiv. Kuklensko</t>
+  </si>
+  <si>
+    <t>KUKLENSKO SHOSE str</t>
+  </si>
+  <si>
+    <t>Plovdiv, V. Aprilov</t>
+  </si>
+  <si>
+    <t>VASIL APRILOV blvd - 156</t>
+  </si>
+  <si>
+    <t>Plovdiv, Botev</t>
+  </si>
+  <si>
+    <t>BOTEV, 8 Sergei Rumyancev blvd</t>
   </si>
   <si>
     <t>Plovdiv, Bulgaria</t>
   </si>
   <si>
     <t>BULGARIA blvd</t>
   </si>
   <si>
-    <t>Plovdiv, Tzarigradsko</t>
-[...28 lines deleted...]
-  <si>
     <t>Plovdiv, Stamboliiski</t>
   </si>
   <si>
     <t>BYALATA VODENICA,  corner of Al. Stamboliiski blvd and D. Talev str</t>
   </si>
   <si>
-    <t>Plovdiv, V. Aprilov</t>
-[...2 lines deleted...]
-    <t>VASIL APRILOV blvd - 156</t>
+    <t>АМ Тракия 154км</t>
+  </si>
+  <si>
+    <t>АМ Тракия 154км - Север</t>
   </si>
   <si>
     <t>Тракия 154</t>
   </si>
   <si>
-    <t>АМ Тракия 154км</t>
-[...2 lines deleted...]
-    <t>АМ Тракия 154км - Север</t>
+    <t>Trakia</t>
+  </si>
+  <si>
+    <t>TRAKIA Highway - 122 km</t>
   </si>
   <si>
     <t>Radinovo</t>
   </si>
   <si>
     <t>At the 119th km of Trakia highway</t>
   </si>
   <si>
-    <t>Trakia</t>
-[...2 lines deleted...]
-    <t>TRAKIA Highway - 122 km</t>
+    <t>5106 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, бул. ".В.АПРИЛОВ" №76</t>
+  </si>
+  <si>
+    <t>5138 – Карлово</t>
+  </si>
+  <si>
+    <t>КАРЛОВО, ул. "Теофан Райнов", посока Куртово</t>
+  </si>
+  <si>
+    <t>5139 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, жк. "ТРАКИЯ", бул. "ЦАР СИМЕОН"</t>
+  </si>
+  <si>
+    <t>5123 – Асеновград</t>
+  </si>
+  <si>
+    <t>АСЕНОВГРАД, ул. "БАЧКОВСКО ШОСЕ"</t>
+  </si>
+  <si>
+    <t>5122 – Пловдив</t>
+  </si>
+  <si>
+    <t>БРЕСТНИК, бул. "Асеновградско шосе", местност "Горна Каба"</t>
+  </si>
+  <si>
+    <t>5121 – Раковски</t>
+  </si>
+  <si>
+    <t>РАКОВСКИ, кв. "Парчевич"</t>
+  </si>
+  <si>
+    <t>5104 - Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, Бул. "Найчо Цанов", "АСЕНОВГРАДСКО ШОСЕ"</t>
   </si>
   <si>
     <t>5110 – Пловдив</t>
   </si>
   <si>
     <t>ПЛОВДИВ, бул. "БЪЛГАРИЯ"</t>
   </si>
   <si>
-    <t>5121 – Раковски</t>
-[...38 lines deleted...]
-    <t>ПЛОВДИВ, бул. ".В.АПРИЛОВ" №76</t>
+    <t>5135 – Белозем</t>
+  </si>
+  <si>
+    <t>БЕЛОЗЕМ, посока Център</t>
+  </si>
+  <si>
+    <t>5117 – Кричим</t>
+  </si>
+  <si>
+    <t>КРИЧИМ, бул. "Тракия" №22</t>
+  </si>
+  <si>
+    <t>5119 – Орта Хан</t>
+  </si>
+  <si>
+    <t>ЦАЛАПИЦА, местност Орта хан</t>
+  </si>
+  <si>
+    <t>5120 – Съединение</t>
+  </si>
+  <si>
+    <t>СЪЕДИНЕНИЕ, м/у ул. "Найден Команов" и бул. "Пловдив"</t>
+  </si>
+  <si>
+    <t>5131 – Хисаря</t>
+  </si>
+  <si>
+    <t>ХИСАР, ул. "Хр. Ботев" 20 А</t>
   </si>
   <si>
     <t>5134 – Перущица</t>
   </si>
   <si>
     <t>ПЕРУЩИЦА,  ул. "Иван Вазов" №1А</t>
   </si>
   <si>
-    <t>5119 – Орта Хан</t>
-[...28 lines deleted...]
-  <si>
     <t>5133 – Пловдив</t>
   </si>
   <si>
     <t>ПЛОВДИВ, АМ "ТРАКИЯ" 124 КМ., Посока Бургас-София</t>
   </si>
   <si>
     <t>Пловдив метан</t>
   </si>
   <si>
     <t>Пловдив, бул. Ягодовско Шосе №0</t>
   </si>
   <si>
     <t>2020-07-15</t>
   </si>
   <si>
     <t>Разград</t>
   </si>
   <si>
     <t>ул.Априлско въстание, до Автогарата</t>
   </si>
   <si>
     <t>Разград 2</t>
   </si>
   <si>
     <t>ул.Перистър, до КАТ, изх.Русе</t>
@@ -2015,308 +2006,308 @@
   <si>
     <t>Разград Еко</t>
   </si>
   <si>
     <t>ул. Перистър 6Б, Разград, Разград</t>
   </si>
   <si>
     <t>6202 – Разград</t>
   </si>
   <si>
     <t>РАЗГРАД   на гл.път   Русе - Варна</t>
   </si>
   <si>
     <t>Круиз Русе 891</t>
   </si>
   <si>
     <t>бул. „България“ 310</t>
   </si>
   <si>
     <t>Круиз Русе 2 303</t>
   </si>
   <si>
     <t>бул. 3-ти март</t>
   </si>
   <si>
+    <t>Русе 5</t>
+  </si>
+  <si>
+    <t>РУСЕ - ВОДЕН РУСЕ  ул. Наум</t>
+  </si>
+  <si>
+    <t>Бяла</t>
+  </si>
+  <si>
+    <t>Гара Бяла, магистрала Е-85</t>
+  </si>
+  <si>
+    <t>Русе</t>
+  </si>
+  <si>
+    <t>бул.Христо Ботев 1-вх.Варна</t>
+  </si>
+  <si>
+    <t>Русе, до Метро,ул. 3 ти март, изх.за София</t>
+  </si>
+  <si>
     <t>Русе - 3</t>
   </si>
   <si>
     <t>бул.България, Дунав мост</t>
   </si>
   <si>
-    <t>Русе 5</t>
-[...4 lines deleted...]
-  <si>
     <t>Русе 4</t>
   </si>
   <si>
     <t>РУСЕ ул.Рила №3 стара поща</t>
   </si>
   <si>
-    <t>Бяла</t>
-[...13 lines deleted...]
-  <si>
     <t>Ruse, Lipnik</t>
   </si>
   <si>
     <t>LIPNIK blvd - 3</t>
   </si>
   <si>
     <t>Ruse, Drujba</t>
   </si>
   <si>
     <t>DRUJBA, 40 Hr. Botev blvd</t>
   </si>
   <si>
     <t>Ruse, Bulgaria</t>
   </si>
   <si>
     <t>BULGARIA blvd. - 206</t>
   </si>
   <si>
+    <t>6106 – Русе</t>
+  </si>
+  <si>
+    <t>РУСЕ, бул. "Христо Ботев", път Русе - Варна</t>
+  </si>
+  <si>
     <t>6104 – Русе</t>
   </si>
   <si>
     <t>РУСЕ, бул. "Липник" №128, до  КАТ</t>
   </si>
   <si>
-    <t>6106 – Русе</t>
-[...4 lines deleted...]
-  <si>
     <t>6705 - Русе</t>
   </si>
   <si>
     <t>РУСЕ, ул. "Кариера", по пътя към Дунав мост</t>
   </si>
   <si>
+    <t>6210 – Сеново</t>
+  </si>
+  <si>
+    <t>СЕНОВО до МОК "Каолиново" гр. Сеново</t>
+  </si>
+  <si>
     <t>6110 – Бяла</t>
   </si>
   <si>
     <t>БЯЛА, бул. "Кольо Фичето" на гл.път  Русе - София</t>
   </si>
   <si>
     <t>6109 – Две могили</t>
   </si>
   <si>
     <t>ДВЕ МОГИЛИ,  ул. "Черно море" № 5</t>
   </si>
   <si>
-    <t>6210 – Сеново</t>
-[...4 lines deleted...]
-  <si>
     <t>Силистра</t>
   </si>
   <si>
     <t>ГКПП Силистра</t>
   </si>
   <si>
     <t>6305 – Дулово</t>
   </si>
   <si>
     <t>ДУЛОВО  на път Силистра - Шумен</t>
   </si>
   <si>
     <t>6307 – Зафирово</t>
   </si>
   <si>
     <t>ЗАФИРОВО на път Русе - Силистра</t>
   </si>
   <si>
+    <t>6309 – Тутракан</t>
+  </si>
+  <si>
+    <t>ТУТРАКАН на път  Русе - Силистра</t>
+  </si>
+  <si>
     <t>6308 – Алфатар</t>
   </si>
   <si>
     <t>АЛФАТАР, ул. "Олшанка"</t>
   </si>
   <si>
-    <t>6309 – Тутракан</t>
-[...4 lines deleted...]
-  <si>
     <t>Круиз Тутракан 473</t>
   </si>
   <si>
     <t>ул. Силистра 65</t>
   </si>
   <si>
     <t>2023-12-01</t>
   </si>
   <si>
     <t>Agroprotect OOD</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Нова Загора, бул. Сливенско шосе</t>
   </si>
   <si>
     <t>Бензин А95</t>
   </si>
   <si>
     <t>2021-08-24</t>
   </si>
   <si>
     <t>Круиз Сливен 316</t>
   </si>
   <si>
     <t>Сливен, Сини камъни до бл.17</t>
   </si>
   <si>
     <t>Бензин А100</t>
   </si>
   <si>
+    <t>Сливен 3</t>
+  </si>
+  <si>
+    <t>кв.Речица</t>
+  </si>
+  <si>
+    <t>Сливен 4</t>
+  </si>
+  <si>
+    <t>СЛИВЕН в града до пазара,ул. Симеон № 7</t>
+  </si>
+  <si>
+    <t>Сливен 5</t>
+  </si>
+  <si>
+    <t>СЛИВЕН ул.Старозагорско шосе</t>
+  </si>
+  <si>
+    <t>Нова Загора</t>
+  </si>
+  <si>
+    <t>Н.Загора по пътя за Свиленград</t>
+  </si>
+  <si>
+    <t>Сливен 1</t>
+  </si>
+  <si>
+    <t>Бургаско шосе, до държ.резерв</t>
+  </si>
+  <si>
     <t>Сливен 2</t>
   </si>
   <si>
     <t>кв. Клуцохор, изх.за гр.Елена</t>
   </si>
   <si>
     <t>Твърдица</t>
   </si>
   <si>
     <t>гр.Твърдица</t>
   </si>
   <si>
-    <t>Сливен 3</t>
-[...4 lines deleted...]
-  <si>
     <t>Нова Загора 2</t>
   </si>
   <si>
     <t xml:space="preserve"> на път Русе-Елхово/София-Бургас</t>
   </si>
   <si>
-    <t>Сливен 4</t>
-[...22 lines deleted...]
-  <si>
     <t>Sliven 2</t>
   </si>
   <si>
     <t>STAROZAGORSKO shose str, next to KAT</t>
   </si>
   <si>
     <t>Sliven 1</t>
   </si>
   <si>
     <t>Corner of Bratya Miladinovi blvd and Tsar Simeon blvd</t>
   </si>
   <si>
     <t>Trakia,243km (ezero)  Nova Zagora</t>
   </si>
   <si>
     <t>км, Автомагистрала „Тракия“ 243, 8900 Нова Загора</t>
   </si>
   <si>
+    <t>1201 – Сливен</t>
+  </si>
+  <si>
+    <t>СЛИВЕН, ул. "Д. Пехливанов" № 13</t>
+  </si>
+  <si>
+    <t>1208 – Нова Загора</t>
+  </si>
+  <si>
+    <t>НОВА ЗАГОРА, изход Раднево</t>
+  </si>
+  <si>
     <t>1210 – Сливен</t>
   </si>
   <si>
     <t>СЛИВЕН, м-ст "РАМАНУША", път Бургас-Сливен</t>
   </si>
   <si>
-    <t>1201 – Сливен</t>
-[...8 lines deleted...]
-    <t>НОВА ЗАГОРА, изход Раднево</t>
+    <t>1209 – Котел</t>
+  </si>
+  <si>
+    <t>КОТЕЛ, пътя Ямбол - Шумен</t>
   </si>
   <si>
     <t>1207 – Твърдица</t>
   </si>
   <si>
     <t>ТВЪРДИЦА, ул. "Княз Борис I"</t>
   </si>
   <si>
-    <t>1209 – Котел</t>
-[...2 lines deleted...]
-    <t>КОТЕЛ, пътя Ямбол - Шумен</t>
+    <t>Смолян</t>
+  </si>
+  <si>
+    <t>кв.Райково, до Стадиона</t>
   </si>
   <si>
     <t>Чепеларе</t>
   </si>
   <si>
     <t>ул.Беломорска №4А</t>
   </si>
   <si>
-    <t>Смолян</t>
-[...4 lines deleted...]
-  <si>
     <t>Smolyan</t>
   </si>
   <si>
     <t>Rodopi str</t>
   </si>
   <si>
     <t>5301 – Устово</t>
   </si>
   <si>
     <t>СМОЛЯН, кв. "УСТОВО"</t>
   </si>
   <si>
     <t>5308 – Средногорци</t>
   </si>
   <si>
     <t>СРЕДНОГОРЦИ, ул. "Здравец" №18</t>
   </si>
   <si>
     <t>5309 – Златоград</t>
   </si>
   <si>
     <t>ЗЛАТОГРАД, ул. "България" № 31</t>
   </si>
   <si>
     <t>5307 – Пампорово</t>
@@ -2333,1014 +2324,1014 @@
   <si>
     <t>5306 – Девин</t>
   </si>
   <si>
     <t>ДЕВИН, ул. "Освобождение"</t>
   </si>
   <si>
     <t>5311 – Рудозем</t>
   </si>
   <si>
     <t>РУДОЗЕМ,  ул. "Хан Аспарух"</t>
   </si>
   <si>
     <t>Сакса 326</t>
   </si>
   <si>
     <t>София, 1618 ул. Бойчо Бойчев №4</t>
   </si>
   <si>
     <t>Круиз Гео Милев 613</t>
   </si>
   <si>
     <t>ул. „Гео Милев“ 71, 1111 София</t>
   </si>
   <si>
+    <t>София Дружба</t>
+  </si>
+  <si>
+    <t>ул. Илия Бешков 6</t>
+  </si>
+  <si>
+    <t>Червено знаме</t>
+  </si>
+  <si>
+    <t>София, бул.Шипченски проход</t>
+  </si>
+  <si>
+    <t>София</t>
+  </si>
+  <si>
+    <t>бул.Тодор Александров</t>
+  </si>
+  <si>
+    <t>Западен парк</t>
+  </si>
+  <si>
+    <t>бул.Европа-Орион-Зап.парк</t>
+  </si>
+  <si>
+    <t>ул. Асен Йорданов</t>
+  </si>
+  <si>
+    <t>Горна Баня</t>
+  </si>
+  <si>
+    <t>СОФИЯ кв.Горна баня</t>
+  </si>
+  <si>
+    <t>София-Несторов</t>
+  </si>
+  <si>
+    <t>Красна поляна, бул."К.Величков"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> кв.Орландовци, до ДЗИ</t>
+  </si>
+  <si>
+    <t>Сточна гара</t>
+  </si>
+  <si>
+    <t>СОФИЯ Сточна гара</t>
+  </si>
+  <si>
+    <t>Суходол</t>
+  </si>
+  <si>
+    <t>Обект 1001 Химойл София</t>
+  </si>
+  <si>
+    <t>бул. Професор Цветан Лазаров 15</t>
+  </si>
+  <si>
+    <t>София Асен Йорданов</t>
+  </si>
+  <si>
+    <t>Asen Yordanov 4</t>
+  </si>
+  <si>
     <t>Круиз Бухово 614</t>
   </si>
   <si>
     <t>бул. Никола Бонев</t>
   </si>
   <si>
+    <t>Круиз Първа Българска Армия 674</t>
+  </si>
+  <si>
+    <t>ул. „Първа българска армия“ 90, 1225 София</t>
+  </si>
+  <si>
     <t>Круиз Слатина 618</t>
   </si>
   <si>
     <t>гр. София, бул. Асен Йорданов №4А</t>
   </si>
   <si>
-    <t>Круиз Първа Българска Армия 674</t>
-[...53 lines deleted...]
-    <t>бул.Тодор Александров</t>
+    <t>Sofia, Shipchenski</t>
+  </si>
+  <si>
+    <t>SHIPCHENSKI prohod blvd in front of Elektronika factory</t>
+  </si>
+  <si>
+    <t>Sofia, K. Velichkov</t>
+  </si>
+  <si>
+    <t>KONSTANTIN VELICHKOV blvd corner and Doctor Kalinkov str</t>
+  </si>
+  <si>
+    <t>Sofia, Slivnica</t>
+  </si>
+  <si>
+    <t>SLIVNICA blvd - 8A</t>
+  </si>
+  <si>
+    <t>Sofia, Orion</t>
+  </si>
+  <si>
+    <t>ORION, 1 Adam Mickevits str, Moderno predgradie r.c.</t>
+  </si>
+  <si>
+    <t>Ботевградско</t>
+  </si>
+  <si>
+    <t>Ботевградско шосе</t>
+  </si>
+  <si>
+    <t>Владая</t>
+  </si>
+  <si>
+    <t>Перник-София, преди Владая</t>
+  </si>
+  <si>
+    <t>кв.Люлин-7, Тунела</t>
+  </si>
+  <si>
+    <t>Черния кос</t>
+  </si>
+  <si>
+    <t>СОФИЯ кв.Княжево Черния кос</t>
+  </si>
+  <si>
+    <t>София Зоопарка</t>
+  </si>
+  <si>
+    <t>СОФИЯ до Зоопарка ж.к.Изгрев</t>
+  </si>
+  <si>
+    <t>Горни богров</t>
+  </si>
+  <si>
+    <t>Богров</t>
   </si>
   <si>
     <t xml:space="preserve">Нови Искър </t>
   </si>
   <si>
     <t>ул.Искърско дефиле №1</t>
   </si>
   <si>
-    <t>Горни богров</t>
-[...2 lines deleted...]
-    <t>Богров</t>
+    <t>София Люлин</t>
+  </si>
+  <si>
+    <t>кв.Люлин-8, до Била</t>
   </si>
   <si>
     <t>Аерогара София, бул. Брюксел</t>
   </si>
   <si>
-    <t>Sofia, Orion</t>
-[...14 lines deleted...]
-    <t>СОФИЯ кв.Княжево Черния кос</t>
+    <t>Sofia, Vazov</t>
+  </si>
+  <si>
+    <t>VLADIMIR VAZOV and corner - Veleka str</t>
   </si>
   <si>
     <t>София-Метро2</t>
   </si>
   <si>
     <t>София,жк.Република,Сф-Кулата</t>
   </si>
   <si>
-    <t>Обект 1001 Химойл София</t>
-[...10 lines deleted...]
-  <si>
     <t>СОФИЯ бул.Бъкстон</t>
   </si>
   <si>
-    <t>Sofia, Slivnica</t>
-[...14 lines deleted...]
-    <t>KONSTANTIN VELICHKOV blvd corner and Doctor Kalinkov str</t>
+    <t>Sofia, Botevgradsko</t>
+  </si>
+  <si>
+    <t>BOTEVGRADSKO shose</t>
+  </si>
+  <si>
+    <t>Sofia, Rezbarska</t>
+  </si>
+  <si>
+    <t>RESBARSKA and corner Nikola Voinoski</t>
+  </si>
+  <si>
+    <t>Sofia, Lomsko</t>
+  </si>
+  <si>
+    <t>LOMSKO SHOSSE blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Lulin 1</t>
+  </si>
+  <si>
+    <t>LYULIN, corner of P.Vladigerov blvd &amp; 701 str</t>
+  </si>
+  <si>
+    <t>Sofia, Bogorov</t>
+  </si>
+  <si>
+    <t>DOLNI BOGROV village</t>
+  </si>
+  <si>
+    <t>Sofia, Kamenodelska</t>
+  </si>
+  <si>
+    <t>KAMENODELSKA str - 9</t>
+  </si>
+  <si>
+    <t>Chepinci</t>
+  </si>
+  <si>
+    <t>CHEPINCI, Okolovrusten pat</t>
   </si>
   <si>
     <t>Sofia Drujba 2</t>
   </si>
   <si>
     <t>DRUZHBA 2, Dimitur Peshev str</t>
   </si>
   <si>
-    <t>Ботевградско</t>
-[...4 lines deleted...]
-  <si>
     <t>Sofia Drujba 1</t>
   </si>
   <si>
     <t>DRUZHBA 1, Prof.Tsvetan Lazarov blvd</t>
   </si>
   <si>
-    <t>Владая</t>
-[...17 lines deleted...]
-    <t>LYULIN, corner of P.Vladigerov blvd &amp; 701 str</t>
+    <t>Sofia, Knyajevo</t>
+  </si>
+  <si>
+    <t>KNYAJEVO, 362 Tsar Boris III blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Lulin C. Yoana</t>
+  </si>
+  <si>
+    <t>LYULIN-7, Tsaritsa Yoana blvd, next to Kirov Bosch</t>
+  </si>
+  <si>
+    <t>София ЛАДА ГРУП</t>
+  </si>
+  <si>
+    <t>София, 1715 ул. Самара №1 (ж.к. Младост 4)</t>
+  </si>
+  <si>
+    <t>Тракия 1</t>
+  </si>
+  <si>
+    <t>АМ Тракия 1км</t>
+  </si>
+  <si>
+    <t>Sofia, Malinov blvd,</t>
+  </si>
+  <si>
+    <t>MLADOST,  37 Aleksander Malinov blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Mladost ring</t>
+  </si>
+  <si>
+    <t>4th km. roundabout MLADOST</t>
   </si>
   <si>
     <t>Sofia, Srebarna</t>
   </si>
   <si>
     <t>SREBARNA str - 38</t>
   </si>
   <si>
-    <t>София ЛАДА ГРУП</t>
-[...74 lines deleted...]
-    <t>4th km. roundabout MLADOST</t>
+    <t>Sofia, Boyana</t>
+  </si>
+  <si>
+    <t>BOYANA, Okolovrusten road, Manastirski livadi area</t>
+  </si>
+  <si>
+    <t>Sofia, Vapcarov</t>
+  </si>
+  <si>
+    <t>NIKOLA VAPCAROV blvd - 2A</t>
   </si>
   <si>
     <t>Sofia, Bulgaria</t>
   </si>
   <si>
     <t>BULGARIA blvd and corner of Doctor St. Sarafov str</t>
   </si>
   <si>
+    <t>Sofiq, Cherni vrah</t>
+  </si>
+  <si>
+    <t>CHERNI VRAH blvd , r.c. Lozenetc,  /before Okolovrusten road/</t>
+  </si>
+  <si>
+    <t>Sofia, Malinova</t>
+  </si>
+  <si>
+    <t>MALINOVA DOLINA, Okolovrusten pat</t>
+  </si>
+  <si>
     <t>Sofia, Tzar Boris</t>
   </si>
   <si>
     <t>TZAR BORIS III</t>
   </si>
   <si>
-    <t>Sofia, Boyana</t>
-[...22 lines deleted...]
-  <si>
     <t>София, ок. път изток</t>
   </si>
   <si>
+    <t>7144 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, жк. "Надежда", ул. "Хан Кубрат"/околовръсно на Надежда/</t>
+  </si>
+  <si>
     <t>7121 – София</t>
   </si>
   <si>
     <t>СОФИЯ, кв. "Слатина", бул. "Проф. Цветан Лазаров"</t>
   </si>
   <si>
-    <t>7144 – София</t>
-[...4 lines deleted...]
-  <si>
     <t>7106 – София</t>
   </si>
   <si>
     <t>СОФИЯ, жк. "Люлин"5, бул. "Петър Дертлиев"</t>
   </si>
   <si>
+    <t>7129 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "Драган Цанков", срещу КАТ</t>
+  </si>
+  <si>
     <t>7102 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "Пенчо Славейков", срещу "Пирогов"</t>
   </si>
   <si>
+    <t>7103 – Банкя</t>
+  </si>
+  <si>
+    <t>СОФИЯ, кв. БАНКЯ, ул. "Стефан Стамболов", вход от Сливница</t>
+  </si>
+  <si>
     <t>7116 – София</t>
   </si>
   <si>
     <t>СОФИЯ ЛОЗЕН, местност "Мацаница", София мотел Изток</t>
   </si>
   <si>
     <t>7118 – София</t>
   </si>
   <si>
     <t>СОФИЯ, жк. "Младост" 3. бул. "Йордан Милев"</t>
   </si>
   <si>
     <t>7125 – София</t>
   </si>
   <si>
-    <t>7129 – София</t>
-[...4 lines deleted...]
-  <si>
     <t>7151 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "Симеоновско шосе"</t>
   </si>
   <si>
-    <t>7103 – Банкя</t>
-[...4 lines deleted...]
-  <si>
     <t>7104 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "К.Величков"/ ул. "Пиротска", ул."Татарли"</t>
   </si>
   <si>
     <t>София метан</t>
   </si>
   <si>
     <t>Никола Мушанов №120</t>
   </si>
   <si>
+    <t>Костинброд</t>
+  </si>
+  <si>
+    <t>бул.Ломско шосе</t>
+  </si>
+  <si>
+    <t>Круиз Долна баня 639</t>
+  </si>
+  <si>
+    <t>гр. Долна баня,ул. Търговска №1</t>
+  </si>
+  <si>
     <t>Круиз Правец 633</t>
   </si>
   <si>
     <t>гр. Правец, бул. 3ти март №14А</t>
   </si>
   <si>
-    <t>Круиз Долна баня 639</t>
-[...2 lines deleted...]
-    <t>гр. Долна баня,ул. Търговска №1</t>
+    <t xml:space="preserve">Ботевград </t>
+  </si>
+  <si>
+    <t>Ботевград до автогарата</t>
   </si>
   <si>
     <t>Круиз Живково 617</t>
   </si>
   <si>
     <t>Първокласен път Ихтиман - Самоков</t>
   </si>
   <si>
+    <t>Правец</t>
+  </si>
+  <si>
+    <t>Елин Пелин</t>
+  </si>
+  <si>
+    <t>Елин Пелин, Софийско шосе</t>
+  </si>
+  <si>
+    <t>Костинец</t>
+  </si>
+  <si>
+    <t>гр.КОСТЕНЕЦ</t>
+  </si>
+  <si>
     <t>Самоков 2</t>
   </si>
   <si>
     <t>САМОКОВ - градска</t>
   </si>
   <si>
-    <t>Правец</t>
-[...7 lines deleted...]
-  <si>
     <t>Самоков</t>
   </si>
   <si>
     <t>Самоков на входа от Дупница</t>
   </si>
   <si>
-    <t>Костинец</t>
-[...8 lines deleted...]
-    <t>Елин Пелин, Софийско шосе</t>
+    <t>Своге</t>
+  </si>
+  <si>
+    <t>СВОГЕ, бул. Дунав 1</t>
+  </si>
+  <si>
+    <t>Пирдоп</t>
+  </si>
+  <si>
+    <t>ПИРДОП</t>
   </si>
   <si>
     <t>Костинброд 2</t>
   </si>
   <si>
     <t>КОСТИНБРОД ул.Ломско шосе</t>
   </si>
   <si>
-    <t>Пирдоп</t>
-[...16 lines deleted...]
-  <si>
     <t>Ceki Zahariev</t>
   </si>
   <si>
     <t>319 Ботевград</t>
   </si>
   <si>
     <t>бул. България 2140 Ботевград</t>
   </si>
   <si>
     <t>2025-04-24</t>
   </si>
   <si>
     <t>Svoge</t>
   </si>
   <si>
     <t>SVOGE, 6B Iskar blvd</t>
   </si>
   <si>
+    <t>Разлив</t>
+  </si>
+  <si>
+    <t>Разлив, магистрала Хемус</t>
+  </si>
+  <si>
     <t>Зелин</t>
   </si>
   <si>
     <t>АМ Хемус 37км, Ботевград-Зелин</t>
   </si>
   <si>
-    <t>Разлив</t>
-[...2 lines deleted...]
-    <t>Разлив, магистрала Хемус</t>
+    <t>АМ Тракия 36км</t>
+  </si>
+  <si>
+    <t>Автомагистрала Тракия 36 км.Север</t>
   </si>
   <si>
     <t>Ихтиман</t>
   </si>
   <si>
     <t>М-л ИХТИМАН - магистрала юг</t>
   </si>
   <si>
-    <t>АМ Тракия 36км</t>
-[...4 lines deleted...]
-  <si>
     <t>Ihtiman</t>
   </si>
   <si>
     <t>21st km of Trakia highway</t>
   </si>
   <si>
+    <t>7212 – Мирково</t>
+  </si>
+  <si>
+    <t>МИРКОВО, до Керамичен завод "Мирково"</t>
+  </si>
+  <si>
     <t>7224 – Годеч</t>
   </si>
   <si>
     <t>ГОДЕЧ, изход София</t>
   </si>
   <si>
-    <t>7212 – Мирково</t>
-[...2 lines deleted...]
-    <t>МИРКОВО, до Керамичен завод "Мирково"</t>
+    <t>7203 – Драгоман</t>
+  </si>
+  <si>
+    <t>ДРАГОМАН, Автомагистрала "Европа" -дясно</t>
   </si>
   <si>
     <t>7220 – Етрополе</t>
   </si>
   <si>
     <t>ЕТРОПОЛЕ, бул.  "Руски", вход Златица</t>
   </si>
   <si>
-    <t>7203 – Драгоман</t>
-[...2 lines deleted...]
-    <t>ДРАГОМАН, Автомагистрала "Европа" -дясно</t>
+    <t>7210 – Самоков</t>
+  </si>
+  <si>
+    <t>САМОКОВ, ул. "Софийско шосе", изход София</t>
   </si>
   <si>
     <t>7207 – Ихтиман</t>
   </si>
   <si>
     <t>ИХТИМАН, градска, ул. "Цар Освободител"</t>
   </si>
   <si>
-    <t>7210 – Самоков</t>
-[...4 lines deleted...]
-  <si>
     <t>7205 – Сливница</t>
   </si>
   <si>
     <t>СЛИВНИЦА, ул. "Паисий Хилендарски"№ 57</t>
   </si>
   <si>
     <t>7214 – Копривщица</t>
   </si>
   <si>
     <t>КОПРИВЩИЦА, ул. "Любен Каравелов"  № 80</t>
   </si>
   <si>
+    <t>Круиз Стара Загора 2 886</t>
+  </si>
+  <si>
+    <t>ул. „Армейска“ 18А</t>
+  </si>
+  <si>
     <t>Круиз Стара Загора 880</t>
   </si>
   <si>
     <t>бул. „Свети Патриарх Евтимий“ 5</t>
   </si>
   <si>
-    <t>Круиз Стара Загора 2 886</t>
-[...2 lines deleted...]
-    <t>ул. „Армейска“ 18А</t>
+    <t>Стара Загора</t>
+  </si>
+  <si>
+    <t>бул.Никола Петков, до СБА</t>
+  </si>
+  <si>
+    <t>Стара Загора 2</t>
+  </si>
+  <si>
+    <t>СТАРА ЗАГОРА кв."Кольо Ганчев" изход за Димитровград</t>
   </si>
   <si>
     <t>Казанлък</t>
   </si>
   <si>
     <t>бул. Александър Батенберг, изх.Бургас</t>
   </si>
   <si>
+    <t>Раднево</t>
+  </si>
+  <si>
+    <t>гл.път ІІ-57, кв.96</t>
+  </si>
+  <si>
     <t>Казанлък 2</t>
   </si>
   <si>
     <t>бул. Александър Батенберг, вх.от Бургас</t>
   </si>
   <si>
-    <t>Стара Загора 2</t>
-[...4 lines deleted...]
-  <si>
     <t>Чирпан</t>
   </si>
   <si>
     <t>ЧИРПАН ПАРК "СТАРИ ГРОБИЩА" НА ИЗХОД ЗА СТ. З.</t>
   </si>
   <si>
-    <t>Стара Загора</t>
-[...10 lines deleted...]
-  <si>
     <t>1924 Stara Zagora, Khan Asparuh</t>
   </si>
   <si>
     <t>гр. Стара Загора, бул. “Св. Патриарх Евтимий” №192</t>
   </si>
   <si>
+    <t>S. Zagora 1</t>
+  </si>
+  <si>
+    <t>r.c. Zheleznik, on the way to Sofia</t>
+  </si>
+  <si>
     <t>Kazanluk Bacho Kiro</t>
   </si>
   <si>
     <t>Bacho Kiro str.</t>
   </si>
   <si>
     <t>Dunavci,Kazanluk</t>
   </si>
   <si>
     <t>main road Kazanluk - Sofia</t>
   </si>
   <si>
     <t>S. Zagora, South</t>
   </si>
   <si>
     <t>PATRIARH EVTIMII blvd - 19A</t>
   </si>
   <si>
-    <t>S. Zagora 1</t>
-[...2 lines deleted...]
-    <t>r.c. Zheleznik, on the way to Sofia</t>
+    <t>8110 – Казанлък</t>
+  </si>
+  <si>
+    <t>КАЗАНЛЪК, изход СОФИЯ</t>
+  </si>
+  <si>
+    <t>8121 – Ст. Загора</t>
+  </si>
+  <si>
+    <t>СТ. ЗАГОРА, бул. "Никола Петков", изход БУРГАС</t>
   </si>
   <si>
     <t>8122 – Ст. Загора</t>
   </si>
   <si>
     <t>СТ. ЗАГОРА, ТК "СЛЪНЦЕ", ул. "Стамо Пулев"</t>
   </si>
   <si>
     <t>8126 – Чирпан</t>
   </si>
   <si>
     <t>ЧИРПАН, вход на града от Пловдив, Околовръстен път</t>
   </si>
   <si>
     <t>8102 – Ст. Загора</t>
   </si>
   <si>
     <t>СТАРА ЗАГОРА, ул. "КНЯЗ БОРИС I" КИНО "Ж. ДИМАНОВ"</t>
   </si>
   <si>
+    <t>8106 – Раднево</t>
+  </si>
+  <si>
+    <t>РАДНЕВО, КВ. "37", ЮЖНО ОТ ГРАДА</t>
+  </si>
+  <si>
     <t>8109 – Казанлък</t>
   </si>
   <si>
     <t>КАЗАНЛЪК, изход БУРГАС</t>
   </si>
   <si>
-    <t>8110 – Казанлък</t>
-[...16 lines deleted...]
-  <si>
     <t>8111 – Павел баня</t>
   </si>
   <si>
     <t>ПАВЕЛ БАНЯ, път СОФИЯ-БУРГАС, изход Калофер</t>
   </si>
   <si>
     <t>8116 – Гурково</t>
   </si>
   <si>
     <t>ГУРКОВО, път СОФИЯ-БУРГАС, вход Нова Загора</t>
   </si>
   <si>
     <t>8143- Оризово</t>
   </si>
   <si>
     <t>Оризово, Магистрала "Тракия", 162 км посока Бургас</t>
   </si>
   <si>
     <t>Круиз Омуртаг 474</t>
   </si>
   <si>
     <t>ул.Цар Освободител №37</t>
   </si>
   <si>
     <t>Търговище 2</t>
   </si>
   <si>
     <t>до КАТ, изх.София</t>
   </si>
   <si>
     <t>Търговище</t>
   </si>
   <si>
     <t>ул. 29-ти Януари №7</t>
   </si>
   <si>
     <t>Targovishte</t>
   </si>
   <si>
     <t>Industrial zone</t>
   </si>
   <si>
+    <t>6403 – Омуртаг</t>
+  </si>
+  <si>
+    <t>ОМУРТАГ, ул. "Цар Освободител" 37, на изхода за Търговище</t>
+  </si>
+  <si>
     <t>6401 – Търговище</t>
   </si>
   <si>
     <t>ТЪРГОВИЩЕ, бул. 29-ти  януари</t>
   </si>
   <si>
-    <t>6403 – Омуртаг</t>
-[...4 lines deleted...]
-  <si>
     <t>6409 - Попово</t>
   </si>
   <si>
     <t>ПОПОВО, на изхода за   Разград</t>
   </si>
   <si>
     <t>6404 – Антоново</t>
   </si>
   <si>
     <t>АНТОНОВО гл. път София - Варна</t>
   </si>
   <si>
     <t>Круиз Генералово 570</t>
   </si>
   <si>
     <t>с.Генералово, местност Старите лозя</t>
   </si>
   <si>
     <t>Круиз Хасково 472</t>
   </si>
   <si>
     <t>ул. Трансмариска 146</t>
   </si>
   <si>
     <t>Хасково</t>
   </si>
   <si>
     <t>бул.Съединение, след КАТ,изход Харманли</t>
   </si>
   <si>
     <t>Хасково 2</t>
   </si>
   <si>
     <t>бул."Освобождение", изх. Кърджали</t>
   </si>
   <si>
     <t>Харманли</t>
   </si>
   <si>
     <t>Тополовградско шосе, изх.Свиленград</t>
   </si>
   <si>
+    <t>Dimitrovgrad</t>
+  </si>
+  <si>
+    <t>DIMITAR BLAGOEV blvd, next to the railway station</t>
+  </si>
+  <si>
+    <t>Haskovo 2</t>
+  </si>
+  <si>
+    <t>DIMITROVGRADSKO shose at exit of Sofia</t>
+  </si>
+  <si>
+    <t>Haskovo 1</t>
+  </si>
+  <si>
+    <t>VASIL LEVSKI blvd, next to Tobacco Co.</t>
+  </si>
+  <si>
     <t>Svilengrad</t>
   </si>
   <si>
     <t>197 A Bulgaria blvd</t>
   </si>
   <si>
-    <t>Haskovo 2</t>
-[...16 lines deleted...]
-  <si>
     <t>Марица км 115 север</t>
   </si>
   <si>
     <t>Марица км 115 север km 115, север (вход от Турция)</t>
   </si>
   <si>
+    <t>8214 – Симеоновград</t>
+  </si>
+  <si>
+    <t>СИМЕОНОВГРАД, изход ГЪЛБОВО</t>
+  </si>
+  <si>
+    <t>8216 – Свиленград</t>
+  </si>
+  <si>
+    <t>СВИЛЕНГРАД бул. "Г.ДИМИТРОВ" 185 ИЗХОД  ЗА КАП. АНДРЕЕВО</t>
+  </si>
+  <si>
     <t>8218 – Любимец</t>
   </si>
   <si>
     <t>ЛЮБИМЕЦ,ПЪТ ХАРМАНЛИ-СВИЛЕНГРАД</t>
   </si>
   <si>
     <t>8220 – Харманли</t>
   </si>
   <si>
     <t>ХАРМАНЛИ, изход ХАСКОВО</t>
   </si>
   <si>
-    <t>8214 – Симеоновград</t>
-[...4 lines deleted...]
-  <si>
     <t>8210 – Димитровград</t>
   </si>
   <si>
     <t>ДИМИТРОВГРАД, бул. Г.С.РАКОВСКИ, на ъгъла с ул. "Кап. Петко Войвода"</t>
   </si>
   <si>
-    <t>8216 – Свиленград</t>
-[...4 lines deleted...]
-  <si>
     <t>8201 – Хасково</t>
   </si>
   <si>
     <t>ХАСКОВО, бул. "Съединение" № 47 - до болницата</t>
   </si>
   <si>
     <t>8108 – Тополовград</t>
   </si>
   <si>
     <t>ТОПОЛОВГРАД, ул. "Искър" 14</t>
   </si>
   <si>
     <t>8305 – Ивайловград</t>
   </si>
   <si>
     <t>ИВАЙЛОВГРАД, ул. "Кап. Петко войвода" ,вход на града</t>
   </si>
   <si>
     <t>Шумен</t>
   </si>
   <si>
     <t>Шумен, бул. Рижки проход № 28, изхода за Бургас</t>
   </si>
   <si>
     <t>кв.Боян Балгаран</t>
   </si>
   <si>
+    <t>Shumen 1</t>
+  </si>
+  <si>
+    <t>25 Rishki prohod blvd</t>
+  </si>
+  <si>
     <t>Shumen 2</t>
   </si>
   <si>
     <t>16 A Simeon Veliki blvd</t>
   </si>
   <si>
-    <t>Shumen 1</t>
-[...2 lines deleted...]
-    <t>25 Rishki prohod blvd</t>
+    <t>2305 – Шумен</t>
+  </si>
+  <si>
+    <t>ШУМЕН КВ."ГРИВИЦА", ул. "Ген. Скобелев"</t>
   </si>
   <si>
     <t>2307 – В. Преслав</t>
   </si>
   <si>
     <t>ПРЕСЛАВ, ул. "Борис Спиров" №47</t>
   </si>
   <si>
     <t>2315 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН, ул. "Индустриална" №9</t>
   </si>
   <si>
     <t>2304 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН, V-ти КМ, м-ст "Мералък"</t>
   </si>
   <si>
     <t>2302 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН, бул. "Симеон Велики" №82, изход ВАРНА</t>
   </si>
   <si>
-    <t>2305 – Шумен</t>
-[...2 lines deleted...]
-    <t>ШУМЕН КВ."ГРИВИЦА", ул. "Ген. Скобелев"</t>
+    <t>2312 – Нови Пазар</t>
+  </si>
+  <si>
+    <t>НОВИ ПАЗАР, изход Силистра</t>
   </si>
   <si>
     <t>2308 – Смядово</t>
   </si>
   <si>
     <t>СМЯДОВО, местност "Студен кладенец"</t>
   </si>
   <si>
     <t>2310 – Хитрино</t>
   </si>
   <si>
     <t>ГАРА ХИТРИНО</t>
   </si>
   <si>
     <t>2311 – Нови Пазар</t>
   </si>
   <si>
     <t>НОВИ ПАЗАР, път ВАРНА-СОФИЯ</t>
   </si>
   <si>
-    <t>2312 – Нови Пазар</t>
-[...4 lines deleted...]
-  <si>
     <t>Круиз Елхово 455</t>
   </si>
   <si>
     <t>Елхово</t>
   </si>
   <si>
     <t>Ямбол</t>
   </si>
   <si>
     <t>Ямбол,ул.Търговска 164</t>
   </si>
   <si>
     <t>Ямбол 2</t>
   </si>
   <si>
     <t>ул.Клокотница 102</t>
   </si>
   <si>
     <t>Yabol</t>
   </si>
   <si>
     <t>10 Evropa blvd</t>
   </si>
   <si>
+    <t>Лесово 2</t>
+  </si>
+  <si>
+    <t>Граничен комплекс "Изгрев" - юг</t>
+  </si>
+  <si>
     <t>АМ Тракия, км 299 юг</t>
   </si>
   <si>
     <t>АМ Тракия, 8693 299-ти км посока Бургас, до надлез Воденичане</t>
   </si>
   <si>
     <t>АМ Тракия, км 299, север</t>
   </si>
   <si>
     <t>АМ Тракия, 8693 299-ти км, посока Бургас-София, разклон Воденичане</t>
   </si>
   <si>
-    <t>Лесово 2</t>
-[...2 lines deleted...]
-    <t>Граничен комплекс "Изгрев" - юг</t>
+    <t>1302 – Ямбол</t>
+  </si>
+  <si>
+    <t>ЯМБОЛ, ул. "Европа" 32, изход СЛИВЕН</t>
   </si>
   <si>
     <t>1304 – Ямбол</t>
   </si>
   <si>
     <t>ЯМБОЛ, изход "Петолъчката"</t>
-  </si>
-[...4 lines deleted...]
-    <t>ЯМБОЛ, ул. "Европа" 32, изход СЛИВЕН</t>
   </si>
   <si>
     <t>1308 – Елхово</t>
   </si>
   <si>
     <t>ЕЛХОВО, ул. "Ал. Стамболийски", изход Ямбол</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -3808,923 +3799,923 @@
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.32</v>
+        <v>2.38</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.34</v>
+        <v>2.4</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.34</v>
+        <v>2.4</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" t="s">
         <v>26</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E11">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>33</v>
+      </c>
+      <c r="C13">
+        <v>0</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F16" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F20" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="C22" t="s">
         <v>48</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E22">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B23" t="s">
+        <v>46</v>
+      </c>
+      <c r="C23" t="s">
         <v>49</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F23" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B24" t="s">
+        <v>50</v>
+      </c>
+      <c r="C24" t="s">
         <v>51</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F24" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B25" t="s">
+        <v>52</v>
+      </c>
+      <c r="C25" t="s">
         <v>53</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F25" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
+      </c>
+      <c r="C26" t="s">
+        <v>55</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F26" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27" t="s">
         <v>57</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E27">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F27" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B28" t="s">
+        <v>58</v>
+      </c>
+      <c r="C28" t="s">
         <v>59</v>
       </c>
-      <c r="C28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E28">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F28" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B29" t="s">
+        <v>60</v>
+      </c>
+      <c r="C29" t="s">
         <v>61</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E29">
-        <v>2.4</v>
+        <v>2.43</v>
       </c>
       <c r="F29" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B30" t="s">
+        <v>62</v>
+      </c>
+      <c r="C30" t="s">
         <v>63</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E30">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F30" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B31" t="s">
+        <v>64</v>
+      </c>
+      <c r="C31" t="s">
         <v>65</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E31">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F31" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B32" t="s">
+        <v>66</v>
+      </c>
+      <c r="C32" t="s">
         <v>67</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E32">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B33" t="s">
+        <v>68</v>
+      </c>
+      <c r="C33" t="s">
         <v>69</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E33">
-        <v>2.48</v>
+        <v>2.51</v>
       </c>
       <c r="F33" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B34" t="s">
+        <v>70</v>
+      </c>
+      <c r="C34" t="s">
         <v>71</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E34">
-        <v>2.49</v>
+        <v>2.51</v>
       </c>
       <c r="F34" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B35" t="s">
+        <v>72</v>
+      </c>
+      <c r="C35" t="s">
         <v>73</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E35">
-        <v>2.49</v>
+        <v>2.51</v>
       </c>
       <c r="F35" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>76</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E36">
         <v>2.52</v>
       </c>
       <c r="F36" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B37" t="s">
+        <v>79</v>
+      </c>
+      <c r="C37" t="s">
         <v>80</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E37">
         <v>2.52</v>
       </c>
       <c r="F37" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B38" t="s">
+        <v>81</v>
+      </c>
+      <c r="C38" t="s">
         <v>82</v>
       </c>
-      <c r="C38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E38">
         <v>2.52</v>
       </c>
       <c r="F38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B39" t="s">
+        <v>83</v>
+      </c>
+      <c r="C39" t="s">
         <v>84</v>
       </c>
-      <c r="C39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E39">
         <v>2.52</v>
       </c>
       <c r="F39" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B40" t="s">
+        <v>85</v>
+      </c>
+      <c r="C40" t="s">
         <v>86</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
+        <v>87</v>
+      </c>
+      <c r="C41" t="s">
         <v>88</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E41">
         <v>2.56</v>
       </c>
       <c r="F41" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B42" t="s">
+        <v>89</v>
+      </c>
+      <c r="C42" t="s">
         <v>90</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E42">
         <v>2.61</v>
       </c>
       <c r="F42" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C43" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
       <c r="E43">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C44" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
       <c r="E44">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C45" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C46" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
       <c r="E46">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -4737,286 +4728,286 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C2" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="C3" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>361</v>
+      </c>
+      <c r="C4" t="s">
         <v>362</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="C5" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="C6" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C7" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="C8" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D8" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="C9" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C10" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C11" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C12" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.53</v>
       </c>
       <c r="F12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C13" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.55</v>
       </c>
       <c r="F13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F17"/>
   <sheetViews>
@@ -5026,366 +5017,366 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="B2" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C2" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="D2" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="E2">
         <v>2.39</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C3" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C4" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C5" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C6" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C7" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="C8" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C9" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="C10" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C11" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="C12" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.56</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C13" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.56</v>
       </c>
       <c r="F13" t="s">
-        <v>280</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="C14" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C15" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="D15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>277</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.56</v>
       </c>
       <c r="F16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C17" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.6</v>
       </c>
       <c r="F17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -5395,306 +5386,306 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C2" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C3" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C4" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C5" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C6" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C7" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C8" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="C9" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C10" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C11" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.57</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="C12" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.57</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C13" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="C14" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
@@ -5707,540 +5698,540 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="C2" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C3" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C4" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="C5" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C6" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C9" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C10" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="C11" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="C12" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="D12" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C13" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="D13" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E13">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C14" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="C15" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="C16" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="C17" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="C18" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="C19" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="D19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.55</v>
       </c>
       <c r="F19" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="C20" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E20">
         <v>2.55</v>
       </c>
       <c r="F20" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="C21" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="D21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E21">
         <v>2.55</v>
       </c>
       <c r="F21" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B22" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="C22" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="D22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E22">
         <v>2.61</v>
       </c>
       <c r="F22" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B23" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C23" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="D23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E23">
         <v>2.61</v>
       </c>
       <c r="F23" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C24" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="C25" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
+        <v>439</v>
+      </c>
+      <c r="C26" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -6253,386 +6244,386 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="C2" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C3" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="C4" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="C5" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="C6" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="C7" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E7">
-        <v>2.4</v>
+        <v>2.43</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="C8" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="D8" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="C9" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.47</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="C10" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="C11" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="C12" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="C13" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="C14" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="C15" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="D15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="C16" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="C17" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="C18" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -6642,286 +6633,286 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="C2" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="C3" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="C4" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="C5" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="C6" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="C7" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="C8" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="D8" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="C9" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="C10" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C11" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="C12" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="C13" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.62</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F54"/>
   <sheetViews>
@@ -6934,1100 +6925,1100 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="C2" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.22</v>
+        <v>2.3</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="C3" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C4" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="C5" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C6" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="C7" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="C8" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="C9" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="C10" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="C11" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="C12" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="C13" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="C14" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="C15" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="C16" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F16" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="C17" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="C18" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="C19" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
       <c r="C20" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F20" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B21" t="s">
+        <v>574</v>
+      </c>
+      <c r="C21" t="s">
         <v>575</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>564</v>
+      </c>
+      <c r="C22" t="s">
+        <v>576</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E22">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="C23" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F23" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B24" t="s">
+        <v>578</v>
+      </c>
+      <c r="C24" t="s">
         <v>579</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F24" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>582</v>
+        <v>580</v>
+      </c>
+      <c r="C25">
+        <v>0</v>
       </c>
       <c r="D25" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E25">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F25" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>583</v>
+        <v>554</v>
       </c>
       <c r="C26" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E26">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F26" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B27" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="C27" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E27">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F27" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="C28" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E28">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F28" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="C29" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E29">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F29" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B30" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="C30" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="D30" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E30">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F30" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B31" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="C31" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="D31" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E31">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F31" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B32" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="C32" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="D32" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E32">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="C33" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E33">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F33" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="C34" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F34" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B35" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="C35" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="D35" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E35">
-        <v>2.49</v>
+        <v>2.51</v>
       </c>
       <c r="F35" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B36" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="C36" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="D36" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E36">
-        <v>2.49</v>
+        <v>2.51</v>
       </c>
       <c r="F36" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B37" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="C37" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="D37" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E37">
         <v>2.52</v>
       </c>
       <c r="F37" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B38" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="C38" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="D38" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E38">
         <v>2.52</v>
       </c>
       <c r="F38" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B39" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="C39" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="D39" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E39">
         <v>2.52</v>
       </c>
       <c r="F39" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B40" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="C40" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="D40" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="C41" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D41" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E41">
         <v>2.52</v>
       </c>
       <c r="F41" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B42" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="C42" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="D42" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E42">
         <v>2.52</v>
       </c>
       <c r="F42" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B43" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="C43" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D43" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E43">
         <v>2.52</v>
       </c>
       <c r="F43" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B44" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C44" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D44" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E44">
         <v>2.52</v>
       </c>
       <c r="F44" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>6</v>
+        <v>74</v>
       </c>
       <c r="B45" t="s">
-        <v>539</v>
+        <v>617</v>
       </c>
       <c r="C45" t="s">
-        <v>540</v>
+        <v>618</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="E45">
-        <v>2.53</v>
+        <v>2.56</v>
       </c>
       <c r="F45" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B46" t="s">
+        <v>619</v>
+      </c>
+      <c r="C46" t="s">
         <v>620</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E46">
         <v>2.56</v>
       </c>
       <c r="F46" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B47" t="s">
+        <v>621</v>
+      </c>
+      <c r="C47" t="s">
         <v>622</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E47">
         <v>2.56</v>
       </c>
       <c r="F47" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B48" t="s">
+        <v>623</v>
+      </c>
+      <c r="C48" t="s">
         <v>624</v>
       </c>
-      <c r="C48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E48">
         <v>2.56</v>
       </c>
       <c r="F48" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B49" t="s">
+        <v>625</v>
+      </c>
+      <c r="C49" t="s">
         <v>626</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E49">
         <v>2.56</v>
       </c>
       <c r="F49" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B50" t="s">
+        <v>627</v>
+      </c>
+      <c r="C50" t="s">
         <v>628</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E50">
         <v>2.56</v>
       </c>
       <c r="F50" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>75</v>
+        <v>6</v>
       </c>
       <c r="B51" t="s">
-        <v>630</v>
+        <v>536</v>
       </c>
       <c r="C51" t="s">
-        <v>631</v>
+        <v>537</v>
       </c>
       <c r="D51" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="E51">
-        <v>2.56</v>
+        <v>2.61</v>
       </c>
       <c r="F51" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="C52" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
       <c r="E52">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B53" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="C53" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="D53" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E53">
         <v>2.86</v>
       </c>
       <c r="F53" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>278</v>
+      </c>
+      <c r="B54" t="s">
+        <v>631</v>
+      </c>
+      <c r="C54" t="s">
+        <v>632</v>
+      </c>
+      <c r="D54" t="s">
         <v>281</v>
       </c>
-      <c r="B54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F54" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F5"/>
   <sheetViews>
@@ -8037,126 +8028,126 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="C2" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="C3" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="C4" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="D4" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C5" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E5">
         <v>2.52</v>
       </c>
       <c r="F5" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F20"/>
   <sheetViews>
@@ -8169,420 +8160,420 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="C2" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="C3" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
+        <v>644</v>
+      </c>
+      <c r="C4" t="s">
         <v>645</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="C5" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="C6" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="C7" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="C8" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="C9" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="C10" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="C11" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="C12" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="D12" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="C13" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="D13" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E13">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="C14" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.52</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="C15" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="D15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="C16" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.57</v>
       </c>
       <c r="F16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="C17" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="C18" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="C19" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="D19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="C20" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -8595,186 +8586,186 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="C2" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B3" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="C3" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="D3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E3">
         <v>2.59</v>
       </c>
       <c r="F3" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B4" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="C4" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E4">
         <v>2.59</v>
       </c>
       <c r="F4" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="C5" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="D5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E5">
         <v>2.59</v>
       </c>
       <c r="F5" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="C6" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="D6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="C7" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
         <v>2.66</v>
       </c>
       <c r="F7" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="C8" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
         <v>2.98</v>
       </c>
       <c r="F8" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F36"/>
   <sheetViews>
@@ -8787,743 +8778,743 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.29</v>
+        <v>2.31</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
         <v>95</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.32</v>
+        <v>2.34</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
+        <v>91</v>
+      </c>
+      <c r="C5" t="s">
         <v>92</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C6" t="s">
         <v>97</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C7" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C8" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C9" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C12" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C13" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C16" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F16" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C17" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D18" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E18">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C19" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19">
-        <v>2.4</v>
+        <v>2.41</v>
       </c>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B20" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" t="s">
         <v>122</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20">
-        <v>2.4</v>
+        <v>2.41</v>
       </c>
       <c r="F20" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C21" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E21">
-        <v>2.44</v>
+        <v>2.42</v>
       </c>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B22" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E22">
-        <v>2.45</v>
+        <v>2.43</v>
       </c>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C23" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23">
-        <v>2.47</v>
+        <v>2.45</v>
       </c>
       <c r="F23" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C24" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24">
         <v>2.47</v>
       </c>
       <c r="F24" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
         <v>131</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25">
         <v>2.48</v>
       </c>
       <c r="F25" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
+        <v>132</v>
+      </c>
+      <c r="C26" t="s">
         <v>133</v>
       </c>
-      <c r="C26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E26">
         <v>2.52</v>
       </c>
       <c r="F26" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B27" t="s">
+        <v>135</v>
+      </c>
+      <c r="C27" t="s">
         <v>136</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E27">
         <v>2.6</v>
       </c>
       <c r="F27" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
+        <v>137</v>
+      </c>
+      <c r="C28" t="s">
         <v>138</v>
       </c>
-      <c r="C28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E28">
         <v>2.6</v>
       </c>
       <c r="F28" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B29" t="s">
+        <v>139</v>
+      </c>
+      <c r="C29" t="s">
         <v>140</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E29">
         <v>2.6</v>
       </c>
       <c r="F29" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B30" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" t="s">
         <v>142</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E30">
         <v>2.6</v>
       </c>
       <c r="F30" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B31" t="s">
+        <v>143</v>
+      </c>
+      <c r="C31" t="s">
         <v>144</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E31">
         <v>2.6</v>
       </c>
       <c r="F31" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B32" t="s">
+        <v>145</v>
+      </c>
+      <c r="C32" t="s">
         <v>146</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E32">
         <v>2.6</v>
       </c>
       <c r="F32" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B33" t="s">
+        <v>147</v>
+      </c>
+      <c r="C33" t="s">
         <v>148</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E33">
         <v>2.6</v>
       </c>
       <c r="F33" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B34" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" t="s">
         <v>150</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E34">
         <v>2.62</v>
       </c>
       <c r="F34" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
+        <v>151</v>
+      </c>
+      <c r="C35" t="s">
         <v>152</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E35">
         <v>2.62</v>
       </c>
       <c r="F35" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B36" t="s">
+        <v>153</v>
+      </c>
+      <c r="C36" t="s">
         <v>154</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E36">
         <v>2.81</v>
       </c>
       <c r="F36" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
@@ -9533,446 +9524,446 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
+        <v>688</v>
+      </c>
+      <c r="B2" t="s">
+        <v>689</v>
+      </c>
+      <c r="C2" t="s">
+        <v>690</v>
+      </c>
+      <c r="D2" t="s">
         <v>691</v>
-      </c>
-[...7 lines deleted...]
-        <v>694</v>
       </c>
       <c r="E2">
         <v>2.1</v>
       </c>
       <c r="F2" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="C3" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.22</v>
+        <v>2.3</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="B4" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="C4" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="D4" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="E4">
         <v>2.31</v>
       </c>
       <c r="F4" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="C5" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="C6" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="C7" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C8" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="C9" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="C10" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C11" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="C12" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="C13" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="D13" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E13">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C14" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E14">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B15" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="C15" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="D15" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E15">
-        <v>2.48</v>
+        <v>2.5</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="C16" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C17" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="C18" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>6</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>696</v>
+        <v>724</v>
       </c>
       <c r="C19" t="s">
-        <v>697</v>
+        <v>725</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="E19">
-        <v>2.53</v>
+        <v>2.59</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
+        <v>726</v>
+      </c>
+      <c r="C20" t="s">
         <v>727</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E20">
         <v>2.59</v>
       </c>
       <c r="F20" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>75</v>
+        <v>6</v>
       </c>
       <c r="B21" t="s">
-        <v>729</v>
+        <v>693</v>
       </c>
       <c r="C21" t="s">
-        <v>730</v>
+        <v>694</v>
       </c>
       <c r="D21" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="E21">
-        <v>2.59</v>
+        <v>2.61</v>
       </c>
       <c r="F21" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F11"/>
   <sheetViews>
@@ -9982,246 +9973,246 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="C2" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="C3" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.36</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="C4" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="D4" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>2.4</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="C5" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E5">
         <v>2.47</v>
       </c>
       <c r="F5" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="C6" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="D6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="C7" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="D7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E7">
         <v>2.59</v>
       </c>
       <c r="F7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="C8" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.59</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="C9" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.59</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="C10" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.59</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="C11" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F74"/>
   <sheetViews>
@@ -10234,1500 +10225,1500 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C2" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.22</v>
+        <v>2.3</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="C3" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.22</v>
+        <v>2.3</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="C4" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="C5" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="C6" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="C7" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>762</v>
+        <v>756</v>
       </c>
       <c r="C8" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="C9" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C10" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="C11" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="C12" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>768</v>
       </c>
       <c r="C13" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>188</v>
       </c>
       <c r="B14" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="C14" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>191</v>
       </c>
       <c r="E14">
-        <v>2.34</v>
+        <v>2.39</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B15" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="C15" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E15">
-        <v>2.34</v>
+        <v>2.4</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="C16" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F16" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B17" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C17" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B18" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="C18" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B19" t="s">
-        <v>768</v>
+        <v>779</v>
       </c>
       <c r="C19" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E19">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B20" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="C20" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E20">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F20" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B21" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="C21" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E21">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B22" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="C22" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E22">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="C23" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F23" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>201</v>
+        <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="C24" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="D24" t="s">
-        <v>204</v>
+        <v>14</v>
       </c>
       <c r="E24">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>793</v>
+        <v>756</v>
       </c>
       <c r="C25" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="D25" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E25">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F25" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>768</v>
+        <v>792</v>
       </c>
       <c r="C26" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F26" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="C27" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E27">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F27" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="C28" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E28">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F28" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="C29" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E29">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F29" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="C30" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D30" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E30">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F30" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>804</v>
+        <v>756</v>
       </c>
       <c r="C31" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E31">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F31" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B32" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="C32" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="D32" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E32">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="C33" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E33">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F33" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>810</v>
+        <v>756</v>
       </c>
       <c r="C34" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F34" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B35" t="s">
-        <v>768</v>
+        <v>808</v>
       </c>
       <c r="C35" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E35">
-        <v>2.39</v>
+        <v>2.43</v>
       </c>
       <c r="F35" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B36" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="C36" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="D36" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E36">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F36" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B37" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="C37" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="D37" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E37">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F37" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B38" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="C38" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E38">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F38" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B39" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="C39" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="D39" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E39">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F39" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B40" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="C40" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="D40" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E40">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F40" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B41" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="C41" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="D41" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E41">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F41" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B42" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="C42" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="D42" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E42">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F42" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B43" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="C43" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E43">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F43" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B44" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C44" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="D44" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E44">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F44" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B45" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="C45" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="D45" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E45">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F45" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="C46" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="D46" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E46">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F46" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="C47" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="D47" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E47">
-        <v>2.42</v>
+        <v>2.44</v>
       </c>
       <c r="F47" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B48" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="C48" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="D48" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E48">
-        <v>2.42</v>
+        <v>2.44</v>
       </c>
       <c r="F48" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B49" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="C49" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="D49" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E49">
-        <v>2.42</v>
+        <v>2.45</v>
       </c>
       <c r="F49" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B50" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="C50" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="D50" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E50">
-        <v>2.44</v>
+        <v>2.46</v>
       </c>
       <c r="F50" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B51" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="C51" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="D51" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E51">
         <v>2.47</v>
       </c>
       <c r="F51" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B52" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="C52" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="D52" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E52">
         <v>2.47</v>
       </c>
       <c r="F52" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B53" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="C53" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="D53" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E53">
         <v>2.47</v>
       </c>
       <c r="F53" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B54" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="C54" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="D54" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E54">
         <v>2.47</v>
       </c>
       <c r="F54" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B55" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="C55" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="D55" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E55">
         <v>2.47</v>
       </c>
       <c r="F55" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B56" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="C56" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="D56" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E56">
         <v>2.47</v>
       </c>
       <c r="F56" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="C57" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E57">
-        <v>2.49</v>
+        <v>2.51</v>
       </c>
       <c r="F57" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B58" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="C58" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="D58" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E58">
         <v>2.52</v>
       </c>
       <c r="F58" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B59" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="C59" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D59" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E59">
         <v>2.52</v>
       </c>
       <c r="F59" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>6</v>
+        <v>74</v>
       </c>
       <c r="B60" t="s">
-        <v>751</v>
+        <v>857</v>
       </c>
       <c r="C60" t="s">
-        <v>752</v>
+        <v>858</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="E60">
         <v>2.53</v>
       </c>
       <c r="F60" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B61" t="s">
+        <v>859</v>
+      </c>
+      <c r="C61" t="s">
         <v>860</v>
       </c>
-      <c r="C61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E61">
-        <v>2.53</v>
+        <v>2.54</v>
       </c>
       <c r="F61" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>6</v>
+        <v>74</v>
       </c>
       <c r="B62" t="s">
-        <v>753</v>
+        <v>861</v>
       </c>
       <c r="C62" t="s">
-        <v>754</v>
+        <v>862</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="E62">
-        <v>2.53</v>
+        <v>2.54</v>
       </c>
       <c r="F62" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B63" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C63" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D63" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E63">
         <v>2.54</v>
       </c>
       <c r="F63" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B64" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C64" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D64" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E64">
         <v>2.54</v>
       </c>
       <c r="F64" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B65" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C65" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D65" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E65">
         <v>2.54</v>
       </c>
       <c r="F65" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B66" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C66">
         <v>0</v>
       </c>
       <c r="D66" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E66">
         <v>2.54</v>
       </c>
       <c r="F66" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B67" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C67" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D67" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E67">
         <v>2.54</v>
       </c>
       <c r="F67" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>75</v>
+        <v>6</v>
       </c>
       <c r="B68" t="s">
-        <v>871</v>
+        <v>748</v>
       </c>
       <c r="C68" t="s">
-        <v>872</v>
+        <v>749</v>
       </c>
       <c r="D68" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="E68">
-        <v>2.54</v>
+        <v>2.61</v>
       </c>
       <c r="F68" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>75</v>
+        <v>6</v>
       </c>
       <c r="B69" t="s">
-        <v>873</v>
+        <v>750</v>
       </c>
       <c r="C69" t="s">
-        <v>874</v>
+        <v>751</v>
       </c>
       <c r="D69" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="E69">
-        <v>2.54</v>
+        <v>2.61</v>
       </c>
       <c r="F69" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
-        <v>755</v>
+        <v>773</v>
       </c>
       <c r="C70" t="s">
-        <v>756</v>
+        <v>774</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
       <c r="E70">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
-        <v>757</v>
+        <v>775</v>
       </c>
       <c r="C71" t="s">
-        <v>758</v>
+        <v>776</v>
       </c>
       <c r="D71" t="s">
         <v>9</v>
       </c>
       <c r="E71">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F71" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
-        <v>759</v>
+        <v>777</v>
       </c>
       <c r="C72" t="s">
-        <v>760</v>
+        <v>778</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
       <c r="E72">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F72" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B73" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="C73" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="D73" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E73">
         <v>2.73</v>
       </c>
       <c r="F73" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
+        <v>278</v>
+      </c>
+      <c r="B74" t="s">
+        <v>874</v>
+      </c>
+      <c r="C74" t="s">
+        <v>875</v>
+      </c>
+      <c r="D74" t="s">
         <v>281</v>
       </c>
-      <c r="B74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F74" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F33"/>
   <sheetViews>
@@ -11737,686 +11728,686 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="C2" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="C3" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="C4" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="C5" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="C6" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="C7" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="C8" t="s">
-        <v>891</v>
+        <v>882</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="C9" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
       <c r="C10" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
       <c r="C11" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="C12" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="C13" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="C14" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="C15" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15">
-        <v>2.4</v>
+        <v>2.41</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="B16" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="C16" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16">
         <v>2.42</v>
       </c>
       <c r="F16" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B17" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="C17" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="D17" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E17">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="C18" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18">
-        <v>2.44</v>
+        <v>2.45</v>
       </c>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="C19" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19">
-        <v>2.44</v>
+        <v>2.45</v>
       </c>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="C20" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F20" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="C21" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B22" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="C22" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="D22" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E22">
-        <v>2.46</v>
+        <v>2.48</v>
       </c>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B23" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="C23" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="D23" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E23">
         <v>2.52</v>
       </c>
       <c r="F23" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B24" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="C24" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="D24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E24">
         <v>2.52</v>
       </c>
       <c r="F24" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B25" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="C25" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="D25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E25">
         <v>2.59</v>
       </c>
       <c r="F25" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="C26" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E26">
         <v>2.59</v>
       </c>
       <c r="F26" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B27" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="C27" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E27">
         <v>2.59</v>
       </c>
       <c r="F27" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="C28" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="D28" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E28">
         <v>2.59</v>
       </c>
       <c r="F28" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="C29" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="C30" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="C31" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B32" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="C32" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="D32" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E32">
         <v>2.77</v>
       </c>
       <c r="F32" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B33" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="C33" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="D33" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E33">
         <v>2.86</v>
       </c>
       <c r="F33" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
@@ -12429,543 +12420,543 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="C2" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.22</v>
+        <v>2.3</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="C3" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.22</v>
+        <v>2.3</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="C4" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.36</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="C5" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="C6" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="C7" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="C8" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="C9" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="C10" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E10">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="C11" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="C12" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="D12" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="C13" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="D13" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E13">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="C14" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E14">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="C15" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="D15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="C16" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C17" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="C18" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="C19" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="D19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="C20" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E20">
         <v>2.52</v>
       </c>
       <c r="F20" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C21" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="D21" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E21">
         <v>2.52</v>
       </c>
       <c r="F21" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>6</v>
+        <v>74</v>
       </c>
       <c r="B22" t="s">
-        <v>936</v>
+        <v>973</v>
       </c>
       <c r="C22" t="s">
-        <v>937</v>
+        <v>974</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="E22">
-        <v>2.53</v>
+        <v>2.56</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>6</v>
+        <v>74</v>
       </c>
       <c r="B23" t="s">
-        <v>938</v>
+        <v>975</v>
       </c>
       <c r="C23" t="s">
-        <v>939</v>
+        <v>976</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="E23">
-        <v>2.53</v>
+        <v>2.57</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B24" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C24" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D24" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E24">
-        <v>2.56</v>
+        <v>2.6</v>
       </c>
       <c r="F24" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>75</v>
+        <v>6</v>
       </c>
       <c r="B25" t="s">
-        <v>978</v>
+        <v>933</v>
       </c>
       <c r="C25" t="s">
-        <v>979</v>
+        <v>934</v>
       </c>
       <c r="D25" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="E25">
-        <v>2.57</v>
+        <v>2.61</v>
       </c>
       <c r="F25" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>75</v>
+        <v>6</v>
       </c>
       <c r="B26" t="s">
-        <v>980</v>
+        <v>935</v>
       </c>
       <c r="C26" t="s">
-        <v>981</v>
+        <v>936</v>
       </c>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="E26">
-        <v>2.6</v>
+        <v>2.61</v>
       </c>
       <c r="F26" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
@@ -12978,220 +12969,220 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="C2" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="C3" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="C4" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="C5" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="D5" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="C6" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="D6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E6">
         <v>2.52</v>
       </c>
       <c r="F6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="C7" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="D7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="C8" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.54</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="C9" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.59</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="C10" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -13207,443 +13198,443 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="C2" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="C3" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.22</v>
+        <v>2.3</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>1002</v>
+        <v>995</v>
       </c>
       <c r="C5" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.34</v>
+        <v>2.4</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="C6" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="C7" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C8" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="D8" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E8">
-        <v>2.4</v>
+        <v>2.43</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="C9" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="D9" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="C10" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C11" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>2.44</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="C12" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="C13" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="C14" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.52</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="C15" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="D15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="C16" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="C17" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="C18" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="C19" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="D19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>6</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
-        <v>1000</v>
+        <v>1029</v>
       </c>
       <c r="C20" t="s">
-        <v>1001</v>
+        <v>1030</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="E20">
-        <v>2.53</v>
+        <v>2.59</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>75</v>
+        <v>6</v>
       </c>
       <c r="B21" t="s">
-        <v>1032</v>
+        <v>997</v>
       </c>
       <c r="C21" t="s">
-        <v>1033</v>
+        <v>998</v>
       </c>
       <c r="D21" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="E21">
-        <v>2.59</v>
+        <v>2.61</v>
       </c>
       <c r="F21" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -13653,306 +13644,306 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="C2" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="C3" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="C4" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="D4" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="C5" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="D5" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="C6" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="D6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E6">
         <v>2.52</v>
       </c>
       <c r="F6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="C7" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="D7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="C8" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="C9" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="C10" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="C11" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="C12" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="C13" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="C14" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
@@ -13965,672 +13956,652 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="C2" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C3" t="s">
         <v>1059</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="C4" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="C5" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C6" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="C7" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="C8" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="C9" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
         <v>2.47</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="C10" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="C11" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="C12" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.55</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F19"/>
+  <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C2" t="s">
         <v>156</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.22</v>
+        <v>2.3</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C3" t="s">
         <v>158</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.36</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C4" t="s">
         <v>160</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.36</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C5" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C6" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C7" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C8" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C9" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C10" t="s">
         <v>171</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
+        <v>172</v>
+      </c>
+      <c r="C11" t="s">
         <v>173</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
+        <v>174</v>
+      </c>
+      <c r="C12" t="s">
         <v>175</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
+        <v>176</v>
+      </c>
+      <c r="C13" t="s">
         <v>177</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E13">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
+        <v>178</v>
+      </c>
+      <c r="C14" t="s">
         <v>179</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E14">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
+        <v>180</v>
+      </c>
+      <c r="C15" t="s">
         <v>181</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="E15">
-        <v>2.42</v>
+        <v>2.54</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>6</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>156</v>
+        <v>182</v>
       </c>
       <c r="C16" t="s">
-        <v>157</v>
+        <v>183</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="E16">
-        <v>2.53</v>
+        <v>2.54</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C17" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.54</v>
       </c>
       <c r="F17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>6</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>155</v>
       </c>
       <c r="C18" t="s">
-        <v>186</v>
+        <v>156</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="E18">
-        <v>2.54</v>
+        <v>2.61</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
-[...19 lines deleted...]
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
@@ -14640,406 +14611,406 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.39</v>
+        <v>2.36</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>188</v>
       </c>
       <c r="B3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C3" t="s">
+        <v>190</v>
+      </c>
+      <c r="D3" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E3">
         <v>2.39</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C4" t="s">
         <v>193</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>194</v>
+      </c>
+      <c r="C5" t="s">
         <v>195</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
+        <v>196</v>
+      </c>
+      <c r="C6" t="s">
         <v>197</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
+        <v>198</v>
+      </c>
+      <c r="C7" t="s">
         <v>199</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
+        <v>200</v>
+      </c>
+      <c r="C8" t="s">
         <v>201</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>204</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C9" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C10" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E10">
         <v>2.42</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C11" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E11">
         <v>2.42</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C12" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D12" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C13" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C14" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C15" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C16" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C17" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C18" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="C19" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -15052,303 +15023,303 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C3" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C4" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C5" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C6" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E6">
-        <v>2.43</v>
+        <v>2.47</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C7" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C8" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C9" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.57</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C10" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.57</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C11" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C12" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C13" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C14" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F18"/>
   <sheetViews>
@@ -15358,383 +15329,383 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C2" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.32</v>
+        <v>2.36</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C3" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.34</v>
+        <v>2.4</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C4" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>254</v>
+      </c>
+      <c r="C5" t="s">
         <v>255</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C6" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C7" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="C8" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C9" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D9" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C10" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C11" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C12" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C13" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C14" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C15" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
+        <v>250</v>
+      </c>
+      <c r="C16" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C17" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.75</v>
       </c>
       <c r="F17" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>278</v>
+      </c>
+      <c r="B18" t="s">
+        <v>279</v>
+      </c>
+      <c r="C18" t="s">
+        <v>280</v>
+      </c>
+      <c r="D18" t="s">
         <v>281</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
         <v>282</v>
-      </c>
-[...7 lines deleted...]
-        <v>285</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -15747,283 +15718,283 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C2" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.32</v>
+        <v>2.4</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C4" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="C5" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>290</v>
       </c>
       <c r="C6" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C7" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C8" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="D8" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C9" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.49</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C10" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C11" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C12" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>2.63</v>
+        <v>2.71</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C13" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.87</v>
       </c>
       <c r="F13" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16033,303 +16004,303 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C2" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>188</v>
       </c>
       <c r="B3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C3" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>191</v>
       </c>
       <c r="E3">
         <v>2.39</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>188</v>
       </c>
       <c r="B4" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C4" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>191</v>
       </c>
       <c r="E4">
         <v>2.39</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="B5" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C5" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D5" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="E5">
         <v>2.39</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>201</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C6" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D6" t="s">
-        <v>204</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>201</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="C7" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="D7" t="s">
-        <v>204</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C8" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="D8" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C9" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C10" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C11" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C12" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="C13" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B14" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C14" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D14" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="F14" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16339,306 +16310,306 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C2" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E2">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="C3" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C4" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C5" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D5" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C6" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>2.43</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="C7" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="C8" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C9" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="C10" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="C11" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="C12" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="C13" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="C14" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">