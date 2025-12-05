--- v1 (2025-11-15)
+++ v2 (2025-12-05)
@@ -66,448 +66,454 @@
     <sheet name="Ловеч" sheetId="11" r:id="rId14"/>
     <sheet name="Монтана" sheetId="12" r:id="rId15"/>
     <sheet name="Пазарджик" sheetId="13" r:id="rId16"/>
     <sheet name="Плевен" sheetId="14" r:id="rId17"/>
     <sheet name="Перник" sheetId="15" r:id="rId18"/>
     <sheet name="Пловдив" sheetId="16" r:id="rId19"/>
     <sheet name="Разград" sheetId="17" r:id="rId20"/>
     <sheet name="Русе" sheetId="18" r:id="rId21"/>
     <sheet name="Силистра" sheetId="19" r:id="rId22"/>
     <sheet name="Сливен" sheetId="20" r:id="rId23"/>
     <sheet name="Смолян" sheetId="21" r:id="rId24"/>
     <sheet name="София" sheetId="22" r:id="rId25"/>
     <sheet name="София област" sheetId="23" r:id="rId26"/>
     <sheet name="Стара Загора" sheetId="24" r:id="rId27"/>
     <sheet name="Търговище" sheetId="25" r:id="rId28"/>
     <sheet name="Хасково" sheetId="26" r:id="rId29"/>
     <sheet name="Шумен" sheetId="27" r:id="rId30"/>
     <sheet name="Ямбол" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1076">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1079">
   <si>
     <t>Фирма</t>
   </si>
   <si>
     <t>Бензиностанция</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Обновено на</t>
   </si>
   <si>
     <t>Kruiz</t>
   </si>
   <si>
     <t>Круиз Сандански 876</t>
   </si>
   <si>
     <t>Сандански, главен път е-79 , местност Ушите</t>
   </si>
   <si>
     <t>Бензин А99 Н</t>
   </si>
   <si>
-    <t>2025-11-14</t>
+    <t>2025-11-28</t>
   </si>
   <si>
     <t>Lukoil</t>
   </si>
   <si>
     <t>Баничан</t>
   </si>
   <si>
     <t>с.Баничан на пътя Банско - Г.Делчев</t>
   </si>
   <si>
     <t>Бензин А95 Н</t>
   </si>
   <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
     <t>Благоевград 2</t>
   </si>
   <si>
     <t>БЛАГОЕВГРАД кв.Грамада (до ЗИИУ)</t>
   </si>
   <si>
+    <t>Круиз Сандански 2 499</t>
+  </si>
+  <si>
+    <t>Сандански, местност Соколовец</t>
+  </si>
+  <si>
+    <t>Круиз Марикостиново 608</t>
+  </si>
+  <si>
+    <t>Марикостиново</t>
+  </si>
+  <si>
+    <t>Круиз Петрич 804</t>
+  </si>
+  <si>
+    <t>6, ул. „Свобода", 2850 Петрич</t>
+  </si>
+  <si>
+    <t>Круиз Благоевград 470</t>
+  </si>
+  <si>
+    <t>Благоевград</t>
+  </si>
+  <si>
     <t>Благоевград ПИРИН ОЙЛ</t>
   </si>
   <si>
     <t>Благоевград, 2704 ул. Солунските атентатори №3</t>
   </si>
   <si>
-    <t>Круиз Сандански 2 499</t>
-[...20 lines deleted...]
-    <t>Благоевград</t>
+    <t>Петрич</t>
+  </si>
+  <si>
+    <t>с.Рибник, общ.Петрич</t>
+  </si>
+  <si>
+    <t>Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Сандански 1</t>
+  </si>
+  <si>
+    <t>САНДАНСКИ Промишлена зона (пътя за ж.п. гара)</t>
+  </si>
+  <si>
+    <t>Разлог</t>
+  </si>
+  <si>
+    <t>ул.Екзарх Йосиф,изх.Благоевград</t>
+  </si>
+  <si>
+    <t>Петрич, изход за Кулата</t>
+  </si>
+  <si>
+    <t>РАЗЛОГ пътя за с.Баня,ул. Христо Ботев 77</t>
+  </si>
+  <si>
+    <t>І-1,км.352-300,София-Кулата</t>
+  </si>
+  <si>
+    <t>Банско</t>
+  </si>
+  <si>
+    <t>Банско,ул.Патриарх Евтимий</t>
+  </si>
+  <si>
+    <t>Добринище</t>
+  </si>
+  <si>
+    <t>гл. път за Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Белица</t>
+  </si>
+  <si>
+    <t>гара Белица</t>
   </si>
   <si>
     <t>Eko</t>
   </si>
   <si>
     <t>Blagoevgrad 1</t>
   </si>
   <si>
     <t>2 Peio Yavorov blvd, hotel Ezerec</t>
   </si>
   <si>
     <t>EKO EKONOMY Unleaded A95</t>
   </si>
   <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>Благоевград ЕЛМАНА</t>
+  </si>
+  <si>
+    <t>Благоевград, 2702 ж.к. Орбита</t>
+  </si>
+  <si>
+    <t>Г.Делчев до бензиностанцията на Петрол, ул.Дунав №14</t>
+  </si>
+  <si>
+    <t>Якоруда</t>
+  </si>
+  <si>
+    <t>изход Юндола, ул.Цар Борис 3 № 2</t>
+  </si>
+  <si>
     <t>Blagoevgrad, center</t>
   </si>
   <si>
     <t>CENTER, Saint Dimitur Solunski blvd</t>
   </si>
   <si>
-    <t>Гоце Делчев</t>
-[...29 lines deleted...]
-    <t>гл. път за Гоце Делчев</t>
+    <t>Петрич 3</t>
+  </si>
+  <si>
+    <t>ПЕТРИЧ ул. Рокфелер</t>
+  </si>
+  <si>
+    <t>Сандански 2</t>
+  </si>
+  <si>
+    <t>САНДАНСКИ изход Кулата, Околовръстен път</t>
   </si>
   <si>
     <t>Сатовча</t>
   </si>
   <si>
     <t>с.Сатовча 2950/ обл.Благоевград</t>
   </si>
   <si>
-    <t>Разлог</t>
-[...38 lines deleted...]
-    <t>Благоевград, 2702 ж.к. Орбита</t>
+    <t>G. Delchev</t>
+  </si>
+  <si>
+    <t>188 r.c. from the G.Delchev's plan</t>
+  </si>
+  <si>
+    <t>Petrich</t>
+  </si>
+  <si>
+    <t>On town exit, Sofia way, Merata</t>
   </si>
   <si>
     <t>Bansko</t>
   </si>
   <si>
     <t>3-7 Nikola Golev str. (on the road to Goce Delchev)</t>
   </si>
   <si>
-    <t>Petrich</t>
-[...10 lines deleted...]
-  <si>
     <t>Кулата</t>
   </si>
   <si>
     <t>с.Кулата</t>
   </si>
   <si>
+    <t>Petrol</t>
+  </si>
+  <si>
+    <t>0112 – Гоце Делчев</t>
+  </si>
+  <si>
+    <t>ГОЦЕ ДЕЛЧЕВ, ул. "Дунав" (до плажа)</t>
+  </si>
+  <si>
+    <t>Petrol A95H</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
     <t>Kresna</t>
   </si>
   <si>
     <t>E-79 road, on Sofia-Kulata way</t>
   </si>
   <si>
     <t>Kulata</t>
   </si>
   <si>
     <t>Sofia-Kulata, E-79 road, Chuchuligovo village</t>
   </si>
   <si>
     <t>1098 EKO Struma</t>
   </si>
   <si>
     <t>438км АМ Струма</t>
   </si>
   <si>
-    <t>Petrol</t>
+    <t>0102 – Благоевград</t>
+  </si>
+  <si>
+    <t>гр.БЛАГОЕВГРАД, бул. "Св. Димитър Солунски" (изхода за София)</t>
+  </si>
+  <si>
+    <t>0103 – Симитли</t>
+  </si>
+  <si>
+    <t>СИМИТЛИ,  ул. "Г.Димитров" №1, изход Благоевград</t>
+  </si>
+  <si>
+    <t>0106 – Петрич</t>
+  </si>
+  <si>
+    <t>ПЕТРИЧ, изход София (до гарата)</t>
   </si>
   <si>
     <t>0113 – Банско</t>
   </si>
   <si>
     <t>БАНСКО, ул. "Патриарх Евтимий", вход Благоевград</t>
   </si>
   <si>
-    <t>Petrol A95H</t>
-[...28 lines deleted...]
-  <si>
     <t>0130 - Петрич</t>
   </si>
   <si>
     <t>ПЕТРИЧ, изход Златарево</t>
   </si>
   <si>
     <t>0104 – Кресна</t>
   </si>
   <si>
     <t>КРЕСНА, път Е79 - изход Кула</t>
   </si>
   <si>
     <t>Круиз Бургас 460</t>
   </si>
   <si>
     <t>гр. Бургас, База СОМАТ, п.к. 8000</t>
   </si>
   <si>
     <t>Атия</t>
   </si>
   <si>
     <t>Меден рудник</t>
   </si>
   <si>
     <t xml:space="preserve">Бургас кв.Меден рудник </t>
   </si>
   <si>
+    <t>Карнобат 2</t>
+  </si>
+  <si>
+    <t>КАРНОБАТ главен път София-Бургас</t>
+  </si>
+  <si>
+    <t>Айтос</t>
+  </si>
+  <si>
+    <t>ул.Славянска №94, главен път София-Бургас</t>
+  </si>
+  <si>
+    <t>Приморско</t>
+  </si>
+  <si>
+    <t>гл.път за Царево</t>
+  </si>
+  <si>
+    <t>Каблешково</t>
+  </si>
+  <si>
+    <t>Каблешково, обл.Бургас</t>
+  </si>
+  <si>
+    <t>Ахелой</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ахелой гл.път Бургас-Сл.Бряг-Несебър </t>
+  </si>
+  <si>
+    <t>Бургас, Трапезица</t>
+  </si>
+  <si>
+    <t>кв.Братя Миладинови,пл.Трапезица</t>
+  </si>
+  <si>
     <t>Бургас</t>
   </si>
   <si>
     <t>гр. Бургас, ул. Вая 2</t>
   </si>
   <si>
     <t>гр. Бургас, ул. Чаталджа 2</t>
   </si>
   <si>
     <t>гр.Бургас, ул. Одрин № 3</t>
   </si>
   <si>
-    <t>Бургас, Трапезица</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">Царево </t>
   </si>
   <si>
     <t>Черноморец</t>
   </si>
   <si>
     <t xml:space="preserve">с.Черноморец </t>
   </si>
   <si>
     <t>Братово</t>
   </si>
   <si>
     <t>с.Братово,общ.Бургас</t>
   </si>
   <si>
     <t>Карнобат</t>
   </si>
   <si>
     <t>Карнобат-8400,ул.Московска</t>
   </si>
   <si>
     <t>Бургас-Изток</t>
   </si>
   <si>
     <t>Бургас - изход Слънчев бряг</t>
   </si>
   <si>
     <t>Бургас-Юг</t>
   </si>
   <si>
     <t>Бургас - изход Созопол</t>
   </si>
   <si>
     <t>Burgas, Industrialna</t>
   </si>
   <si>
     <t>Industrialna str -33, Akaciite r.c.</t>
   </si>
   <si>
     <t>Burgas, Lake</t>
   </si>
   <si>
     <t>LAKE, Industrial zone, entrance-Sozopol</t>
   </si>
   <si>
     <t>Дебелт</t>
   </si>
   <si>
+    <t>Бургас-изх.Соф</t>
+  </si>
+  <si>
+    <t>Бургас, изхода София</t>
+  </si>
+  <si>
     <t>Слънчев бряг</t>
   </si>
   <si>
     <t>Слънчев бряг, 8240 на гл. път Бургас-Варна</t>
   </si>
   <si>
-    <t>Бургас-изх.Соф</t>
-[...4 lines deleted...]
-  <si>
     <t>1133- Карнобат</t>
   </si>
   <si>
     <t>Карнобат Изход Айтос</t>
   </si>
   <si>
     <t>2024-09-24</t>
   </si>
   <si>
     <t>1103 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС,  к-с "СЛАВЕЙКОВ", бул. "Стефан Стамболов"</t>
   </si>
   <si>
     <t>1102 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС,  к-с "СЛАВЕЙКОВ"</t>
   </si>
   <si>
     <t>1110 – Царево</t>
   </si>
   <si>
     <t>ЦАРЕВО, ул. "Преображенска" 38</t>
@@ -644,50 +650,53 @@
   <si>
     <t>2106 – Варна</t>
   </si>
   <si>
     <t>ВАРНА, кв. Бриз</t>
   </si>
   <si>
     <t>Велико Търново 2</t>
   </si>
   <si>
     <t>ул.Никола Габровски 74, до ДАП</t>
   </si>
   <si>
     <t>Хим Ойл</t>
   </si>
   <si>
     <t>Обект 5200 Химойл Павликени</t>
   </si>
   <si>
     <t>Павликени,ул. "Бачо Киро" 62</t>
   </si>
   <si>
     <t>Chimoil Бензин A95</t>
   </si>
   <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
     <t>Павликени</t>
   </si>
   <si>
     <t xml:space="preserve"> в индустриалната част, ул.Илия Златев</t>
   </si>
   <si>
     <t>В.Търново</t>
   </si>
   <si>
     <t>Момин сбор,13-ти км.на Е-722</t>
   </si>
   <si>
     <t>Лясковец</t>
   </si>
   <si>
     <t>ул. "Васил Левски" №227Б</t>
   </si>
   <si>
     <t>Добри дял</t>
   </si>
   <si>
     <t>с.Добри дял, главен път Варна - София</t>
   </si>
   <si>
     <t>Велико Търново 3</t>
@@ -716,185 +725,185 @@
   <si>
     <t>G. Oryahovica</t>
   </si>
   <si>
     <t>23 V. Levski str.</t>
   </si>
   <si>
     <t>4206 – Г. Оряховица</t>
   </si>
   <si>
     <t>ГОРНА ОРЯХОВИЦА, ул. "Св.Княз Борис I",Източна промишлена зона</t>
   </si>
   <si>
     <t>4225 – В. Търново</t>
   </si>
   <si>
     <t>В.ТЪРНОВО, ул. "Магистрална", главен път Варна - София, входа Варна</t>
   </si>
   <si>
     <t>4228 – В. Търново</t>
   </si>
   <si>
     <t>В.ТЪРНОВО - бул. България</t>
   </si>
   <si>
+    <t>4216 – П. Тръмбеш</t>
+  </si>
+  <si>
+    <t>П.ТРЪМБЕШ, ул. "Александър Стамболийски, изхода за В. Търново</t>
+  </si>
+  <si>
+    <t>4204 – Елена</t>
+  </si>
+  <si>
+    <t>ЕЛЕНА, в индустриалната част</t>
+  </si>
+  <si>
     <t>4209 – Свищов</t>
   </si>
   <si>
     <t>СВИЩОВ,  ул. "33-ти Свищовски полк" № 83, център</t>
   </si>
   <si>
     <t>4223 – Ресен</t>
   </si>
   <si>
     <t>РЕСЕН, ул. Димитър Благоев, изход Павликени</t>
   </si>
   <si>
-    <t>4204 – Елена</t>
-[...10 lines deleted...]
-  <si>
     <t>Круиз Дунавци 896</t>
   </si>
   <si>
     <t>международен път Е 79 при гр. Дунавци, 3740 Дунавци</t>
   </si>
   <si>
+    <t>Видин</t>
+  </si>
+  <si>
+    <t>Видин, ул.Панония 23</t>
+  </si>
+  <si>
     <t>Видин 2</t>
   </si>
   <si>
     <t>ВИДИН  КУМБАИР, БУЛ. ПАНОНИЯ</t>
   </si>
   <si>
-    <t>Видин</t>
-[...4 lines deleted...]
-  <si>
     <t>Kula (Vidin)</t>
   </si>
   <si>
     <t>KULA, 4 Tolbuhin str</t>
   </si>
   <si>
     <t>3202 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, жк. Заводско селище" №1</t>
   </si>
   <si>
     <t>3201 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, ул. "МИТРОПОЛИТ КИРИЛ" №1</t>
   </si>
   <si>
     <t>3212 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, ТЕЦ ,ЮЖНА ПРОМИШЛЕНА ЗОНА</t>
   </si>
   <si>
     <t>3204 – Кула</t>
   </si>
   <si>
     <t>КУЛА, ул. "Възраждане",  вход ВИДИН</t>
   </si>
   <si>
+    <t>3207 – Белоградчик</t>
+  </si>
+  <si>
+    <t>БЕЛОГРАДЧИК, ул. "Цар Иван Срацимир" , ВХОД ОТ ВИДИН</t>
+  </si>
+  <si>
+    <t>3223- Дунав Мост 2</t>
+  </si>
+  <si>
+    <t>Дунав Мост 2 Антимово</t>
+  </si>
+  <si>
     <t>3210 – Ружинци</t>
   </si>
   <si>
     <t>РУЖИНЦИ, Е79, изход МОНТАНА</t>
   </si>
   <si>
     <t>3211 – Брегово</t>
   </si>
   <si>
     <t>БРЕГОВО, ул. "Г. ДИМИТРОВ" №54</t>
   </si>
   <si>
-    <t>3223- Дунав Мост 2</t>
-[...10 lines deleted...]
-  <si>
     <t>Бяла Слатина</t>
   </si>
   <si>
     <t>БЯЛА СЛАТИНА обл.Монтана, шосе изх.Плевен</t>
   </si>
   <si>
     <t>Круиз Бяла Слатина 682</t>
   </si>
   <si>
     <t>Околовръстен път, 3200 Бяла Слатина</t>
   </si>
   <si>
     <t>Враца</t>
   </si>
   <si>
     <t>Враца-кръговото към Видин</t>
   </si>
   <si>
     <t>Оряхово</t>
   </si>
   <si>
     <t>ОРЯХОВО  КВ.2 ПАРЦЕЛ4 ВХ. МИЗИЯ</t>
   </si>
   <si>
+    <t xml:space="preserve"> местност Дъбника, пътя за Бяла Слатина</t>
+  </si>
+  <si>
+    <t>Мездра</t>
+  </si>
+  <si>
+    <t>ул.Ал.Стамболийски 24</t>
+  </si>
+  <si>
     <t>Козлудуй</t>
   </si>
   <si>
     <t>ул.Дондуков, изх. АЕЦ</t>
   </si>
   <si>
-    <t>Мездра</t>
-[...7 lines deleted...]
-  <si>
     <t>Vraca</t>
   </si>
   <si>
     <t>65 Mito Orozov str</t>
   </si>
   <si>
     <t>3112 – Гложане</t>
   </si>
   <si>
     <t>ГЛОЖЕНЕ,  кв. "83", изход ОРЯХОВО</t>
   </si>
   <si>
     <t>3103 – Враца</t>
   </si>
   <si>
     <t>ВРАЦА, ж.к. Хранително-вкусова зона, ул. "Илинден"</t>
   </si>
   <si>
     <t>3105 – Мездра</t>
   </si>
   <si>
     <t>МЕЗДРА, ул. "9-ти септември", център</t>
   </si>
   <si>
     <t>3117 – Бутан</t>
@@ -935,65 +944,65 @@
   <si>
     <t>ЕкоМетан Бензин -95</t>
   </si>
   <si>
     <t>2020-10-19</t>
   </si>
   <si>
     <t>Круиз Габрово 416</t>
   </si>
   <si>
     <t>Републикански път II-44 от Севлиево за Габрово</t>
   </si>
   <si>
     <t>Дряново</t>
   </si>
   <si>
     <t>изход В.Търново</t>
   </si>
   <si>
     <t>Габрово</t>
   </si>
   <si>
     <t>ул."Брянска"№70</t>
   </si>
   <si>
+    <t>Севлиево</t>
+  </si>
+  <si>
+    <t>АМ Хемус, преди разклона за Севлиево</t>
+  </si>
+  <si>
+    <t>Севлиево 2</t>
+  </si>
+  <si>
+    <t>СЕВЛИЕВО изход за Велико Търново</t>
+  </si>
+  <si>
     <t>бул.Хемус</t>
   </si>
   <si>
-    <t>Севлиево 2</t>
-[...10 lines deleted...]
-  <si>
     <t>Sevlievo</t>
   </si>
   <si>
     <t>Byal Bryag 2 str, (next to Ideal Standart)</t>
   </si>
   <si>
     <t>4307 – Севлиево</t>
   </si>
   <si>
     <t>СЕВЛИЕВО, Северна промишлена зона, вход Плевен</t>
   </si>
   <si>
     <t>4301 – Габрово</t>
   </si>
   <si>
     <t>ГАБРОВО, бул. "Стефан Караджа", изход Севлиево</t>
   </si>
   <si>
     <t>4303 – Трявна</t>
   </si>
   <si>
     <t>ТРЯВНА, ул. "Ангел Кънчев"№152, изход Габрово</t>
   </si>
   <si>
     <t>4304 – Дряново</t>
@@ -1034,68 +1043,68 @@
   <si>
     <t>Добрич 2</t>
   </si>
   <si>
     <t>околовръстен път - изход Варна</t>
   </si>
   <si>
     <t>Dobrich</t>
   </si>
   <si>
     <t>24 Dobrudzha blvd</t>
   </si>
   <si>
     <t>2202 – Добрич</t>
   </si>
   <si>
     <t>ДОБРИЧ, ул. "Калиакра", пътя за с. Житница</t>
   </si>
   <si>
     <t>2210 – Албена</t>
   </si>
   <si>
     <t>к.к.АЛБЕНА, посока Кранево</t>
   </si>
   <si>
+    <t>2209 – Балчик</t>
+  </si>
+  <si>
+    <t>БАЛЧИК, ул. "Дунав"</t>
+  </si>
+  <si>
+    <t>2206 – Каварна</t>
+  </si>
+  <si>
+    <t>КАВАРНА, ул. "България" № 1</t>
+  </si>
+  <si>
     <t>2205 – Тервел</t>
   </si>
   <si>
     <t>ТЕРВЕЛ, кв. "Изгрев", ул. "Хан Аспарух" 99</t>
   </si>
   <si>
-    <t>2209 – Балчик</t>
-[...10 lines deleted...]
-  <si>
     <t>Глория Ойл</t>
   </si>
   <si>
     <t>Генерал Тошево, 9500 ул. Д. Благоев</t>
   </si>
   <si>
     <t>Глория ойл - Бензин</t>
   </si>
   <si>
     <t>с.Черноочене</t>
   </si>
   <si>
     <t>гл.път Хасково-Кърджали</t>
   </si>
   <si>
     <t>Кърджали</t>
   </si>
   <si>
     <t>ул.Осми март № 48, изход Ардино</t>
   </si>
   <si>
     <t>Кърджали 2</t>
   </si>
   <si>
     <t>бул.Беломорски, Ардински мост, изх.Момчилград</t>
@@ -1397,104 +1406,104 @@
   <si>
     <t>3308 – Вълчедръм</t>
   </si>
   <si>
     <t>ВЪЛЧЕДРЪМ, ул. "Георги Карлов", ИЗХОД ЛОМ</t>
   </si>
   <si>
     <t>Круиз Велинград 883</t>
   </si>
   <si>
     <t>ул. Патриарх Евтимий 1</t>
   </si>
   <si>
     <t>Круиз Пазарджик 884</t>
   </si>
   <si>
     <t>бул. Георги Бенковски 142</t>
   </si>
   <si>
     <t>Круиз Магистрала Тракия 61 км 848</t>
   </si>
   <si>
     <t>булевард „България", 4498 Долно вършило</t>
   </si>
   <si>
+    <t>Пазарджик 2</t>
+  </si>
+  <si>
+    <t>Пазарджик, Пловдивско шосе, след OMV</t>
+  </si>
+  <si>
+    <t>Пазарджик 3</t>
+  </si>
+  <si>
+    <t>Пазарджик ,ул. Христо Касап Велев №2</t>
+  </si>
+  <si>
+    <t>Панагюрище</t>
+  </si>
+  <si>
+    <t>вход от Оборище</t>
+  </si>
+  <si>
     <t>Пазарджик</t>
   </si>
   <si>
     <t>ул. Христо Касапвелев, до казармата</t>
   </si>
   <si>
-    <t>Пазарджик 3</t>
-[...16 lines deleted...]
-  <si>
     <t>Велинград</t>
   </si>
   <si>
     <t>ул.Хан Аспарух №2</t>
   </si>
   <si>
     <t>Пещера</t>
   </si>
   <si>
     <t>ПЕЩЕРА,ул. Михаил Такев 9</t>
   </si>
   <si>
+    <t>Пазарджик Царица Йоана</t>
+  </si>
+  <si>
+    <t>Пазарджик, ул. „Царица Йоанна“ 16</t>
+  </si>
+  <si>
     <t>Pazardjik</t>
   </si>
   <si>
     <t>Stoyan Angelov str, Ring road</t>
   </si>
   <si>
     <t>Velingrad</t>
   </si>
   <si>
     <t>74 Industrialna str.</t>
   </si>
   <si>
-    <t>Пазарджик Царица Йоана</t>
-[...4 lines deleted...]
-  <si>
     <t>АМ "Тракия" - 88 км. север</t>
   </si>
   <si>
     <t>АМ Тракия- 88км.</t>
   </si>
   <si>
     <t>5208 – Панагюрище</t>
   </si>
   <si>
     <t>ПАНАГЮРИЩЕ, ул. "Г. Бенковски"</t>
   </si>
   <si>
     <t>5211 – Велинград</t>
   </si>
   <si>
     <t>ВЕЛИНГРАД, ул. "Хр. Ботев"  № 41</t>
   </si>
   <si>
     <t>5202 – Пазарджик</t>
   </si>
   <si>
     <t>ПАЗАРДЖИК, бул. "Цар Освободител" № 43</t>
   </si>
   <si>
     <t>5210 – Батак</t>
@@ -1682,323 +1691,323 @@
   <si>
     <t>7308 – Трън</t>
   </si>
   <si>
     <t>ТРЪН, изход за ГКПП</t>
   </si>
   <si>
     <t>7305 – Извор</t>
   </si>
   <si>
     <t>ИЗВОР, път Радомир-Кюстендил, изход Кюстендил</t>
   </si>
   <si>
     <t>7315 - Студена</t>
   </si>
   <si>
     <t>Студена, АМ Струма 70+210 КМ, посока Кулата</t>
   </si>
   <si>
     <t>Круиз Пловдив 850</t>
   </si>
   <si>
     <t>бул. „Александър Стамболийски“ 9А</t>
   </si>
   <si>
+    <t>Круиз Карлово 429</t>
+  </si>
+  <si>
+    <t>гр. Карлово , местност Борчетата ул. Теофан Райнов №1</t>
+  </si>
+  <si>
     <t>ПловдивЦариградско</t>
   </si>
   <si>
     <t>ПЛОВДИВ Цариградско шосе</t>
   </si>
   <si>
     <t>Пловдив Пещерско</t>
   </si>
   <si>
     <t xml:space="preserve">бул."Пещерско шосе" </t>
   </si>
   <si>
     <t>Пловдив Изток</t>
   </si>
   <si>
     <t>бул. Освобождение 3, до хотел SPS</t>
   </si>
   <si>
+    <t>Plovdiv, Peshtersko</t>
+  </si>
+  <si>
+    <t>PESHTERSKO Shose Str - 156</t>
+  </si>
+  <si>
+    <t>Йоаким Груево</t>
+  </si>
+  <si>
+    <t xml:space="preserve">С.ЙОАКИМ ГРУЕВО </t>
+  </si>
+  <si>
+    <t>Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ БУЛ.Цар Борис 3, Обединител 4</t>
+  </si>
+  <si>
     <t>Plovdiv, Tzarigradsko</t>
   </si>
   <si>
     <t>TZARIGRADSKO shose blvd - 5A</t>
   </si>
   <si>
-    <t>Круиз Карлово 429</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">С.ЙОАКИМ ГРУЕВО </t>
+    <t>Асеновград ДЕЛТА ОЙЛ</t>
+  </si>
+  <si>
+    <t>Пловдив юг</t>
+  </si>
+  <si>
+    <t>Садово, пътя Пловдив-Свиленград</t>
+  </si>
+  <si>
+    <t>бул.Пазарджишко шосе, изх.Пазарджик</t>
+  </si>
+  <si>
+    <t>Асеновград</t>
+  </si>
+  <si>
+    <t>АСЕНОВГРАД Първомайско шосе,ул. Иван Асен 2 № 97</t>
+  </si>
+  <si>
+    <t>Първомай</t>
+  </si>
+  <si>
+    <t>ПЪРВОМАЙ, ул. Княз Борис 78 А</t>
+  </si>
+  <si>
+    <t>Карлово</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ул.Генерал Карцов №44</t>
+  </si>
+  <si>
+    <t>Пещерско шосе 2</t>
+  </si>
+  <si>
+    <t>Пловдив, бул.Пещерско шосе №138</t>
+  </si>
+  <si>
+    <t>Пловдив Карловско 2</t>
+  </si>
+  <si>
+    <t>Карловско шосе</t>
+  </si>
+  <si>
+    <t>Пловдив, Толакс</t>
+  </si>
+  <si>
+    <t>ул.Асеновградско шосе, до КАТ пункт</t>
+  </si>
+  <si>
+    <t>с.Крумово, вход Пловдив</t>
+  </si>
+  <si>
+    <t>Пловдив, 6-ти септември</t>
+  </si>
+  <si>
+    <t>бул. 6-ти септември</t>
+  </si>
+  <si>
+    <t>Куклен</t>
+  </si>
+  <si>
+    <t>Куклен, Асеновградско шосе, разклона КЦМ</t>
+  </si>
+  <si>
+    <t>Пловдив 1 - Садово</t>
+  </si>
+  <si>
+    <t>Садово, пътя Свиленград-Пловдив</t>
+  </si>
+  <si>
+    <t>Сопот</t>
+  </si>
+  <si>
+    <t>Сопот, бул. Иван Вазов №1-А</t>
+  </si>
+  <si>
+    <t>бул.България,с/у "Захарна фабрика"</t>
   </si>
   <si>
     <t>Карловско</t>
   </si>
   <si>
     <t>Пловдив, Карловско шосе</t>
   </si>
   <si>
-    <t>Пловдив</t>
-[...80 lines deleted...]
-    <t>ПЛОВДИВ БУЛ.Цар Борис 3, Обединител 4</t>
+    <t>Plovdiv, Stamboliiski</t>
+  </si>
+  <si>
+    <t>BYALATA VODENICA,  corner of Al. Stamboliiski blvd and D. Talev str</t>
+  </si>
+  <si>
+    <t>Plovdiv, V. Aprilov</t>
+  </si>
+  <si>
+    <t>VASIL APRILOV blvd - 156</t>
   </si>
   <si>
     <t>Asenovgrad</t>
   </si>
   <si>
     <t>ASENOVGRAD Road - 8th km at ІІ-86 road to Asenovgrad</t>
   </si>
   <si>
     <t>Plovdiv. Kuklensko</t>
   </si>
   <si>
     <t>KUKLENSKO SHOSE str</t>
   </si>
   <si>
-    <t>Plovdiv, V. Aprilov</t>
-[...4 lines deleted...]
-  <si>
     <t>Plovdiv, Botev</t>
   </si>
   <si>
     <t>BOTEV, 8 Sergei Rumyancev blvd</t>
   </si>
   <si>
     <t>Plovdiv, Bulgaria</t>
   </si>
   <si>
     <t>BULGARIA blvd</t>
   </si>
   <si>
-    <t>Plovdiv, Stamboliiski</t>
-[...4 lines deleted...]
-  <si>
     <t>АМ Тракия 154км</t>
   </si>
   <si>
     <t>АМ Тракия 154км - Север</t>
   </si>
   <si>
     <t>Тракия 154</t>
   </si>
   <si>
+    <t>5138 – Карлово</t>
+  </si>
+  <si>
+    <t>КАРЛОВО, ул. "Теофан Райнов", посока Куртово</t>
+  </si>
+  <si>
+    <t>Radinovo</t>
+  </si>
+  <si>
+    <t>At the 119th km of Trakia highway</t>
+  </si>
+  <si>
+    <t>5139 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, жк. "ТРАКИЯ", бул. "ЦАР СИМЕОН"</t>
+  </si>
+  <si>
+    <t>5123 – Асеновград</t>
+  </si>
+  <si>
+    <t>АСЕНОВГРАД, ул. "БАЧКОВСКО ШОСЕ"</t>
+  </si>
+  <si>
+    <t>5122 – Пловдив</t>
+  </si>
+  <si>
+    <t>БРЕСТНИК, бул. "Асеновградско шосе", местност "Горна Каба"</t>
+  </si>
+  <si>
+    <t>5121 – Раковски</t>
+  </si>
+  <si>
+    <t>РАКОВСКИ, кв. "Парчевич"</t>
+  </si>
+  <si>
+    <t>5110 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, бул. "БЪЛГАРИЯ"</t>
+  </si>
+  <si>
+    <t>5106 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, бул. ".В.АПРИЛОВ" №76</t>
+  </si>
+  <si>
+    <t>5104 - Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, Бул. "Найчо Цанов", "АСЕНОВГРАДСКО ШОСЕ"</t>
+  </si>
+  <si>
     <t>Trakia</t>
   </si>
   <si>
     <t>TRAKIA Highway - 122 km</t>
   </si>
   <si>
-    <t>Radinovo</t>
-[...52 lines deleted...]
-  <si>
     <t>5135 – Белозем</t>
   </si>
   <si>
     <t>БЕЛОЗЕМ, посока Център</t>
   </si>
   <si>
+    <t>5119 – Орта Хан</t>
+  </si>
+  <si>
+    <t>ЦАЛАПИЦА, местност Орта хан</t>
+  </si>
+  <si>
     <t>5117 – Кричим</t>
   </si>
   <si>
     <t>КРИЧИМ, бул. "Тракия" №22</t>
   </si>
   <si>
-    <t>5119 – Орта Хан</t>
-[...2 lines deleted...]
-    <t>ЦАЛАПИЦА, местност Орта хан</t>
+    <t>5131 – Хисаря</t>
+  </si>
+  <si>
+    <t>ХИСАР, ул. "Хр. Ботев" 20 А</t>
+  </si>
+  <si>
+    <t>5134 – Перущица</t>
+  </si>
+  <si>
+    <t>ПЕРУЩИЦА,  ул. "Иван Вазов" №1А</t>
   </si>
   <si>
     <t>5120 – Съединение</t>
   </si>
   <si>
     <t>СЪЕДИНЕНИЕ, м/у ул. "Найден Команов" и бул. "Пловдив"</t>
   </si>
   <si>
-    <t>5131 – Хисаря</t>
-[...10 lines deleted...]
-  <si>
     <t>5133 – Пловдив</t>
   </si>
   <si>
     <t>ПЛОВДИВ, АМ "ТРАКИЯ" 124 КМ., Посока Бургас-София</t>
   </si>
   <si>
     <t>Пловдив метан</t>
   </si>
   <si>
     <t>Пловдив, бул. Ягодовско Шосе №0</t>
   </si>
   <si>
     <t>2020-07-15</t>
   </si>
   <si>
     <t>Разград</t>
   </si>
   <si>
     <t>ул.Априлско въстание, до Автогарата</t>
   </si>
   <si>
     <t>Разград 2</t>
   </si>
   <si>
     <t>ул.Перистър, до КАТ, изх.Русе</t>
@@ -2006,137 +2015,137 @@
   <si>
     <t>Разград Еко</t>
   </si>
   <si>
     <t>ул. Перистър 6Б, Разград, Разград</t>
   </si>
   <si>
     <t>6202 – Разград</t>
   </si>
   <si>
     <t>РАЗГРАД   на гл.път   Русе - Варна</t>
   </si>
   <si>
     <t>Круиз Русе 891</t>
   </si>
   <si>
     <t>бул. „България“ 310</t>
   </si>
   <si>
     <t>Круиз Русе 2 303</t>
   </si>
   <si>
     <t>бул. 3-ти март</t>
   </si>
   <si>
+    <t>Русе</t>
+  </si>
+  <si>
+    <t>Русе, до Метро,ул. 3 ти март, изх.за София</t>
+  </si>
+  <si>
+    <t>Русе - 3</t>
+  </si>
+  <si>
+    <t>бул.България, Дунав мост</t>
+  </si>
+  <si>
+    <t>Русе 4</t>
+  </si>
+  <si>
+    <t>РУСЕ ул.Рила №3 стара поща</t>
+  </si>
+  <si>
     <t>Русе 5</t>
   </si>
   <si>
     <t>РУСЕ - ВОДЕН РУСЕ  ул. Наум</t>
   </si>
   <si>
     <t>Бяла</t>
   </si>
   <si>
     <t>Гара Бяла, магистрала Е-85</t>
   </si>
   <si>
-    <t>Русе</t>
-[...1 lines deleted...]
-  <si>
     <t>бул.Христо Ботев 1-вх.Варна</t>
   </si>
   <si>
-    <t>Русе, до Метро,ул. 3 ти март, изх.за София</t>
-[...13 lines deleted...]
-  <si>
     <t>Ruse, Lipnik</t>
   </si>
   <si>
     <t>LIPNIK blvd - 3</t>
   </si>
   <si>
+    <t>Ruse, Bulgaria</t>
+  </si>
+  <si>
+    <t>BULGARIA blvd. - 206</t>
+  </si>
+  <si>
     <t>Ruse, Drujba</t>
   </si>
   <si>
     <t>DRUJBA, 40 Hr. Botev blvd</t>
   </si>
   <si>
-    <t>Ruse, Bulgaria</t>
-[...2 lines deleted...]
-    <t>BULGARIA blvd. - 206</t>
+    <t>6104 – Русе</t>
+  </si>
+  <si>
+    <t>РУСЕ, бул. "Липник" №128, до  КАТ</t>
   </si>
   <si>
     <t>6106 – Русе</t>
   </si>
   <si>
     <t>РУСЕ, бул. "Христо Ботев", път Русе - Варна</t>
   </si>
   <si>
-    <t>6104 – Русе</t>
-[...4 lines deleted...]
-  <si>
     <t>6705 - Русе</t>
   </si>
   <si>
     <t>РУСЕ, ул. "Кариера", по пътя към Дунав мост</t>
   </si>
   <si>
+    <t>6110 – Бяла</t>
+  </si>
+  <si>
+    <t>БЯЛА, бул. "Кольо Фичето" на гл.път  Русе - София</t>
+  </si>
+  <si>
+    <t>6109 – Две могили</t>
+  </si>
+  <si>
+    <t>ДВЕ МОГИЛИ,  ул. "Черно море" № 5</t>
+  </si>
+  <si>
     <t>6210 – Сеново</t>
   </si>
   <si>
     <t>СЕНОВО до МОК "Каолиново" гр. Сеново</t>
   </si>
   <si>
-    <t>6110 – Бяла</t>
-[...10 lines deleted...]
-  <si>
     <t>Силистра</t>
   </si>
   <si>
     <t>ГКПП Силистра</t>
   </si>
   <si>
     <t>6305 – Дулово</t>
   </si>
   <si>
     <t>ДУЛОВО  на път Силистра - Шумен</t>
   </si>
   <si>
     <t>6307 – Зафирово</t>
   </si>
   <si>
     <t>ЗАФИРОВО на път Русе - Силистра</t>
   </si>
   <si>
     <t>6309 – Тутракан</t>
   </si>
   <si>
     <t>ТУТРАКАН на път  Русе - Силистра</t>
   </si>
   <si>
     <t>6308 – Алфатар</t>
@@ -2156,146 +2165,146 @@
   <si>
     <t>Agroprotect OOD</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Нова Загора, бул. Сливенско шосе</t>
   </si>
   <si>
     <t>Бензин А95</t>
   </si>
   <si>
     <t>2021-08-24</t>
   </si>
   <si>
     <t>Круиз Сливен 316</t>
   </si>
   <si>
     <t>Сливен, Сини камъни до бл.17</t>
   </si>
   <si>
     <t>Бензин А100</t>
   </si>
   <si>
+    <t>Сливен 5</t>
+  </si>
+  <si>
+    <t>СЛИВЕН ул.Старозагорско шосе</t>
+  </si>
+  <si>
+    <t>Нова Загора</t>
+  </si>
+  <si>
+    <t>Н.Загора по пътя за Свиленград</t>
+  </si>
+  <si>
+    <t>Сливен 1</t>
+  </si>
+  <si>
+    <t>Бургаско шосе, до държ.резерв</t>
+  </si>
+  <si>
+    <t>Сливен 2</t>
+  </si>
+  <si>
+    <t>кв. Клуцохор, изх.за гр.Елена</t>
+  </si>
+  <si>
+    <t>Твърдица</t>
+  </si>
+  <si>
+    <t>гр.Твърдица</t>
+  </si>
+  <si>
     <t>Сливен 3</t>
   </si>
   <si>
     <t>кв.Речица</t>
   </si>
   <si>
+    <t>Нова Загора 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> на път Русе-Елхово/София-Бургас</t>
+  </si>
+  <si>
     <t>Сливен 4</t>
   </si>
   <si>
     <t>СЛИВЕН в града до пазара,ул. Симеон № 7</t>
   </si>
   <si>
-    <t>Сливен 5</t>
-[...32 lines deleted...]
-    <t xml:space="preserve"> на път Русе-Елхово/София-Бургас</t>
+    <t>Sliven 1</t>
+  </si>
+  <si>
+    <t>Corner of Bratya Miladinovi blvd and Tsar Simeon blvd</t>
   </si>
   <si>
     <t>Sliven 2</t>
   </si>
   <si>
     <t>STAROZAGORSKO shose str, next to KAT</t>
   </si>
   <si>
-    <t>Sliven 1</t>
-[...4 lines deleted...]
-  <si>
     <t>Trakia,243km (ezero)  Nova Zagora</t>
   </si>
   <si>
     <t>км, Автомагистрала „Тракия“ 243, 8900 Нова Загора</t>
   </si>
   <si>
+    <t>1210 – Сливен</t>
+  </si>
+  <si>
+    <t>СЛИВЕН, м-ст "РАМАНУША", път Бургас-Сливен</t>
+  </si>
+  <si>
     <t>1201 – Сливен</t>
   </si>
   <si>
     <t>СЛИВЕН, ул. "Д. Пехливанов" № 13</t>
   </si>
   <si>
     <t>1208 – Нова Загора</t>
   </si>
   <si>
     <t>НОВА ЗАГОРА, изход Раднево</t>
   </si>
   <si>
-    <t>1210 – Сливен</t>
-[...2 lines deleted...]
-    <t>СЛИВЕН, м-ст "РАМАНУША", път Бургас-Сливен</t>
+    <t>1207 – Твърдица</t>
+  </si>
+  <si>
+    <t>ТВЪРДИЦА, ул. "Княз Борис I"</t>
   </si>
   <si>
     <t>1209 – Котел</t>
   </si>
   <si>
     <t>КОТЕЛ, пътя Ямбол - Шумен</t>
   </si>
   <si>
-    <t>1207 – Твърдица</t>
-[...4 lines deleted...]
-  <si>
     <t>Смолян</t>
   </si>
   <si>
     <t>кв.Райково, до Стадиона</t>
   </si>
   <si>
     <t>Чепеларе</t>
   </si>
   <si>
     <t>ул.Беломорска №4А</t>
   </si>
   <si>
     <t>Smolyan</t>
   </si>
   <si>
     <t>Rodopi str</t>
   </si>
   <si>
     <t>5301 – Устово</t>
   </si>
   <si>
     <t>СМОЛЯН, кв. "УСТОВО"</t>
   </si>
   <si>
     <t>5308 – Средногорци</t>
@@ -2324,509 +2333,509 @@
   <si>
     <t>5306 – Девин</t>
   </si>
   <si>
     <t>ДЕВИН, ул. "Освобождение"</t>
   </si>
   <si>
     <t>5311 – Рудозем</t>
   </si>
   <si>
     <t>РУДОЗЕМ,  ул. "Хан Аспарух"</t>
   </si>
   <si>
     <t>Сакса 326</t>
   </si>
   <si>
     <t>София, 1618 ул. Бойчо Бойчев №4</t>
   </si>
   <si>
     <t>Круиз Гео Милев 613</t>
   </si>
   <si>
     <t>ул. „Гео Милев“ 71, 1111 София</t>
   </si>
   <si>
+    <t>Западен парк</t>
+  </si>
+  <si>
+    <t>бул.Европа-Орион-Зап.парк</t>
+  </si>
+  <si>
+    <t>Круиз Първа Българска Армия 674</t>
+  </si>
+  <si>
+    <t>ул. „Първа българска армия“ 90, 1225 София</t>
+  </si>
+  <si>
+    <t>Круиз Слатина 618</t>
+  </si>
+  <si>
+    <t>гр. София, бул. Асен Йорданов №4А</t>
+  </si>
+  <si>
+    <t>София</t>
+  </si>
+  <si>
+    <t>ул. Асен Йорданов</t>
+  </si>
+  <si>
+    <t>Суходол</t>
+  </si>
+  <si>
     <t>София Дружба</t>
   </si>
   <si>
     <t>ул. Илия Бешков 6</t>
   </si>
   <si>
+    <t xml:space="preserve"> кв.Орландовци, до ДЗИ</t>
+  </si>
+  <si>
+    <t>Горна Баня</t>
+  </si>
+  <si>
+    <t>СОФИЯ кв.Горна баня</t>
+  </si>
+  <si>
+    <t>Круиз Бухово 614</t>
+  </si>
+  <si>
+    <t>бул. Никола Бонев</t>
+  </si>
+  <si>
+    <t>Сточна гара</t>
+  </si>
+  <si>
+    <t>СОФИЯ Сточна гара</t>
+  </si>
+  <si>
     <t>Червено знаме</t>
   </si>
   <si>
     <t>София, бул.Шипченски проход</t>
   </si>
   <si>
-    <t>София</t>
-[...1 lines deleted...]
-  <si>
     <t>бул.Тодор Александров</t>
   </si>
   <si>
-    <t>Западен парк</t>
-[...13 lines deleted...]
-  <si>
     <t>София-Несторов</t>
   </si>
   <si>
     <t>Красна поляна, бул."К.Величков"</t>
   </si>
   <si>
-    <t xml:space="preserve"> кв.Орландовци, до ДЗИ</t>
-[...10 lines deleted...]
-  <si>
     <t>Обект 1001 Химойл София</t>
   </si>
   <si>
     <t>бул. Професор Цветан Лазаров 15</t>
   </si>
   <si>
+    <t>кв.Люлин-7, Тунела</t>
+  </si>
+  <si>
+    <t>София-Метро2</t>
+  </si>
+  <si>
+    <t>София,жк.Република,Сф-Кулата</t>
+  </si>
+  <si>
+    <t>Ботевградско</t>
+  </si>
+  <si>
+    <t>Ботевградско шосе</t>
+  </si>
+  <si>
+    <t>Аерогара София, бул. Брюксел</t>
+  </si>
+  <si>
+    <t>СОФИЯ бул.Бъкстон</t>
+  </si>
+  <si>
+    <t>Sofia, Slivnica</t>
+  </si>
+  <si>
+    <t>SLIVNICA blvd - 8A</t>
+  </si>
+  <si>
+    <t>Sofia, Shipchenski</t>
+  </si>
+  <si>
+    <t>SHIPCHENSKI prohod blvd in front of Elektronika factory</t>
+  </si>
+  <si>
+    <t>Владая</t>
+  </si>
+  <si>
+    <t>Перник-София, преди Владая</t>
+  </si>
+  <si>
+    <t>София Люлин</t>
+  </si>
+  <si>
+    <t>кв.Люлин-8, до Била</t>
+  </si>
+  <si>
+    <t>Sofia, K. Velichkov</t>
+  </si>
+  <si>
+    <t>KONSTANTIN VELICHKOV blvd corner and Doctor Kalinkov str</t>
+  </si>
+  <si>
+    <t>София Зоопарка</t>
+  </si>
+  <si>
+    <t>СОФИЯ до Зоопарка ж.к.Изгрев</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нови Искър </t>
+  </si>
+  <si>
+    <t>ул.Искърско дефиле №1</t>
+  </si>
+  <si>
+    <t>Горни богров</t>
+  </si>
+  <si>
+    <t>Богров</t>
+  </si>
+  <si>
+    <t>Sofia, Orion</t>
+  </si>
+  <si>
+    <t>ORION, 1 Adam Mickevits str, Moderno predgradie r.c.</t>
+  </si>
+  <si>
     <t>София Асен Йорданов</t>
   </si>
   <si>
     <t>Asen Yordanov 4</t>
   </si>
   <si>
-    <t>Круиз Бухово 614</t>
-[...55 lines deleted...]
-  <si>
     <t>Черния кос</t>
   </si>
   <si>
     <t>СОФИЯ кв.Княжево Черния кос</t>
   </si>
   <si>
-    <t>София Зоопарка</t>
-[...25 lines deleted...]
-  <si>
     <t>Sofia, Vazov</t>
   </si>
   <si>
     <t>VLADIMIR VAZOV and corner - Veleka str</t>
   </si>
   <si>
-    <t>София-Метро2</t>
-[...5 lines deleted...]
-    <t>СОФИЯ бул.Бъкстон</t>
+    <t>София ЛАДА ГРУП</t>
+  </si>
+  <si>
+    <t>София, 1715 ул. Самара №1 (ж.к. Младост 4)</t>
+  </si>
+  <si>
+    <t>Тракия 1</t>
+  </si>
+  <si>
+    <t>АМ Тракия 1км</t>
+  </si>
+  <si>
+    <t>Sofia, Knyajevo</t>
+  </si>
+  <si>
+    <t>KNYAJEVO, 362 Tsar Boris III blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Rezbarska</t>
+  </si>
+  <si>
+    <t>RESBARSKA and corner Nikola Voinoski</t>
+  </si>
+  <si>
+    <t>Sofia, Lulin 1</t>
+  </si>
+  <si>
+    <t>LYULIN, corner of P.Vladigerov blvd &amp; 701 str</t>
+  </si>
+  <si>
+    <t>Sofia, Lomsko</t>
+  </si>
+  <si>
+    <t>LOMSKO SHOSSE blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Lulin C. Yoana</t>
+  </si>
+  <si>
+    <t>LYULIN-7, Tsaritsa Yoana blvd, next to Kirov Bosch</t>
+  </si>
+  <si>
+    <t>Sofia Drujba 1</t>
+  </si>
+  <si>
+    <t>DRUZHBA 1, Prof.Tsvetan Lazarov blvd</t>
+  </si>
+  <si>
+    <t>Sofia Drujba 2</t>
+  </si>
+  <si>
+    <t>DRUZHBA 2, Dimitur Peshev str</t>
+  </si>
+  <si>
+    <t>Chepinci</t>
+  </si>
+  <si>
+    <t>CHEPINCI, Okolovrusten pat</t>
+  </si>
+  <si>
+    <t>Sofia, Kamenodelska</t>
+  </si>
+  <si>
+    <t>KAMENODELSKA str - 9</t>
+  </si>
+  <si>
+    <t>Sofia, Bogorov</t>
+  </si>
+  <si>
+    <t>DOLNI BOGROV village</t>
   </si>
   <si>
     <t>Sofia, Botevgradsko</t>
   </si>
   <si>
     <t>BOTEVGRADSKO shose</t>
   </si>
   <si>
-    <t>Sofia, Rezbarska</t>
-[...70 lines deleted...]
-  <si>
     <t>Sofia, Malinov blvd,</t>
   </si>
   <si>
     <t>MLADOST,  37 Aleksander Malinov blvd</t>
   </si>
   <si>
     <t>Sofia, Mladost ring</t>
   </si>
   <si>
     <t>4th km. roundabout MLADOST</t>
   </si>
   <si>
     <t>Sofia, Srebarna</t>
   </si>
   <si>
     <t>SREBARNA str - 38</t>
   </si>
   <si>
+    <t>Sofia, Vapcarov</t>
+  </si>
+  <si>
+    <t>NIKOLA VAPCAROV blvd - 2A</t>
+  </si>
+  <si>
+    <t>Sofiq, Cherni vrah</t>
+  </si>
+  <si>
+    <t>CHERNI VRAH blvd , r.c. Lozenetc,  /before Okolovrusten road/</t>
+  </si>
+  <si>
+    <t>Sofia, Tzar Boris</t>
+  </si>
+  <si>
+    <t>TZAR BORIS III</t>
+  </si>
+  <si>
     <t>Sofia, Boyana</t>
   </si>
   <si>
     <t>BOYANA, Okolovrusten road, Manastirski livadi area</t>
   </si>
   <si>
-    <t>Sofia, Vapcarov</t>
-[...4 lines deleted...]
-  <si>
     <t>Sofia, Bulgaria</t>
   </si>
   <si>
     <t>BULGARIA blvd and corner of Doctor St. Sarafov str</t>
   </si>
   <si>
-    <t>Sofiq, Cherni vrah</t>
-[...4 lines deleted...]
-  <si>
     <t>Sofia, Malinova</t>
   </si>
   <si>
     <t>MALINOVA DOLINA, Okolovrusten pat</t>
   </si>
   <si>
-    <t>Sofia, Tzar Boris</t>
-[...2 lines deleted...]
-    <t>TZAR BORIS III</t>
+    <t>7121 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, кв. "Слатина", бул. "Проф. Цветан Лазаров"</t>
+  </si>
+  <si>
+    <t>7144 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, жк. "Надежда", ул. "Хан Кубрат"/околовръсно на Надежда/</t>
+  </si>
+  <si>
+    <t>7106 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, жк. "Люлин"5, бул. "Петър Дертлиев"</t>
   </si>
   <si>
     <t>София, ок. път изток</t>
   </si>
   <si>
-    <t>7144 – София</t>
-[...14 lines deleted...]
-    <t>СОФИЯ, жк. "Люлин"5, бул. "Петър Дертлиев"</t>
+    <t>7118 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, жк. "Младост" 3. бул. "Йордан Милев"</t>
+  </si>
+  <si>
+    <t>7116 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ ЛОЗЕН, местност "Мацаница", София мотел Изток</t>
+  </si>
+  <si>
+    <t>7102 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "Пенчо Славейков", срещу "Пирогов"</t>
+  </si>
+  <si>
+    <t>7103 – Банкя</t>
+  </si>
+  <si>
+    <t>СОФИЯ, кв. БАНКЯ, ул. "Стефан Стамболов", вход от Сливница</t>
+  </si>
+  <si>
+    <t>7151 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "Симеоновско шосе"</t>
   </si>
   <si>
     <t>7129 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "Драган Цанков", срещу КАТ</t>
   </si>
   <si>
-    <t>7102 – София</t>
-[...22 lines deleted...]
-  <si>
     <t>7125 – София</t>
   </si>
   <si>
-    <t>7151 – София</t>
-[...4 lines deleted...]
-  <si>
     <t>7104 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "К.Величков"/ ул. "Пиротска", ул."Татарли"</t>
   </si>
   <si>
     <t>София метан</t>
   </si>
   <si>
     <t>Никола Мушанов №120</t>
   </si>
   <si>
+    <t>Круиз Правец 633</t>
+  </si>
+  <si>
+    <t>гр. Правец, бул. 3ти март №14А</t>
+  </si>
+  <si>
+    <t>Круиз Долна баня 639</t>
+  </si>
+  <si>
+    <t>гр. Долна баня,ул. Търговска №1</t>
+  </si>
+  <si>
+    <t>Круиз Живково 617</t>
+  </si>
+  <si>
+    <t>Първокласен път Ихтиман - Самоков</t>
+  </si>
+  <si>
     <t>Костинброд</t>
   </si>
   <si>
     <t>бул.Ломско шосе</t>
   </si>
   <si>
-    <t>Круиз Долна баня 639</t>
-[...8 lines deleted...]
-    <t>гр. Правец, бул. 3ти март №14А</t>
+    <t>Правец</t>
+  </si>
+  <si>
+    <t>Костинец</t>
+  </si>
+  <si>
+    <t>гр.КОСТЕНЕЦ</t>
+  </si>
+  <si>
+    <t>Самоков 2</t>
+  </si>
+  <si>
+    <t>САМОКОВ - градска</t>
+  </si>
+  <si>
+    <t>Самоков</t>
+  </si>
+  <si>
+    <t>Самоков на входа от Дупница</t>
   </si>
   <si>
     <t xml:space="preserve">Ботевград </t>
   </si>
   <si>
     <t>Ботевград до автогарата</t>
   </si>
   <si>
-    <t>Круиз Живково 617</t>
-[...5 lines deleted...]
-    <t>Правец</t>
+    <t>Ceki Zahariev</t>
+  </si>
+  <si>
+    <t>319 Ботевград</t>
+  </si>
+  <si>
+    <t>бул. България 2140 Ботевград</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>Своге</t>
+  </si>
+  <si>
+    <t>СВОГЕ, бул. Дунав 1</t>
+  </si>
+  <si>
+    <t>Пирдоп</t>
+  </si>
+  <si>
+    <t>ПИРДОП</t>
+  </si>
+  <si>
+    <t>Костинброд 2</t>
+  </si>
+  <si>
+    <t>КОСТИНБРОД ул.Ломско шосе</t>
   </si>
   <si>
     <t>Елин Пелин</t>
   </si>
   <si>
     <t>Елин Пелин, Софийско шосе</t>
   </si>
   <si>
-    <t>Костинец</t>
-[...46 lines deleted...]
-  <si>
     <t>Svoge</t>
   </si>
   <si>
     <t>SVOGE, 6B Iskar blvd</t>
   </si>
   <si>
     <t>Разлив</t>
   </si>
   <si>
     <t>Разлив, магистрала Хемус</t>
   </si>
   <si>
     <t>Зелин</t>
   </si>
   <si>
     <t>АМ Хемус 37км, Ботевград-Зелин</t>
   </si>
   <si>
     <t>АМ Тракия 36км</t>
   </si>
   <si>
     <t>Автомагистрала Тракия 36 км.Север</t>
   </si>
   <si>
     <t>Ихтиман</t>
@@ -2885,74 +2894,74 @@
   <si>
     <t>7214 – Копривщица</t>
   </si>
   <si>
     <t>КОПРИВЩИЦА, ул. "Любен Каравелов"  № 80</t>
   </si>
   <si>
     <t>Круиз Стара Загора 2 886</t>
   </si>
   <si>
     <t>ул. „Армейска“ 18А</t>
   </si>
   <si>
     <t>Круиз Стара Загора 880</t>
   </si>
   <si>
     <t>бул. „Свети Патриарх Евтимий“ 5</t>
   </si>
   <si>
     <t>Стара Загора</t>
   </si>
   <si>
     <t>бул.Никола Петков, до СБА</t>
   </si>
   <si>
+    <t>Казанлък 2</t>
+  </si>
+  <si>
+    <t>бул. Александър Батенберг, вх.от Бургас</t>
+  </si>
+  <si>
+    <t>Казанлък</t>
+  </si>
+  <si>
+    <t>бул. Александър Батенберг, изх.Бургас</t>
+  </si>
+  <si>
+    <t>Раднево</t>
+  </si>
+  <si>
+    <t>гл.път ІІ-57, кв.96</t>
+  </si>
+  <si>
     <t>Стара Загора 2</t>
   </si>
   <si>
     <t>СТАРА ЗАГОРА кв."Кольо Ганчев" изход за Димитровград</t>
   </si>
   <si>
-    <t>Казанлък</t>
-[...16 lines deleted...]
-  <si>
     <t>Чирпан</t>
   </si>
   <si>
     <t>ЧИРПАН ПАРК "СТАРИ ГРОБИЩА" НА ИЗХОД ЗА СТ. З.</t>
   </si>
   <si>
     <t>1924 Stara Zagora, Khan Asparuh</t>
   </si>
   <si>
     <t>гр. Стара Загора, бул. “Св. Патриарх Евтимий” №192</t>
   </si>
   <si>
     <t>S. Zagora 1</t>
   </si>
   <si>
     <t>r.c. Zheleznik, on the way to Sofia</t>
   </si>
   <si>
     <t>Kazanluk Bacho Kiro</t>
   </si>
   <si>
     <t>Bacho Kiro str.</t>
   </si>
   <si>
     <t>Dunavci,Kazanluk</t>
@@ -3083,122 +3092,122 @@
   <si>
     <t>Круиз Хасково 472</t>
   </si>
   <si>
     <t>ул. Трансмариска 146</t>
   </si>
   <si>
     <t>Хасково</t>
   </si>
   <si>
     <t>бул.Съединение, след КАТ,изход Харманли</t>
   </si>
   <si>
     <t>Хасково 2</t>
   </si>
   <si>
     <t>бул."Освобождение", изх. Кърджали</t>
   </si>
   <si>
     <t>Харманли</t>
   </si>
   <si>
     <t>Тополовградско шосе, изх.Свиленград</t>
   </si>
   <si>
+    <t>Haskovo 2</t>
+  </si>
+  <si>
+    <t>DIMITROVGRADSKO shose at exit of Sofia</t>
+  </si>
+  <si>
     <t>Dimitrovgrad</t>
   </si>
   <si>
     <t>DIMITAR BLAGOEV blvd, next to the railway station</t>
   </si>
   <si>
-    <t>Haskovo 2</t>
-[...4 lines deleted...]
-  <si>
     <t>Haskovo 1</t>
   </si>
   <si>
     <t>VASIL LEVSKI blvd, next to Tobacco Co.</t>
   </si>
   <si>
     <t>Svilengrad</t>
   </si>
   <si>
     <t>197 A Bulgaria blvd</t>
   </si>
   <si>
     <t>Марица км 115 север</t>
   </si>
   <si>
     <t>Марица км 115 север km 115, север (вход от Турция)</t>
   </si>
   <si>
+    <t>8216 – Свиленград</t>
+  </si>
+  <si>
+    <t>СВИЛЕНГРАД бул. "Г.ДИМИТРОВ" 185 ИЗХОД  ЗА КАП. АНДРЕЕВО</t>
+  </si>
+  <si>
+    <t>8220 – Харманли</t>
+  </si>
+  <si>
+    <t>ХАРМАНЛИ, изход ХАСКОВО</t>
+  </si>
+  <si>
+    <t>8218 – Любимец</t>
+  </si>
+  <si>
+    <t>ЛЮБИМЕЦ,ПЪТ ХАРМАНЛИ-СВИЛЕНГРАД</t>
+  </si>
+  <si>
+    <t>8108 – Тополовград</t>
+  </si>
+  <si>
+    <t>ТОПОЛОВГРАД, ул. "Искър" 14</t>
+  </si>
+  <si>
+    <t>8201 – Хасково</t>
+  </si>
+  <si>
+    <t>ХАСКОВО, бул. "Съединение" № 47 - до болницата</t>
+  </si>
+  <si>
+    <t>8210 – Димитровград</t>
+  </si>
+  <si>
+    <t>ДИМИТРОВГРАД, бул. Г.С.РАКОВСКИ, на ъгъла с ул. "Кап. Петко Войвода"</t>
+  </si>
+  <si>
     <t>8214 – Симеоновград</t>
   </si>
   <si>
     <t>СИМЕОНОВГРАД, изход ГЪЛБОВО</t>
   </si>
   <si>
-    <t>8216 – Свиленград</t>
-[...34 lines deleted...]
-  <si>
     <t>8305 – Ивайловград</t>
   </si>
   <si>
     <t>ИВАЙЛОВГРАД, ул. "Кап. Петко войвода" ,вход на града</t>
   </si>
   <si>
     <t>Шумен</t>
   </si>
   <si>
     <t>Шумен, бул. Рижки проход № 28, изхода за Бургас</t>
   </si>
   <si>
     <t>кв.Боян Балгаран</t>
   </si>
   <si>
     <t>Shumen 1</t>
   </si>
   <si>
     <t>25 Rishki prohod blvd</t>
   </si>
   <si>
     <t>Shumen 2</t>
   </si>
   <si>
     <t>16 A Simeon Veliki blvd</t>
@@ -3278,60 +3287,60 @@
   <si>
     <t>Yabol</t>
   </si>
   <si>
     <t>10 Evropa blvd</t>
   </si>
   <si>
     <t>Лесово 2</t>
   </si>
   <si>
     <t>Граничен комплекс "Изгрев" - юг</t>
   </si>
   <si>
     <t>АМ Тракия, км 299 юг</t>
   </si>
   <si>
     <t>АМ Тракия, 8693 299-ти км посока Бургас, до надлез Воденичане</t>
   </si>
   <si>
     <t>АМ Тракия, км 299, север</t>
   </si>
   <si>
     <t>АМ Тракия, 8693 299-ти км, посока Бургас-София, разклон Воденичане</t>
   </si>
   <si>
+    <t>1304 – Ямбол</t>
+  </si>
+  <si>
+    <t>ЯМБОЛ, изход "Петолъчката"</t>
+  </si>
+  <si>
     <t>1302 – Ямбол</t>
   </si>
   <si>
     <t>ЯМБОЛ, ул. "Европа" 32, изход СЛИВЕН</t>
-  </si>
-[...4 lines deleted...]
-    <t>ЯМБОЛ, изход "Петолъчката"</t>
   </si>
   <si>
     <t>1308 – Елхово</t>
   </si>
   <si>
     <t>ЕЛХОВО, ул. "Ал. Стамболийски", изход Ямбол</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -3811,911 +3820,911 @@
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.38</v>
+        <v>2.37</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
-        <v>2.4</v>
+        <v>2.39</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E11">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>30</v>
+      </c>
+      <c r="C12">
+        <v>0</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E12">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>31</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" t="s">
         <v>35</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>14</v>
       </c>
       <c r="E16">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>14</v>
       </c>
       <c r="E17">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
         <v>14</v>
       </c>
       <c r="E18">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
       <c r="E19">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
         <v>14</v>
       </c>
       <c r="E20">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" t="s">
         <v>46</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>47</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="C22" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D22" t="s">
         <v>14</v>
       </c>
       <c r="E22">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="C23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
       <c r="E23">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C24" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D24" t="s">
         <v>14</v>
       </c>
       <c r="E24">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B25" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C25" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E25">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C26" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D26" t="s">
         <v>14</v>
       </c>
       <c r="E26">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C27" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D27" t="s">
         <v>14</v>
       </c>
       <c r="E27">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D28" t="s">
         <v>14</v>
       </c>
       <c r="E28">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B29" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D29" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E29">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B30" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E30">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C31" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D31" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E31">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C32" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D32" t="s">
         <v>14</v>
       </c>
       <c r="E32">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C33" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D33" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="E33">
-        <v>2.51</v>
+        <v>2.52</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B34" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C34" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D34" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E34">
-        <v>2.51</v>
+        <v>2.52</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B35" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C35" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D35" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E35">
-        <v>2.51</v>
+        <v>2.52</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C36" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D36" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="E36">
         <v>2.52</v>
       </c>
       <c r="F36" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C37" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D37" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E37">
         <v>2.52</v>
       </c>
       <c r="F37" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C38" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D38" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E38">
         <v>2.52</v>
       </c>
       <c r="F38" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C39" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D39" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E39">
         <v>2.52</v>
       </c>
       <c r="F39" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B40" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C40" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D40" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B41" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C41" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D41" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E41">
         <v>2.56</v>
       </c>
       <c r="F41" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C42" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D42" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E42">
         <v>2.61</v>
       </c>
       <c r="F42" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C43" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
       <c r="E43">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C44" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
       <c r="E44">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C45" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C46" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
       <c r="E46">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -4731,283 +4740,283 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C2" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C3" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C4" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C5" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C6" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C7" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E7">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C8" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E8">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C9" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C10" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C11" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C12" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.53</v>
       </c>
       <c r="F12" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="C13" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.55</v>
       </c>
       <c r="F13" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F17"/>
   <sheetViews>
@@ -5017,366 +5026,366 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C2" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="D2" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E2">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C3" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C4" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C5" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C6" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C7" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C9" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C10" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C11" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C12" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.56</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="C13" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.56</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="C14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="C15" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C16" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>2.56</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="C17" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.6</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -5389,303 +5398,303 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C2" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C3" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C4" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C5" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C6" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C7" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E7">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C8" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C9" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C10" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C11" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.57</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C12" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.57</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="C13" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C14" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
@@ -5698,540 +5707,540 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C2" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C3" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C4" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="C6" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C7" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C8" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="C9" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C10" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C11" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E11">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C12" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E12">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C13" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E13">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C14" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C15" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C16" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C17" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C18" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C19" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E19">
         <v>2.55</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B20" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C20" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E20">
         <v>2.55</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B21" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="C21" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E21">
         <v>2.55</v>
       </c>
       <c r="F21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C22" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D22" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E22">
         <v>2.61</v>
       </c>
       <c r="F22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B23" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C23" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E23">
         <v>2.61</v>
       </c>
       <c r="F23" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C24" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="C25" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C26" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -6247,383 +6256,383 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C3" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="C6" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C7" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E7">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C8" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E8">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C9" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.47</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C10" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C11" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C12" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C13" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C14" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C15" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C16" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="C17" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C18" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -6636,283 +6645,283 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C2" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="C3" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C4" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C6" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="C7" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E7">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C8" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E8">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C9" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C10" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C11" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C12" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C13" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.62</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F54"/>
   <sheetViews>
@@ -6925,1100 +6934,1100 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C2" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.3</v>
+        <v>2.27</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C3" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C4" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="C5" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C6" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E6">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C7" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E7">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C8" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="C9" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C10" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E10">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>557</v>
+      </c>
+      <c r="C11">
+        <v>0</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C12" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="C13" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C14" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C16" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D16" t="s">
         <v>14</v>
       </c>
       <c r="E16">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C17" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D17" t="s">
         <v>14</v>
       </c>
       <c r="E17">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C18" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D18" t="s">
         <v>14</v>
       </c>
       <c r="E18">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C19" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
       <c r="E19">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>572</v>
+        <v>561</v>
       </c>
       <c r="C20" t="s">
         <v>573</v>
       </c>
       <c r="D20" t="s">
         <v>14</v>
       </c>
       <c r="E20">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
         <v>574</v>
       </c>
       <c r="C21" t="s">
         <v>575</v>
       </c>
       <c r="D21" t="s">
         <v>14</v>
       </c>
       <c r="E21">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="C22" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D22" t="s">
         <v>14</v>
       </c>
       <c r="E22">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>554</v>
+        <v>578</v>
       </c>
       <c r="C23" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
       <c r="E23">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C24" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D24" t="s">
         <v>14</v>
       </c>
       <c r="E24">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>553</v>
+      </c>
+      <c r="C25" t="s">
+        <v>582</v>
       </c>
       <c r="D25" t="s">
         <v>14</v>
       </c>
       <c r="E25">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>554</v>
+        <v>583</v>
       </c>
       <c r="C26" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="D26" t="s">
         <v>14</v>
       </c>
       <c r="E26">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B27" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="C27" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="D27" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E27">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B28" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="C28" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="D28" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E28">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B29" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="C29" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="D29" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E29">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B30" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="C30" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E30">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B31" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C31" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="D31" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E31">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B32" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="C32" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="D32" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E32">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="C33" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D33" t="s">
         <v>14</v>
       </c>
       <c r="E33">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C34" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="D34" t="s">
         <v>14</v>
       </c>
       <c r="E34">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="B35" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="C35" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="D35" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="E35">
-        <v>2.51</v>
+        <v>2.52</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B36" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="C36" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="D36" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E36">
-        <v>2.51</v>
+        <v>2.52</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B37" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C37" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="D37" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E37">
         <v>2.52</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B38" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C38" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="D38" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E38">
         <v>2.52</v>
       </c>
       <c r="F38" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B39" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="C39" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="D39" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E39">
         <v>2.52</v>
       </c>
       <c r="F39" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B40" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C40" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="D40" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B41" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="C41" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="D41" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E41">
         <v>2.52</v>
       </c>
       <c r="F41" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B42" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="C42" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="D42" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E42">
         <v>2.52</v>
       </c>
       <c r="F42" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B43" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C43" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="D43" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E43">
         <v>2.52</v>
       </c>
       <c r="F43" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="B44" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="C44" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="D44" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="E44">
         <v>2.52</v>
       </c>
       <c r="F44" t="s">
-        <v>134</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B45" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="C45" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="D45" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E45">
         <v>2.56</v>
       </c>
       <c r="F45" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B46" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C46" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="D46" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E46">
         <v>2.56</v>
       </c>
       <c r="F46" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B47" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="C47" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="D47" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E47">
         <v>2.56</v>
       </c>
       <c r="F47" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B48" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="C48" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="D48" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E48">
         <v>2.56</v>
       </c>
       <c r="F48" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B49" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C49" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D49" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E49">
         <v>2.56</v>
       </c>
       <c r="F49" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B50" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="C50" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="D50" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E50">
         <v>2.56</v>
       </c>
       <c r="F50" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C51" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
       <c r="E51">
-        <v>2.61</v>
+        <v>2.58</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="C52" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
       <c r="E52">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B53" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C53" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="D53" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E53">
         <v>2.86</v>
       </c>
       <c r="F53" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B54" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C54" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="D54" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F54" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F5"/>
   <sheetViews>
@@ -8031,123 +8040,123 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C2" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="C3" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C4" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="D4" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E4">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C5" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D5" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E5">
         <v>2.52</v>
       </c>
       <c r="F5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F20"/>
   <sheetViews>
@@ -8160,420 +8169,420 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C2" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="C3" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C4" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="C5" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="C6" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="C7" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="C8" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C9" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>655</v>
+        <v>649</v>
       </c>
       <c r="C10" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C11" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E11">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C12" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E12">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="C13" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E13">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C14" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.52</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="C15" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="C16" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>2.57</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C17" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="C18" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="C19" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C20" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -8589,183 +8598,183 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C2" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B3" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="C3" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="D3" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E3">
         <v>2.59</v>
       </c>
       <c r="F3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B4" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C4" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D4" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E4">
         <v>2.59</v>
       </c>
       <c r="F4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="C5" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="D5" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E5">
         <v>2.59</v>
       </c>
       <c r="F5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C6" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="C7" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
         <v>2.66</v>
       </c>
       <c r="F7" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="C8" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
         <v>2.98</v>
       </c>
       <c r="F8" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F36"/>
   <sheetViews>
@@ -8778,743 +8787,743 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.31</v>
+        <v>2.32</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.34</v>
+        <v>2.35</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C6" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C7" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C9" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C10" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C11" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C12" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D16" t="s">
         <v>14</v>
       </c>
       <c r="E16">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D17" t="s">
         <v>14</v>
       </c>
       <c r="E17">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D18" t="s">
         <v>14</v>
       </c>
       <c r="E18">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
       <c r="E19">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C20" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D20" t="s">
         <v>14</v>
       </c>
       <c r="E20">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C21" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E21">
-        <v>2.42</v>
+        <v>2.44</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C22" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D22" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E22">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C23" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
       <c r="E23">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D24" t="s">
         <v>14</v>
       </c>
       <c r="E24">
-        <v>2.47</v>
+        <v>2.51</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C25" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>14</v>
       </c>
       <c r="E25">
-        <v>2.48</v>
+        <v>2.51</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B26" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C26" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E26">
         <v>2.52</v>
       </c>
       <c r="F26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B27" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C27" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E27">
         <v>2.6</v>
       </c>
       <c r="F27" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B28" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C28" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E28">
         <v>2.6</v>
       </c>
       <c r="F28" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B29" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C29" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D29" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E29">
         <v>2.6</v>
       </c>
       <c r="F29" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B30" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C30" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E30">
         <v>2.6</v>
       </c>
       <c r="F30" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B31" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C31" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D31" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E31">
         <v>2.6</v>
       </c>
       <c r="F31" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B32" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C32" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D32" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E32">
         <v>2.6</v>
       </c>
       <c r="F32" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C33" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D33" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E33">
         <v>2.6</v>
       </c>
       <c r="F33" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B34" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C34" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D34" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E34">
         <v>2.62</v>
       </c>
       <c r="F34" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B35" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E35">
         <v>2.62</v>
       </c>
       <c r="F35" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B36" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C36" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D36" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E36">
         <v>2.81</v>
       </c>
       <c r="F36" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
@@ -9524,446 +9533,446 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B2" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C2" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="D2" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="E2">
         <v>2.1</v>
       </c>
       <c r="F2" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C3" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.3</v>
+        <v>2.27</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B4" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C4" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="D4" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="E4">
         <v>2.31</v>
       </c>
       <c r="F4" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="C5" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="C6" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="C7" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="C8" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="C9" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="C10" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="C11" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C12" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="C13" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E13">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C14" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E14">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B15" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="C15" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E15">
-        <v>2.5</v>
+        <v>2.51</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="C16" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="C17" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="C18" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="B19" t="s">
-        <v>724</v>
+        <v>696</v>
       </c>
       <c r="C19" t="s">
-        <v>725</v>
+        <v>697</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>9</v>
       </c>
       <c r="E19">
-        <v>2.59</v>
+        <v>2.58</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B20" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C20" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E20">
         <v>2.59</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>6</v>
+        <v>70</v>
       </c>
       <c r="B21" t="s">
-        <v>693</v>
+        <v>729</v>
       </c>
       <c r="C21" t="s">
-        <v>694</v>
+        <v>730</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="E21">
-        <v>2.61</v>
+        <v>2.59</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F11"/>
   <sheetViews>
@@ -9976,243 +9985,243 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C2" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="C3" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="C4" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="D4" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E4">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="C5" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="D5" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E5">
         <v>2.47</v>
       </c>
       <c r="F5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C6" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="C7" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="D7" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E7">
         <v>2.59</v>
       </c>
       <c r="F7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C8" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E8">
         <v>2.59</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="C9" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.59</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="C10" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.59</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="C11" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F74"/>
   <sheetViews>
@@ -10225,1500 +10234,1500 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C2" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.3</v>
+        <v>2.27</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="C3" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.3</v>
+        <v>2.27</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="C4" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C5" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C6" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C7" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="C8" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="C9" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="C10" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="C11" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B12" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="C12" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="C13" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="C14" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="D14" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="E14">
-        <v>2.39</v>
+        <v>2.37</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>771</v>
+        <v>761</v>
       </c>
       <c r="C15" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E15">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="C16" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="D16" t="s">
         <v>14</v>
       </c>
       <c r="E16">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>6</v>
+        <v>190</v>
       </c>
       <c r="B17" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C17" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="E17">
         <v>2.4</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>777</v>
+        <v>761</v>
       </c>
       <c r="C18" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D18" t="s">
         <v>14</v>
       </c>
       <c r="E18">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C19" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E19">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C20" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E20">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>783</v>
+        <v>761</v>
       </c>
       <c r="C21" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E21">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>785</v>
+        <v>761</v>
       </c>
       <c r="C22" t="s">
         <v>786</v>
       </c>
       <c r="D22" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E22">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>787</v>
       </c>
       <c r="C23" t="s">
         <v>788</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E23">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>789</v>
       </c>
       <c r="C24" t="s">
         <v>790</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E24">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>756</v>
+        <v>791</v>
       </c>
       <c r="C25" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D25" t="s">
         <v>14</v>
       </c>
       <c r="E25">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C26" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D26" t="s">
         <v>14</v>
       </c>
       <c r="E26">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B27" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C27" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E27">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C28" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D28" t="s">
         <v>14</v>
       </c>
       <c r="E28">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C29" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D29" t="s">
         <v>14</v>
       </c>
       <c r="E29">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C30" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D30" t="s">
         <v>14</v>
       </c>
       <c r="E30">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B31" t="s">
-        <v>756</v>
+        <v>803</v>
       </c>
       <c r="C31" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E31">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B32" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C32" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D32" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E32">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C33" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D33" t="s">
         <v>14</v>
       </c>
       <c r="E33">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B34" t="s">
-        <v>756</v>
+        <v>809</v>
       </c>
       <c r="C34" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E34">
-        <v>2.41</v>
+        <v>2.43</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C35" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="D35" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E35">
-        <v>2.43</v>
+        <v>2.44</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="C36" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="D36" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E36">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B37" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C37" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="D37" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E37">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B38" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C38" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D38" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E38">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F38" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B39" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C39" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="D39" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E39">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F39" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B40" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="C40" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="D40" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E40">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B41" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C41" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="D41" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E41">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F41" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B42" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="C42" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="D42" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E42">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F42" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B43" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="C43" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="D43" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E43">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F43" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B44" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C44" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="D44" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E44">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F44" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C45" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="D45" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E45">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F45" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B46" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="C46" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E46">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F46" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="B47" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="C47" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="D47" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E47">
-        <v>2.44</v>
+        <v>2.45</v>
       </c>
       <c r="F47" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B48" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="C48" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="D48" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E48">
-        <v>2.44</v>
+        <v>2.46</v>
       </c>
       <c r="F48" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B49" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="C49" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="D49" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E49">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F49" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B50" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="C50" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="D50" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E50">
-        <v>2.46</v>
+        <v>2.48</v>
       </c>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B51" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="C51" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="D51" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E51">
-        <v>2.47</v>
+        <v>2.49</v>
       </c>
       <c r="F51" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B52" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C52" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="D52" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E52">
-        <v>2.47</v>
+        <v>2.49</v>
       </c>
       <c r="F52" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B53" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="C53" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="D53" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E53">
-        <v>2.47</v>
+        <v>2.49</v>
       </c>
       <c r="F53" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B54" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C54" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="D54" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E54">
-        <v>2.47</v>
+        <v>2.49</v>
       </c>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B55" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="C55" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="D55" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E55">
-        <v>2.47</v>
+        <v>2.49</v>
       </c>
       <c r="F55" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B56" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C56" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="D56" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E56">
-        <v>2.47</v>
+        <v>2.49</v>
       </c>
       <c r="F56" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="B57" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="C57" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="D57" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="E57">
-        <v>2.51</v>
+        <v>2.52</v>
       </c>
       <c r="F57" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B58" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="C58" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="D58" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E58">
         <v>2.52</v>
       </c>
       <c r="F58" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B59" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C59" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D59" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E59">
-        <v>2.52</v>
+        <v>2.53</v>
       </c>
       <c r="F59" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="B60" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C60" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="D60" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="E60">
         <v>2.53</v>
       </c>
       <c r="F60" t="s">
-        <v>134</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B61" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="C61" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="D61" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E61">
         <v>2.54</v>
       </c>
       <c r="F61" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B62" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="C62" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="D62" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E62">
         <v>2.54</v>
       </c>
       <c r="F62" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B63" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="C63" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="D63" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E63">
         <v>2.54</v>
       </c>
       <c r="F63" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B64" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C64" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="D64" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E64">
         <v>2.54</v>
       </c>
       <c r="F64" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B65" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="C65" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="D65" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E65">
         <v>2.54</v>
       </c>
       <c r="F65" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B66" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>872</v>
+      </c>
+      <c r="C66" t="s">
+        <v>873</v>
       </c>
       <c r="D66" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E66">
         <v>2.54</v>
       </c>
       <c r="F66" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B67" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>874</v>
+      </c>
+      <c r="C67">
+        <v>0</v>
       </c>
       <c r="D67" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E67">
         <v>2.54</v>
       </c>
       <c r="F67" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="C68" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
       <c r="E68">
-        <v>2.61</v>
+        <v>2.58</v>
       </c>
       <c r="F68" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C69" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
       <c r="E69">
-        <v>2.61</v>
+        <v>2.58</v>
       </c>
       <c r="F69" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="C70" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
       <c r="E70">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
-        <v>775</v>
+        <v>757</v>
       </c>
       <c r="C71" t="s">
-        <v>776</v>
+        <v>758</v>
       </c>
       <c r="D71" t="s">
         <v>9</v>
       </c>
       <c r="E71">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F71" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
-        <v>777</v>
+        <v>759</v>
       </c>
       <c r="C72" t="s">
-        <v>778</v>
+        <v>760</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
       <c r="E72">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F72" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B73" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="C73" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D73" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E73">
         <v>2.73</v>
       </c>
       <c r="F73" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B74" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="C74" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="D74" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F74" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F33"/>
   <sheetViews>
@@ -11728,686 +11737,686 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="C2" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C3" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C4" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="C5" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C6" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.4</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="C7" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="C8" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="C9" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="C10" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="C11" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>896</v>
       </c>
       <c r="B12" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="C12" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>899</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="C13" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="C14" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="C15" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>901</v>
+        <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="C16" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="D16" t="s">
         <v>14</v>
       </c>
       <c r="E16">
         <v>2.42</v>
       </c>
       <c r="F16" t="s">
-        <v>904</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B17" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="C17" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E17">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="C18" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="D18" t="s">
         <v>14</v>
       </c>
       <c r="E18">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="C19" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
       <c r="E19">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="C20" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="D20" t="s">
         <v>14</v>
       </c>
       <c r="E20">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C21" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D21" t="s">
         <v>14</v>
       </c>
       <c r="E21">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="C22" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="D22" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E22">
-        <v>2.48</v>
+        <v>2.5</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B23" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="C23" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E23">
         <v>2.52</v>
       </c>
       <c r="F23" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B24" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="C24" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="D24" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E24">
         <v>2.52</v>
       </c>
       <c r="F24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B25" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="C25" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="D25" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E25">
         <v>2.59</v>
       </c>
       <c r="F25" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B26" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C26" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E26">
         <v>2.59</v>
       </c>
       <c r="F26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B27" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="C27" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E27">
         <v>2.59</v>
       </c>
       <c r="F27" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B28" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="C28" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E28">
         <v>2.59</v>
       </c>
       <c r="F28" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="C29" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C30" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C31" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B32" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="C32" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="D32" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E32">
         <v>2.77</v>
       </c>
       <c r="F32" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="C33" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="D33" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E33">
         <v>2.86</v>
       </c>
       <c r="F33" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
@@ -12420,543 +12429,543 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="C2" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.3</v>
+        <v>2.27</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="C3" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.3</v>
+        <v>2.27</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="C4" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="C5" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="C6" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C7" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="C8" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="C9" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="C10" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>2.44</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="C11" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E11">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="C12" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E12">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="C13" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E13">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="C14" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E14">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="C15" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="C16" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="C17" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="C18" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="C19" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B20" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="C20" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E20">
         <v>2.52</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B21" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="C21" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E21">
         <v>2.52</v>
       </c>
       <c r="F21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="C22" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="D22" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E22">
         <v>2.56</v>
       </c>
       <c r="F22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B23" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="C23" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E23">
         <v>2.57</v>
       </c>
       <c r="F23" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>977</v>
+        <v>936</v>
       </c>
       <c r="C24" t="s">
-        <v>978</v>
+        <v>937</v>
       </c>
       <c r="D24" t="s">
-        <v>77</v>
+        <v>9</v>
       </c>
       <c r="E24">
-        <v>2.6</v>
+        <v>2.58</v>
       </c>
       <c r="F24" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="C25" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25">
-        <v>2.61</v>
+        <v>2.58</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>6</v>
+        <v>70</v>
       </c>
       <c r="B26" t="s">
-        <v>935</v>
+        <v>980</v>
       </c>
       <c r="C26" t="s">
-        <v>936</v>
+        <v>981</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="E26">
-        <v>2.61</v>
+        <v>2.6</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
@@ -12969,220 +12978,220 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="C2" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="C3" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="C4" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="C5" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E5">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="C6" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E6">
         <v>2.52</v>
       </c>
       <c r="F6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="C7" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D7" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="C8" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E8">
         <v>2.54</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="C9" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.59</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="C10" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -13198,443 +13207,443 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="C2" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="C3" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.3</v>
+        <v>2.27</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
+        <v>998</v>
+      </c>
+      <c r="C4" t="s">
         <v>999</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="C5" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="C6" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="C7" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="C8" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E8">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="C9" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E9">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="C10" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E10">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="C11" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E11">
-        <v>2.44</v>
+        <v>2.46</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="C12" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
       <c r="E12">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="C13" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="C14" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.52</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="C15" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="C16" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="C17" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="C18" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="C19" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="B20" t="s">
-        <v>1029</v>
+        <v>1000</v>
       </c>
       <c r="C20" t="s">
-        <v>1030</v>
+        <v>1001</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>9</v>
       </c>
       <c r="E20">
-        <v>2.59</v>
+        <v>2.58</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>6</v>
+        <v>70</v>
       </c>
       <c r="B21" t="s">
-        <v>997</v>
+        <v>1032</v>
       </c>
       <c r="C21" t="s">
-        <v>998</v>
+        <v>1033</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="E21">
-        <v>2.61</v>
+        <v>2.59</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -13647,303 +13656,303 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="C2" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="C3" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="C4" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="D4" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E4">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="C5" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E5">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="C6" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E6">
         <v>2.52</v>
       </c>
       <c r="F6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="C7" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="D7" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="C8" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C9" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="C10" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="C11" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="C12" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="C13" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="C14" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
@@ -13956,263 +13965,263 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="C2" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="C3" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="C4" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="C5" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="C6" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E6">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="C7" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
         <v>2.47</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="C8" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="C9" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C10" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="C11" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="C12" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.55</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F18"/>
   <sheetViews>
@@ -14225,380 +14234,380 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.3</v>
+        <v>2.27</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C5" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C6" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C8" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C9" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C10" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E10">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C11" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E11">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C12" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E12">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C13" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E13">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C14" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E14">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E15">
         <v>2.54</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C16" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>2.54</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.54</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C18" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18">
-        <v>2.61</v>
+        <v>2.58</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -14614,403 +14623,403 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C4" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C5" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C6" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C7" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C8" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C9" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
       <c r="E9">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C10" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>2.44</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C11" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>2.44</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C12" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E12">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C13" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C14" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C15" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C16" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C17" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C18" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C19" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -15023,303 +15032,303 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C2" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>2.17</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C4" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C5" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C6" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E6">
-        <v>2.47</v>
+        <v>2.49</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C7" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D7" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C8" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C9" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.57</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C10" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.57</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C11" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C12" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C13" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C14" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F18"/>
   <sheetViews>
@@ -15332,380 +15341,380 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C2" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C4" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C6" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C7" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="C8" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C9" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E9">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C10" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C11" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C12" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C13" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C14" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C15" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C16" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C17" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>2.75</v>
       </c>
       <c r="F17" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B18" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C18" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D18" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F18" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -15718,283 +15727,283 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.4</v>
+        <v>2.37</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C3" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C4" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C5" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C6" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="C7" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C8" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E8">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C9" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.49</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C10" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C11" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C12" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>2.71</v>
+        <v>2.68</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C13" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.87</v>
       </c>
       <c r="F13" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16007,300 +16016,300 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B3" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C3" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E3">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B4" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C4" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D4" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E4">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B5" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C5" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D5" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E5">
-        <v>2.39</v>
+        <v>2.4</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C6" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C7" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C8" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E8">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C9" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C10" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C11" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C12" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C13" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B14" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C14" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="D14" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="F14" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16313,303 +16322,303 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C2" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C3" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C4" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
-        <v>2.41</v>
+        <v>2.42</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C5" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E5">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C6" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E6">
-        <v>2.43</v>
+        <v>2.45</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C7" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>2.47</v>
+        <v>2.48</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C8" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C9" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C10" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C11" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C12" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C13" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C14" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">