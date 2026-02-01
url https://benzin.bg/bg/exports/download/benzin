--- v2 (2025-12-05)
+++ v3 (2026-02-01)
@@ -66,3281 +66,3284 @@
     <sheet name="Ловеч" sheetId="11" r:id="rId14"/>
     <sheet name="Монтана" sheetId="12" r:id="rId15"/>
     <sheet name="Пазарджик" sheetId="13" r:id="rId16"/>
     <sheet name="Плевен" sheetId="14" r:id="rId17"/>
     <sheet name="Перник" sheetId="15" r:id="rId18"/>
     <sheet name="Пловдив" sheetId="16" r:id="rId19"/>
     <sheet name="Разград" sheetId="17" r:id="rId20"/>
     <sheet name="Русе" sheetId="18" r:id="rId21"/>
     <sheet name="Силистра" sheetId="19" r:id="rId22"/>
     <sheet name="Сливен" sheetId="20" r:id="rId23"/>
     <sheet name="Смолян" sheetId="21" r:id="rId24"/>
     <sheet name="София" sheetId="22" r:id="rId25"/>
     <sheet name="София област" sheetId="23" r:id="rId26"/>
     <sheet name="Стара Загора" sheetId="24" r:id="rId27"/>
     <sheet name="Търговище" sheetId="25" r:id="rId28"/>
     <sheet name="Хасково" sheetId="26" r:id="rId29"/>
     <sheet name="Шумен" sheetId="27" r:id="rId30"/>
     <sheet name="Ямбол" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1079">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1080">
   <si>
     <t>Фирма</t>
   </si>
   <si>
     <t>Бензиностанция</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Обновено на</t>
   </si>
   <si>
     <t>Kruiz</t>
   </si>
   <si>
     <t>Круиз Сандански 876</t>
   </si>
   <si>
     <t>Сандански, главен път е-79 , местност Ушите</t>
   </si>
   <si>
+    <t>Бензин А95 Н</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>Круиз Благоевград 470</t>
+  </si>
+  <si>
+    <t>Благоевград</t>
+  </si>
+  <si>
+    <t>Круиз Сандански 2 499</t>
+  </si>
+  <si>
+    <t>Сандански, местност Соколовец</t>
+  </si>
+  <si>
+    <t>Круиз Петрич 804</t>
+  </si>
+  <si>
+    <t>6, ул. „Свобода", 2850 Петрич</t>
+  </si>
+  <si>
+    <t>Круиз Марикостиново 608</t>
+  </si>
+  <si>
+    <t>Марикостиново</t>
+  </si>
+  <si>
+    <t>Lukoil</t>
+  </si>
+  <si>
+    <t>Баничан</t>
+  </si>
+  <si>
+    <t>с.Баничан на пътя Банско - Г.Делчев</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>Благоевград 2</t>
+  </si>
+  <si>
+    <t>БЛАГОЕВГРАД кв.Грамада (до ЗИИУ)</t>
+  </si>
+  <si>
+    <t>Eko</t>
+  </si>
+  <si>
+    <t>Blagoevgrad 1</t>
+  </si>
+  <si>
+    <t>2 Peio Yavorov blvd, hotel Ezerec</t>
+  </si>
+  <si>
+    <t>EKO EKONOMY Unleaded A95</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>Благоевград ПИРИН ОЙЛ</t>
+  </si>
+  <si>
+    <t>Благоевград, 2704 ул. Солунските атентатори №3</t>
+  </si>
+  <si>
+    <t>Blagoevgrad, center</t>
+  </si>
+  <si>
+    <t>CENTER, Saint Dimitur Solunski blvd</t>
+  </si>
+  <si>
+    <t>Сандански 1</t>
+  </si>
+  <si>
+    <t>САНДАНСКИ Промишлена зона (пътя за ж.п. гара)</t>
+  </si>
+  <si>
+    <t>Сандански 2</t>
+  </si>
+  <si>
+    <t>САНДАНСКИ изход Кулата, Околовръстен път</t>
+  </si>
+  <si>
+    <t>Петрич 3</t>
+  </si>
+  <si>
+    <t>ПЕТРИЧ ул. Рокфелер</t>
+  </si>
+  <si>
+    <t>Якоруда</t>
+  </si>
+  <si>
+    <t>изход Юндола, ул.Цар Борис 3 № 2</t>
+  </si>
+  <si>
+    <t>Благоевград ЕЛМАНА</t>
+  </si>
+  <si>
+    <t>Благоевград, 2702 ж.к. Орбита</t>
+  </si>
+  <si>
+    <t>Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Petrich</t>
+  </si>
+  <si>
+    <t>On town exit, Sofia way, Merata</t>
+  </si>
+  <si>
+    <t>І-1,км.352-300,София-Кулата</t>
+  </si>
+  <si>
+    <t>Петрич</t>
+  </si>
+  <si>
+    <t>с.Рибник, общ.Петрич</t>
+  </si>
+  <si>
+    <t>Банско</t>
+  </si>
+  <si>
+    <t>Банско,ул.Патриарх Евтимий</t>
+  </si>
+  <si>
+    <t>Белица</t>
+  </si>
+  <si>
+    <t>гара Белица</t>
+  </si>
+  <si>
+    <t>Г.Делчев до бензиностанцията на Петрол, ул.Дунав №14</t>
+  </si>
+  <si>
+    <t>Добринище</t>
+  </si>
+  <si>
+    <t>гл. път за Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Сатовча</t>
+  </si>
+  <si>
+    <t>с.Сатовча 2950/ обл.Благоевград</t>
+  </si>
+  <si>
+    <t>Разлог</t>
+  </si>
+  <si>
+    <t>ул.Екзарх Йосиф,изх.Благоевград</t>
+  </si>
+  <si>
+    <t>Петрич, изход за Кулата</t>
+  </si>
+  <si>
+    <t>РАЗЛОГ пътя за с.Баня,ул. Христо Ботев 77</t>
+  </si>
+  <si>
+    <t>G. Delchev</t>
+  </si>
+  <si>
+    <t>188 r.c. from the G.Delchev's plan</t>
+  </si>
+  <si>
+    <t>Bansko</t>
+  </si>
+  <si>
+    <t>3-7 Nikola Golev str. (on the road to Goce Delchev)</t>
+  </si>
+  <si>
+    <t>Kresna</t>
+  </si>
+  <si>
+    <t>E-79 road, on Sofia-Kulata way</t>
+  </si>
+  <si>
+    <t>Kulata</t>
+  </si>
+  <si>
+    <t>Sofia-Kulata, E-79 road, Chuchuligovo village</t>
+  </si>
+  <si>
+    <t>1098 EKO Struma</t>
+  </si>
+  <si>
+    <t>438км АМ Струма</t>
+  </si>
+  <si>
+    <t>Кулата</t>
+  </si>
+  <si>
+    <t>с.Кулата</t>
+  </si>
+  <si>
     <t>Бензин А99 Н</t>
   </si>
   <si>
-    <t>2025-11-28</t>
-[...178 lines deleted...]
-  <si>
     <t>Petrol</t>
   </si>
   <si>
+    <t>0113 – Банско</t>
+  </si>
+  <si>
+    <t>БАНСКО, ул. "Патриарх Евтимий", вход Благоевград</t>
+  </si>
+  <si>
+    <t>Petrol A95H</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>0106 – Петрич</t>
+  </si>
+  <si>
+    <t>ПЕТРИЧ, изход София (до гарата)</t>
+  </si>
+  <si>
     <t>0112 – Гоце Делчев</t>
   </si>
   <si>
     <t>ГОЦЕ ДЕЛЧЕВ, ул. "Дунав" (до плажа)</t>
   </si>
   <si>
-    <t>Petrol A95H</t>
-[...20 lines deleted...]
-    <t>438км АМ Струма</t>
+    <t>0103 – Симитли</t>
+  </si>
+  <si>
+    <t>СИМИТЛИ,  ул. "Г.Димитров" №1, изход Благоевград</t>
   </si>
   <si>
     <t>0102 – Благоевград</t>
   </si>
   <si>
     <t>гр.БЛАГОЕВГРАД, бул. "Св. Димитър Солунски" (изхода за София)</t>
   </si>
   <si>
-    <t>0103 – Симитли</t>
-[...16 lines deleted...]
-  <si>
     <t>0130 - Петрич</t>
   </si>
   <si>
     <t>ПЕТРИЧ, изход Златарево</t>
   </si>
   <si>
     <t>0104 – Кресна</t>
   </si>
   <si>
     <t>КРЕСНА, път Е79 - изход Кула</t>
   </si>
   <si>
     <t>Круиз Бургас 460</t>
   </si>
   <si>
     <t>гр. Бургас, База СОМАТ, п.к. 8000</t>
   </si>
   <si>
     <t>Атия</t>
   </si>
   <si>
     <t>Меден рудник</t>
   </si>
   <si>
     <t xml:space="preserve">Бургас кв.Меден рудник </t>
   </si>
   <si>
+    <t>Бургас</t>
+  </si>
+  <si>
+    <t>гр.Бургас, ул. Одрин № 3</t>
+  </si>
+  <si>
+    <t>Дебелт</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Царево </t>
+  </si>
+  <si>
+    <t>Черноморец</t>
+  </si>
+  <si>
+    <t xml:space="preserve">с.Черноморец </t>
+  </si>
+  <si>
+    <t>Ахелой</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ахелой гл.път Бургас-Сл.Бряг-Несебър </t>
+  </si>
+  <si>
+    <t>Каблешково</t>
+  </si>
+  <si>
+    <t>Каблешково, обл.Бургас</t>
+  </si>
+  <si>
+    <t>Приморско</t>
+  </si>
+  <si>
+    <t>гл.път за Царево</t>
+  </si>
+  <si>
+    <t>Айтос</t>
+  </si>
+  <si>
+    <t>ул.Славянска №94, главен път София-Бургас</t>
+  </si>
+  <si>
     <t>Карнобат 2</t>
   </si>
   <si>
     <t>КАРНОБАТ главен път София-Бургас</t>
   </si>
   <si>
-    <t>Айтос</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">Ахелой гл.път Бургас-Сл.Бряг-Несебър </t>
+    <t>гр. Бургас, ул. Чаталджа 2</t>
+  </si>
+  <si>
+    <t>гр. Бургас, ул. Вая 2</t>
+  </si>
+  <si>
+    <t>Burgas, Industrialna</t>
+  </si>
+  <si>
+    <t>Industrialna str -33, Akaciite r.c.</t>
+  </si>
+  <si>
+    <t>Карнобат</t>
+  </si>
+  <si>
+    <t>Карнобат-8400,ул.Московска</t>
+  </si>
+  <si>
+    <t>Бургас-Изток</t>
+  </si>
+  <si>
+    <t>Бургас - изход Слънчев бряг</t>
+  </si>
+  <si>
+    <t>Бургас-Юг</t>
+  </si>
+  <si>
+    <t>Бургас - изход Созопол</t>
   </si>
   <si>
     <t>Бургас, Трапезица</t>
   </si>
   <si>
     <t>кв.Братя Миладинови,пл.Трапезица</t>
   </si>
   <si>
-    <t>Бургас</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">с.Черноморец </t>
+    <t>Burgas, Lake</t>
+  </si>
+  <si>
+    <t>LAKE, Industrial zone, entrance-Sozopol</t>
   </si>
   <si>
     <t>Братово</t>
   </si>
   <si>
     <t>с.Братово,общ.Бургас</t>
   </si>
   <si>
-    <t>Карнобат</t>
-[...29 lines deleted...]
-    <t>Дебелт</t>
+    <t>Слънчев бряг</t>
+  </si>
+  <si>
+    <t>Слънчев бряг, 8240 на гл. път Бургас-Варна</t>
   </si>
   <si>
     <t>Бургас-изх.Соф</t>
   </si>
   <si>
     <t>Бургас, изхода София</t>
   </si>
   <si>
-    <t>Слънчев бряг</t>
-[...4 lines deleted...]
-  <si>
     <t>1133- Карнобат</t>
   </si>
   <si>
     <t>Карнобат Изход Айтос</t>
   </si>
   <si>
     <t>2024-09-24</t>
   </si>
   <si>
+    <t>1109 – Созопол</t>
+  </si>
+  <si>
+    <t>СОЗОПОЛ, местност "Герени"</t>
+  </si>
+  <si>
+    <t>1110 – Царево</t>
+  </si>
+  <si>
+    <t>ЦАРЕВО, ул. "Преображенска" 38</t>
+  </si>
+  <si>
+    <t>1112 – М. Търново</t>
+  </si>
+  <si>
+    <t>МАЛКО ТЪРНОВО, ул. "България" 50</t>
+  </si>
+  <si>
+    <t>1116 – Поморие</t>
+  </si>
+  <si>
+    <t>ПОМОРИЕ, гл. път Варна-Бургас</t>
+  </si>
+  <si>
+    <t>1108 – Приморско</t>
+  </si>
+  <si>
+    <t>ПРИМОРСКО, ул. "Беласица" № 8</t>
+  </si>
+  <si>
     <t>1103 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС,  к-с "СЛАВЕЙКОВ", бул. "Стефан Стамболов"</t>
   </si>
   <si>
     <t>1102 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС,  к-с "СЛАВЕЙКОВ"</t>
   </si>
   <si>
-    <t>1110 – Царево</t>
-[...26 lines deleted...]
-    <t>ПРИМОРСКО, ул. "Беласица" № 8</t>
+    <t>1119 – Сл.бряг</t>
+  </si>
+  <si>
+    <t>СЛЪНЧЕВ БРЯГ, в комплекса</t>
   </si>
   <si>
     <t>1120 – Несебър</t>
   </si>
   <si>
     <t>НЕСЕБЪР - пътя Несебър - Равда, ж.к. Черно море</t>
   </si>
   <si>
-    <t>1119 – Сл.бряг</t>
-[...4 lines deleted...]
-  <si>
     <t>1129 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС, к-с "ИЗГРЕВ"</t>
   </si>
   <si>
     <t>Круиз Варна 310</t>
   </si>
   <si>
     <t>бул. Трети Март 11</t>
   </si>
   <si>
+    <t>Варна 5</t>
+  </si>
+  <si>
+    <t>до "Горивни строителни материали"-зап.промишлена зона</t>
+  </si>
+  <si>
     <t>Варна</t>
   </si>
   <si>
     <t>Ялови ниви,кв.Вл.Варненчик</t>
   </si>
   <si>
-    <t>Варна 5</t>
-[...2 lines deleted...]
-    <t>до "Горивни строителни материали"-зап.промишлена зона</t>
+    <t>Varna, Evksinograd</t>
+  </si>
+  <si>
+    <t>87 Purva str. in fron of Evksinograd</t>
+  </si>
+  <si>
+    <t>Варна - 2</t>
+  </si>
+  <si>
+    <t>Варна -изход София</t>
+  </si>
+  <si>
+    <t>Варна -4</t>
+  </si>
+  <si>
+    <t>бул. "Цар Освободител" до блок № 109</t>
+  </si>
+  <si>
+    <t>Варна 7</t>
+  </si>
+  <si>
+    <t>ВАРНА ул. Евлоги Георгиев</t>
+  </si>
+  <si>
+    <t>Варна-3</t>
+  </si>
+  <si>
+    <t>бул."Христо Ботев", преди Асп.мост</t>
+  </si>
+  <si>
+    <t>Varna. Slivnica</t>
+  </si>
+  <si>
+    <t>SLIVNITCA blvd - 189</t>
+  </si>
+  <si>
+    <t>Varna, Varnenchik</t>
+  </si>
+  <si>
+    <t>VARNENCHIK blvd, Citroen,</t>
+  </si>
+  <si>
+    <t>Varna, Port</t>
+  </si>
+  <si>
+    <t>PORT,  Devnya str.</t>
+  </si>
+  <si>
+    <t>Varna, Gazko</t>
+  </si>
+  <si>
+    <t>CHAIKA, Vasil Levski blvd, under the stadium</t>
+  </si>
+  <si>
+    <t>Varna, Tsar Osvoboditel</t>
+  </si>
+  <si>
+    <t>гр. Варна, бул. Цар Освободител №122</t>
   </si>
   <si>
     <t>кв.Аспарухово, ул. Народни будители №9</t>
   </si>
   <si>
-    <t>Варна 7</t>
-[...50 lines deleted...]
-    <t>87 Purva str. in fron of Evksinograd</t>
+    <t>2130 – Варна</t>
+  </si>
+  <si>
+    <t>ВАРНА, бул. "Владислав Варненчик" № 256</t>
   </si>
   <si>
     <t>2131 – Варна</t>
   </si>
   <si>
     <t>ВАРНА, кв. "Владислав Варненчик", м-ст "Голям пясък", парцел 64</t>
   </si>
   <si>
-    <t>2130 – Варна</t>
-[...4 lines deleted...]
-  <si>
     <t>2106 – Варна</t>
   </si>
   <si>
     <t>ВАРНА, кв. Бриз</t>
   </si>
   <si>
+    <t>Хим Ойл</t>
+  </si>
+  <si>
+    <t>Обект 5200 Химойл Павликени</t>
+  </si>
+  <si>
+    <t>Павликени,ул. "Бачо Киро" 62</t>
+  </si>
+  <si>
+    <t>Chimoil Бензин A95</t>
+  </si>
+  <si>
     <t>Велико Търново 2</t>
   </si>
   <si>
     <t>ул.Никола Габровски 74, до ДАП</t>
   </si>
   <si>
-    <t>Хим Ойл</t>
-[...11 lines deleted...]
-    <t>2025-12-05</t>
+    <t>V. Tarnovo entr.</t>
+  </si>
+  <si>
+    <t>Tarnovo EXIT, Magistrala str, Road I-4</t>
+  </si>
+  <si>
+    <t>V. Tarnovo 2</t>
+  </si>
+  <si>
+    <t>2 ENTRANCE, 28 Magistralna str</t>
+  </si>
+  <si>
+    <t>Горна Оряховица</t>
+  </si>
+  <si>
+    <t>до механотехникума, ул.Цар Освободител</t>
   </si>
   <si>
     <t>Павликени</t>
   </si>
   <si>
     <t xml:space="preserve"> в индустриалната част, ул.Илия Златев</t>
   </si>
   <si>
+    <t>G. Oryahovica</t>
+  </si>
+  <si>
+    <t>23 V. Levski str.</t>
+  </si>
+  <si>
     <t>В.Търново</t>
   </si>
   <si>
     <t>Момин сбор,13-ти км.на Е-722</t>
   </si>
   <si>
     <t>Лясковец</t>
   </si>
   <si>
     <t>ул. "Васил Левски" №227Б</t>
   </si>
   <si>
     <t>Добри дял</t>
   </si>
   <si>
     <t>с.Добри дял, главен път Варна - София</t>
   </si>
   <si>
     <t>Велико Търново 3</t>
   </si>
   <si>
     <t>ВЕЛИКО ТЪРНОВО изхода за Варна</t>
   </si>
   <si>
-    <t>Горна Оряховица</t>
-[...22 lines deleted...]
-  <si>
     <t>4206 – Г. Оряховица</t>
   </si>
   <si>
     <t>ГОРНА ОРЯХОВИЦА, ул. "Св.Княз Борис I",Източна промишлена зона</t>
   </si>
   <si>
     <t>4225 – В. Търново</t>
   </si>
   <si>
     <t>В.ТЪРНОВО, ул. "Магистрална", главен път Варна - София, входа Варна</t>
   </si>
   <si>
     <t>4228 – В. Търново</t>
   </si>
   <si>
     <t>В.ТЪРНОВО - бул. България</t>
   </si>
   <si>
+    <t>4223 – Ресен</t>
+  </si>
+  <si>
+    <t>РЕСЕН, ул. Димитър Благоев, изход Павликени</t>
+  </si>
+  <si>
     <t>4216 – П. Тръмбеш</t>
   </si>
   <si>
     <t>П.ТРЪМБЕШ, ул. "Александър Стамболийски, изхода за В. Търново</t>
   </si>
   <si>
+    <t>4209 – Свищов</t>
+  </si>
+  <si>
+    <t>СВИЩОВ,  ул. "33-ти Свищовски полк" № 83, център</t>
+  </si>
+  <si>
     <t>4204 – Елена</t>
   </si>
   <si>
     <t>ЕЛЕНА, в индустриалната част</t>
   </si>
   <si>
-    <t>4209 – Свищов</t>
-[...10 lines deleted...]
-  <si>
     <t>Круиз Дунавци 896</t>
   </si>
   <si>
     <t>международен път Е 79 при гр. Дунавци, 3740 Дунавци</t>
   </si>
   <si>
     <t>Видин</t>
   </si>
   <si>
     <t>Видин, ул.Панония 23</t>
   </si>
   <si>
     <t>Видин 2</t>
   </si>
   <si>
     <t>ВИДИН  КУМБАИР, БУЛ. ПАНОНИЯ</t>
   </si>
   <si>
     <t>Kula (Vidin)</t>
   </si>
   <si>
     <t>KULA, 4 Tolbuhin str</t>
   </si>
   <si>
     <t>3202 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, жк. Заводско селище" №1</t>
   </si>
   <si>
     <t>3201 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, ул. "МИТРОПОЛИТ КИРИЛ" №1</t>
   </si>
   <si>
+    <t>3204 – Кула</t>
+  </si>
+  <si>
+    <t>КУЛА, ул. "Възраждане",  вход ВИДИН</t>
+  </si>
+  <si>
     <t>3212 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, ТЕЦ ,ЮЖНА ПРОМИШЛЕНА ЗОНА</t>
   </si>
   <si>
-    <t>3204 – Кула</t>
-[...4 lines deleted...]
-  <si>
     <t>3207 – Белоградчик</t>
   </si>
   <si>
     <t>БЕЛОГРАДЧИК, ул. "Цар Иван Срацимир" , ВХОД ОТ ВИДИН</t>
   </si>
   <si>
+    <t>3210 – Ружинци</t>
+  </si>
+  <si>
+    <t>РУЖИНЦИ, Е79, изход МОНТАНА</t>
+  </si>
+  <si>
+    <t>3211 – Брегово</t>
+  </si>
+  <si>
+    <t>БРЕГОВО, ул. "Г. ДИМИТРОВ" №54</t>
+  </si>
+  <si>
     <t>3223- Дунав Мост 2</t>
   </si>
   <si>
     <t>Дунав Мост 2 Антимово</t>
   </si>
   <si>
-    <t>3210 – Ружинци</t>
-[...8 lines deleted...]
-    <t>БРЕГОВО, ул. "Г. ДИМИТРОВ" №54</t>
+    <t>Круиз Бяла Слатина 682</t>
+  </si>
+  <si>
+    <t>Околовръстен път, 3200 Бяла Слатина</t>
   </si>
   <si>
     <t>Бяла Слатина</t>
   </si>
   <si>
     <t>БЯЛА СЛАТИНА обл.Монтана, шосе изх.Плевен</t>
   </si>
   <si>
-    <t>Круиз Бяла Слатина 682</t>
-[...2 lines deleted...]
-    <t>Околовръстен път, 3200 Бяла Слатина</t>
+    <t>Мездра</t>
+  </si>
+  <si>
+    <t>ул.Ал.Стамболийски 24</t>
+  </si>
+  <si>
+    <t>Vraca</t>
+  </si>
+  <si>
+    <t>65 Mito Orozov str</t>
   </si>
   <si>
     <t>Враца</t>
   </si>
   <si>
     <t>Враца-кръговото към Видин</t>
   </si>
   <si>
+    <t xml:space="preserve"> местност Дъбника, пътя за Бяла Слатина</t>
+  </si>
+  <si>
+    <t>Козлудуй</t>
+  </si>
+  <si>
+    <t>ул.Дондуков, изх. АЕЦ</t>
+  </si>
+  <si>
     <t>Оряхово</t>
   </si>
   <si>
     <t>ОРЯХОВО  КВ.2 ПАРЦЕЛ4 ВХ. МИЗИЯ</t>
   </si>
   <si>
-    <t xml:space="preserve"> местност Дъбника, пътя за Бяла Слатина</t>
-[...19 lines deleted...]
-  <si>
     <t>3112 – Гложане</t>
   </si>
   <si>
     <t>ГЛОЖЕНЕ,  кв. "83", изход ОРЯХОВО</t>
   </si>
   <si>
+    <t>3117 – Бутан</t>
+  </si>
+  <si>
+    <t>БУТАН, вход ВРАЦА</t>
+  </si>
+  <si>
     <t>3103 – Враца</t>
   </si>
   <si>
     <t>ВРАЦА, ж.к. Хранително-вкусова зона, ул. "Илинден"</t>
   </si>
   <si>
     <t>3105 – Мездра</t>
   </si>
   <si>
     <t>МЕЗДРА, ул. "9-ти септември", център</t>
   </si>
   <si>
-    <t>3117 – Бутан</t>
-[...2 lines deleted...]
-    <t>БУТАН, вход ВРАЦА</t>
+    <t>3106 – Роман</t>
+  </si>
+  <si>
+    <t>РОМАН, изход Златна Панега</t>
   </si>
   <si>
     <t>3110 – Борован</t>
   </si>
   <si>
     <t>БОРОВАН , шосе изход ОРЯХОВО</t>
   </si>
   <si>
-    <t>3106 – Роман</t>
-[...4 lines deleted...]
-  <si>
     <t>3104 – Мездра</t>
   </si>
   <si>
     <t>МЕЗДРА, път Е-79, вход от София</t>
   </si>
   <si>
     <t>2024-01-02</t>
   </si>
   <si>
     <t>Еко Метан</t>
   </si>
   <si>
     <t>Екометан Враца</t>
   </si>
   <si>
     <t>Враца ОРЯХОВСКО ШОСЕ</t>
   </si>
   <si>
     <t>ЕкоМетан Бензин -95</t>
   </si>
   <si>
     <t>2020-10-19</t>
   </si>
   <si>
     <t>Круиз Габрово 416</t>
   </si>
   <si>
     <t>Републикански път II-44 от Севлиево за Габрово</t>
   </si>
   <si>
+    <t>Габрово</t>
+  </si>
+  <si>
+    <t>ул."Брянска"№70</t>
+  </si>
+  <si>
+    <t>Севлиево</t>
+  </si>
+  <si>
+    <t>АМ Хемус, преди разклона за Севлиево</t>
+  </si>
+  <si>
+    <t>Севлиево 2</t>
+  </si>
+  <si>
+    <t>СЕВЛИЕВО изход за Велико Търново</t>
+  </si>
+  <si>
+    <t>бул.Хемус</t>
+  </si>
+  <si>
     <t>Дряново</t>
   </si>
   <si>
     <t>изход В.Търново</t>
   </si>
   <si>
-    <t>Габрово</t>
-[...19 lines deleted...]
-  <si>
     <t>Sevlievo</t>
   </si>
   <si>
     <t>Byal Bryag 2 str, (next to Ideal Standart)</t>
   </si>
   <si>
     <t>4307 – Севлиево</t>
   </si>
   <si>
     <t>СЕВЛИЕВО, Северна промишлена зона, вход Плевен</t>
   </si>
   <si>
     <t>4301 – Габрово</t>
   </si>
   <si>
     <t>ГАБРОВО, бул. "Стефан Караджа", изход Севлиево</t>
   </si>
   <si>
     <t>4303 – Трявна</t>
   </si>
   <si>
     <t>ТРЯВНА, ул. "Ангел Кънчев"№152, изход Габрово</t>
   </si>
   <si>
     <t>4304 – Дряново</t>
   </si>
   <si>
     <t>ДРЯНОВО, ул. "Шипка" № 214, център</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
+    <t>Обект 9301 Добрич</t>
+  </si>
+  <si>
     <t>Добрич</t>
   </si>
   <si>
+    <t>Обект 9303 Варна</t>
+  </si>
+  <si>
+    <t>Варна Стожер Опълченска</t>
+  </si>
+  <si>
+    <t>Обект 9302 Добрич</t>
+  </si>
+  <si>
+    <t>Добрич ул. "Околовръстен Път" 29</t>
+  </si>
+  <si>
     <t>бул."Добруджа"</t>
   </si>
   <si>
-    <t>Обект 9303 Варна</t>
-[...11 lines deleted...]
-    <t>Добрич ул. "Околовръстен Път" 29</t>
+    <t>Dobrich</t>
+  </si>
+  <si>
+    <t>24 Dobrudzha blvd</t>
   </si>
   <si>
     <t>Добрич 3</t>
   </si>
   <si>
     <t>бул.Добруджа 1, изх.Балчик</t>
   </si>
   <si>
     <t>Добрич 2</t>
   </si>
   <si>
     <t>околовръстен път - изход Варна</t>
   </si>
   <si>
-    <t>Dobrich</t>
-[...4 lines deleted...]
-  <si>
     <t>2202 – Добрич</t>
   </si>
   <si>
     <t>ДОБРИЧ, ул. "Калиакра", пътя за с. Житница</t>
   </si>
   <si>
     <t>2210 – Албена</t>
   </si>
   <si>
     <t>к.к.АЛБЕНА, посока Кранево</t>
   </si>
   <si>
     <t>2209 – Балчик</t>
   </si>
   <si>
     <t>БАЛЧИК, ул. "Дунав"</t>
   </si>
   <si>
+    <t>2205 – Тервел</t>
+  </si>
+  <si>
+    <t>ТЕРВЕЛ, кв. "Изгрев", ул. "Хан Аспарух" 99</t>
+  </si>
+  <si>
     <t>2206 – Каварна</t>
   </si>
   <si>
     <t>КАВАРНА, ул. "България" № 1</t>
   </si>
   <si>
-    <t>2205 – Тервел</t>
-[...4 lines deleted...]
-  <si>
     <t>Глория Ойл</t>
   </si>
   <si>
     <t>Генерал Тошево, 9500 ул. Д. Благоев</t>
   </si>
   <si>
     <t>Глория ойл - Бензин</t>
   </si>
   <si>
+    <t>Кърджали</t>
+  </si>
+  <si>
+    <t>ул.Осми март № 48, изход Ардино</t>
+  </si>
+  <si>
     <t>с.Черноочене</t>
   </si>
   <si>
     <t>гл.път Хасково-Кърджали</t>
   </si>
   <si>
-    <t>Кърджали</t>
-[...4 lines deleted...]
-  <si>
     <t>Кърджали 2</t>
   </si>
   <si>
     <t>бул.Беломорски, Ардински мост, изх.Момчилград</t>
   </si>
   <si>
     <t>Кърджали 1, изход</t>
   </si>
   <si>
     <t>Kardjali 1</t>
   </si>
   <si>
     <t>Кърджали 2, център</t>
   </si>
   <si>
     <t>Kardjali 2</t>
   </si>
   <si>
     <t>Маказа</t>
   </si>
   <si>
     <t>ГКПП Маказа</t>
   </si>
   <si>
+    <t>8301 – Кърджали</t>
+  </si>
+  <si>
+    <t>КЪРДЖАЛИ, бул. "Беломорски", автогара</t>
+  </si>
+  <si>
     <t>8309 – Черноочене</t>
   </si>
   <si>
     <t>ЧЕРНООЧЕНЕ, м-ст "ЮСУФ ДУДУ", изход Хасково</t>
   </si>
   <si>
     <t>8310 – Джебел</t>
   </si>
   <si>
     <t>ДЖЕБЕЛ, ул. "Илдъръм"  № 23, Автогара</t>
   </si>
   <si>
-    <t>8301 – Кърджали</t>
-[...2 lines deleted...]
-    <t>КЪРДЖАЛИ, бул. "Беломорски", автогара</t>
+    <t>8304 – Ардино</t>
+  </si>
+  <si>
+    <t>АРДИНО, изход СМОЛЯН, м-ст "Любовна чешма"</t>
   </si>
   <si>
     <t>8306 – Момчиловград</t>
   </si>
   <si>
     <t>МОМЧИЛГРАД, изход КЪРДЖАЛИ</t>
   </si>
   <si>
+    <t>8307 – Крумовград</t>
+  </si>
+  <si>
+    <t>КРУМОВГРАД ПЪТЯ ЗА ИВАЙЛОВГРАД</t>
+  </si>
+  <si>
     <t>8308 – Подкова</t>
   </si>
   <si>
     <t>ПОДКОВА, ДЖЕБЕЛСКА РЕКА</t>
   </si>
   <si>
-    <t>8307 – Крумовград</t>
-[...8 lines deleted...]
-    <t>АРДИНО, изход СМОЛЯН, м-ст "Любовна чешма"</t>
+    <t>Кюстендил</t>
+  </si>
+  <si>
+    <t>ул.Софийско шосе 5</t>
   </si>
   <si>
     <t>Дупница</t>
   </si>
   <si>
     <t>ул.Саморанска</t>
   </si>
   <si>
-    <t>Кюстендил</t>
-[...2 lines deleted...]
-    <t>ул.Софийско шосе 5</t>
+    <t>ДУПНИЦА изход Самоков,ул. Самоковско шосе 32</t>
+  </si>
+  <si>
+    <t>Кюстендил 2</t>
+  </si>
+  <si>
+    <t>КЮСТЕНДИЛ ул.Ал.Димитров (до гарата)</t>
   </si>
   <si>
     <t>Кюстендил 3</t>
   </si>
   <si>
     <t>бул.Софийско шосе, вх.София</t>
   </si>
   <si>
-    <t>Кюстендил 2</t>
-[...7 lines deleted...]
-  <si>
     <t>Kustendil</t>
   </si>
   <si>
     <t>2 Nikolicheski pat str, next to Velbuzhd factory</t>
   </si>
   <si>
     <t>Dupnica</t>
   </si>
   <si>
     <t>1 Sofiisko shose str.</t>
   </si>
   <si>
+    <t>0202 – Кюстендил</t>
+  </si>
+  <si>
+    <t>КЮСТЕНДИЛ, ул. "Гюешевско шосе", изход Гюешево</t>
+  </si>
+  <si>
     <t>0207 - КОЧЕРИНОВО</t>
   </si>
   <si>
     <t>КОЧЕРИНОВО  път Е79 м-ст "Брежето"</t>
   </si>
   <si>
-    <t>0202 – Кюстендил</t>
-[...4 lines deleted...]
-  <si>
     <t>0201 – Кюстендил</t>
   </si>
   <si>
     <t>КЮСТЕНДИЛ, бул. Софийско шосе, изход София</t>
   </si>
   <si>
     <t>0204 – Дупница</t>
   </si>
   <si>
     <t>ДУПНИЦА, ул. "Св. Иван Рилски"№ 317, изход за Благоевград</t>
   </si>
   <si>
     <t>0205 – Бобов дол</t>
   </si>
   <si>
     <t>БОБОВ  ДОЛ, изход Дупница</t>
   </si>
   <si>
     <t>Обект 5500 Ловеч</t>
   </si>
   <si>
     <t>гр. Ловеч, път II-35 Плевен - Троян</t>
   </si>
   <si>
     <t>Chimoil Бензин А95</t>
   </si>
   <si>
+    <t>с. Български извор</t>
+  </si>
+  <si>
+    <t>Боаза</t>
+  </si>
+  <si>
+    <t>БОАЗА на пътя Варна-София</t>
+  </si>
+  <si>
+    <t>Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ на изхода за Плевен, бул.Мизия</t>
+  </si>
+  <si>
+    <t>Тетевен</t>
+  </si>
+  <si>
+    <t>ул.Вършец 77, на изхода за Плевен</t>
+  </si>
+  <si>
     <t>Троян Верона 2002</t>
   </si>
   <si>
     <t>Троян, 5602 ул. Васил Левски №320</t>
   </si>
   <si>
-    <t>с. Български извор</t>
-[...17 lines deleted...]
-    <t>ул.Вършец 77, на изхода за Плевен</t>
+    <t>4405 – Троян</t>
+  </si>
+  <si>
+    <t>ТРОЯН, ул. "Генерал Карцов", изход за ,,Беклемето"</t>
+  </si>
+  <si>
+    <t>4401 – Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, ул. "Доктор Съйко Съев", на изхода за София</t>
   </si>
   <si>
     <t>4407 – Ловеч</t>
   </si>
   <si>
     <t>ЛОВЕЧ, бул. "Мизия"</t>
   </si>
   <si>
     <t>4413 – Тетевен</t>
   </si>
   <si>
     <t>ТЕТЕВЕН, ул. Вършец №67</t>
   </si>
   <si>
-    <t>4401 – Ловеч</t>
-[...10 lines deleted...]
-  <si>
     <t>4409 – Луковит</t>
   </si>
   <si>
     <t>ЛУКОВИТ, ул. "Възраждане", вход София</t>
   </si>
   <si>
+    <t>4411 – Златна Панега</t>
+  </si>
+  <si>
+    <t>ЗЛАТНА ПАНЕГА, главен път Плевен-София, изход София</t>
+  </si>
+  <si>
     <t>4418 – Малиново</t>
   </si>
   <si>
+    <t>4424 – гр.Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, гл. път 35, посока от Плевен към Троян (ул. Баховско шосе)</t>
+  </si>
+  <si>
     <t>4420 – Микре</t>
   </si>
   <si>
     <t>МИКРЕ, на пътя София-Варна м-ст "Дончовското", изход София</t>
   </si>
   <si>
-    <t>4424 – гр.Ловеч</t>
-[...10 lines deleted...]
-  <si>
     <t>4421 – Ябланица</t>
   </si>
   <si>
     <t>ЯБЛАНИЦА, кв. "Кът"</t>
   </si>
   <si>
     <t>Монтана</t>
   </si>
   <si>
     <t>бул.Трети март 145</t>
   </si>
   <si>
     <t>Лом</t>
   </si>
   <si>
     <t>кв.Младеново, ул. Софийска 4</t>
   </si>
   <si>
+    <t>Белотинци</t>
+  </si>
+  <si>
+    <t>с.Белотинци, Е 79</t>
+  </si>
+  <si>
+    <t>Монтана 2</t>
+  </si>
+  <si>
+    <t>ул. Ал.Стамболийски</t>
+  </si>
+  <si>
     <t>Лом 2</t>
   </si>
   <si>
     <t>Лом, Белоградчишко шосе</t>
   </si>
   <si>
-    <t>Монтана 2</t>
-[...10 lines deleted...]
-  <si>
     <t>Montana</t>
   </si>
   <si>
     <t>E-79, Sofia - Vratsa way</t>
   </si>
   <si>
     <t>3319 – Монтана</t>
   </si>
   <si>
     <t>МОНТАНА, бул. "Хр. Ботев" 66</t>
   </si>
   <si>
+    <t>3303 – Монтана</t>
+  </si>
+  <si>
+    <t>МОНТАНА, РУЖ. ШОСЕ, УЛ. "ВЕРЕНИШКА"</t>
+  </si>
+  <si>
     <t>3313 – Лом</t>
   </si>
   <si>
     <t>ЛОМ, м-ст "Бахчите", ул. Ал. Стамболийски</t>
   </si>
   <si>
-    <t>3303 – Монтана</t>
-[...2 lines deleted...]
-    <t>МОНТАНА, РУЖ. ШОСЕ, УЛ. "ВЕРЕНИШКА"</t>
+    <t>3309 – Мърчево</t>
+  </si>
+  <si>
+    <t>МЪРЧЕВО, ул. "Първа"№34,  изход ОРЯХОВО</t>
+  </si>
+  <si>
+    <t>3310 – Г. Геново</t>
+  </si>
+  <si>
+    <t>Г.ГЕНОВО, БЕЛОГРАДЧИШКО ШОСЕ</t>
   </si>
   <si>
     <t>3305 – Вършец</t>
   </si>
   <si>
     <t>ВЪРШЕЦ, ул. "Република", вход от ВРАЦА</t>
   </si>
   <si>
-    <t>3309 – Мърчево</t>
-[...10 lines deleted...]
-  <si>
     <t>3308 – Вълчедръм</t>
   </si>
   <si>
     <t>ВЪЛЧЕДРЪМ, ул. "Георги Карлов", ИЗХОД ЛОМ</t>
   </si>
   <si>
+    <t>Круиз Пазарджик 884</t>
+  </si>
+  <si>
+    <t>бул. Георги Бенковски 142</t>
+  </si>
+  <si>
+    <t>Круиз Магистрала Тракия 61 км 848</t>
+  </si>
+  <si>
+    <t>булевард „България", 4498 Долно вършило</t>
+  </si>
+  <si>
     <t>Круиз Велинград 883</t>
   </si>
   <si>
     <t>ул. Патриарх Евтимий 1</t>
   </si>
   <si>
-    <t>Круиз Пазарджик 884</t>
-[...10 lines deleted...]
-  <si>
     <t>Пазарджик 2</t>
   </si>
   <si>
     <t>Пазарджик, Пловдивско шосе, след OMV</t>
   </si>
   <si>
+    <t>Панагюрище</t>
+  </si>
+  <si>
+    <t>вход от Оборище</t>
+  </si>
+  <si>
     <t>Пазарджик 3</t>
   </si>
   <si>
     <t>Пазарджик ,ул. Христо Касап Велев №2</t>
   </si>
   <si>
-    <t>Панагюрище</t>
-[...2 lines deleted...]
-    <t>вход от Оборище</t>
+    <t>Пещера</t>
+  </si>
+  <si>
+    <t>ПЕЩЕРА,ул. Михаил Такев 9</t>
+  </si>
+  <si>
+    <t>Велинград</t>
+  </si>
+  <si>
+    <t>ул.Хан Аспарух №2</t>
+  </si>
+  <si>
+    <t>Velingrad</t>
+  </si>
+  <si>
+    <t>74 Industrialna str.</t>
+  </si>
+  <si>
+    <t>Пазарджик Царица Йоана</t>
+  </si>
+  <si>
+    <t>Пазарджик, ул. „Царица Йоанна“ 16</t>
   </si>
   <si>
     <t>Пазарджик</t>
   </si>
   <si>
     <t>ул. Христо Касапвелев, до казармата</t>
   </si>
   <si>
-    <t>Велинград</t>
-[...16 lines deleted...]
-  <si>
     <t>Pazardjik</t>
   </si>
   <si>
     <t>Stoyan Angelov str, Ring road</t>
   </si>
   <si>
-    <t>Velingrad</t>
-[...2 lines deleted...]
-    <t>74 Industrialna str.</t>
+    <t>АМ Тракия- 88км.</t>
   </si>
   <si>
     <t>АМ "Тракия" - 88 км. север</t>
   </si>
   <si>
-    <t>АМ Тракия- 88км.</t>
-[...1 lines deleted...]
-  <si>
     <t>5208 – Панагюрище</t>
   </si>
   <si>
     <t>ПАНАГЮРИЩЕ, ул. "Г. Бенковски"</t>
   </si>
   <si>
+    <t>5202 – Пазарджик</t>
+  </si>
+  <si>
+    <t>ПАЗАРДЖИК, бул. "Цар Освободител" № 43</t>
+  </si>
+  <si>
     <t>5211 – Велинград</t>
   </si>
   <si>
     <t>ВЕЛИНГРАД, ул. "Хр. Ботев"  № 41</t>
   </si>
   <si>
-    <t>5202 – Пазарджик</t>
-[...4 lines deleted...]
-  <si>
     <t>5210 – Батак</t>
   </si>
   <si>
     <t>БАТАК, местност "Превала"</t>
   </si>
   <si>
+    <t>5205 – Септември</t>
+  </si>
+  <si>
+    <t>СЕПТЕМВРИ, ул. "Велинградско шосе"</t>
+  </si>
+  <si>
     <t>5206 – Белово</t>
   </si>
   <si>
     <t>БЕЛОВО, ул. "Освобождение" № 177</t>
   </si>
   <si>
-    <t>5205 – Септември</t>
-[...2 lines deleted...]
-    <t>СЕПТЕМВРИ, ул. "Велинградско шосе"</t>
+    <t>5215 – Калугерово</t>
+  </si>
+  <si>
+    <t>КАЛУГЕРОВО, АМ "Тракия", посока Пловдив</t>
   </si>
   <si>
     <t>5216 – Церово</t>
   </si>
   <si>
     <t>ЦЕРОВО, АМ "Тракия", посока София</t>
   </si>
   <si>
-    <t>5215 – Калугерово</t>
-[...2 lines deleted...]
-    <t>КАЛУГЕРОВО, АМ "Тракия", посока Пловдив</t>
+    <t>Плевен</t>
+  </si>
+  <si>
+    <t>кв."Сторгозия", до ЛВТ</t>
   </si>
   <si>
     <t>Белене</t>
   </si>
   <si>
-    <t>Плевен</t>
-[...2 lines deleted...]
-    <t>кв."Сторгозия", до ЛВТ</t>
+    <t>Плевен 2</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН при КАТ-север, изход Русе</t>
+  </si>
+  <si>
+    <t>Плевен 3</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН на изхода за София</t>
   </si>
   <si>
     <t>Левски</t>
   </si>
   <si>
     <t>ЛЕВСКИ изход Плевен</t>
   </si>
   <si>
-    <t>Плевен 3</t>
-[...10 lines deleted...]
-  <si>
     <t>Pleven 1</t>
   </si>
   <si>
     <t>Hristo Botev blvd</t>
   </si>
   <si>
     <t>Pleven, Mizia</t>
   </si>
   <si>
     <t>2 Bulgarska aviaciya str</t>
   </si>
   <si>
     <t>4101 – Плевен</t>
   </si>
   <si>
     <t>ПЛЕВЕН, ул. Сан Стефано", парк "Кайлъка"</t>
   </si>
   <si>
+    <t>4123 – Белене</t>
+  </si>
+  <si>
+    <t>БЕЛЕНЕ, ул. "България", изход Плевен</t>
+  </si>
+  <si>
+    <t>4127 – Левски</t>
+  </si>
+  <si>
+    <t>ЛЕВСКИ, ул."Цар Иван Асен II", изход за Плевен</t>
+  </si>
+  <si>
     <t>4102 – Плевен</t>
   </si>
   <si>
     <t>ПЛЕВЕН, ул. "Гривишко шосе"</t>
   </si>
   <si>
-    <t>4123 – Белене</t>
-[...8 lines deleted...]
-    <t>ЛЕВСКИ, ул."Цар Иван Асен II", изход за Плевен</t>
+    <t>4110 – Червен бряг</t>
+  </si>
+  <si>
+    <t>ЧЕРВЕН БРЯГ, ул. "Софроний Врачански", до ЖП гарата</t>
   </si>
   <si>
     <t>4109 – Червен бряг</t>
   </si>
   <si>
     <t>ЧЕРВЕН БРЯГ, до база "Петрол"</t>
   </si>
   <si>
-    <t>4110 – Червен бряг</t>
-[...4 lines deleted...]
-  <si>
     <t>3109 – Кнежа</t>
   </si>
   <si>
     <t>КНЕЖА, ул. "Д. БУТАНСКИ" №4</t>
   </si>
   <si>
+    <t>4111 – Радомирци</t>
+  </si>
+  <si>
+    <t>РАДОМИРЦИ, пътя Плевен - София</t>
+  </si>
+  <si>
     <t>4113 – Българене</t>
   </si>
   <si>
     <t>БЪЛГАРЕНЕ, на пътя за Русе</t>
   </si>
   <si>
     <t>4114 – Гулянци</t>
   </si>
   <si>
     <t>ГУЛЯНЦИ, на изхода за Никопол</t>
   </si>
   <si>
-    <t>4111 – Радомирци</t>
-[...2 lines deleted...]
-    <t>РАДОМИРЦИ, пътя Плевен - София</t>
+    <t>Студена</t>
+  </si>
+  <si>
+    <t>с.Студена</t>
   </si>
   <si>
     <t>Перник</t>
   </si>
   <si>
     <t xml:space="preserve"> кв.Ладовица</t>
   </si>
   <si>
-    <t>Студена</t>
-[...2 lines deleted...]
-    <t>с.Студена</t>
+    <t>Радомир</t>
+  </si>
+  <si>
+    <t>РАДОМИР, ул. Райко Даскалов</t>
+  </si>
+  <si>
+    <t>Перник 2</t>
+  </si>
+  <si>
+    <t>ПЕРНИК кв.Граово</t>
   </si>
   <si>
     <t>Брезник</t>
   </si>
   <si>
     <t>ГР. БРЕЗНИК изход Трън, ул. Г. Бунджелов 74</t>
   </si>
   <si>
-    <t>Перник 2</t>
-[...10 lines deleted...]
-  <si>
     <t>Pernik 1</t>
   </si>
   <si>
     <t>Jurii Gagarin blvd</t>
   </si>
   <si>
     <t>Pernik, Stomana</t>
   </si>
   <si>
     <t>STOMANA, Skorostna magistrala str</t>
   </si>
   <si>
     <t>7311 – Драгичево</t>
   </si>
   <si>
     <t>ДРАГИЧЕВО, вход АМ Люлин, изход София</t>
   </si>
   <si>
     <t>7316 - Перник</t>
   </si>
   <si>
     <t>Перник, ул. Юрий Гагарин" - вход от София</t>
   </si>
   <si>
+    <t>7305 – Извор</t>
+  </si>
+  <si>
+    <t>ИЗВОР, път Радомир-Кюстендил, изход Кюстендил</t>
+  </si>
+  <si>
     <t>7308 – Трън</t>
   </si>
   <si>
     <t>ТРЪН, изход за ГКПП</t>
   </si>
   <si>
-    <t>7305 – Извор</t>
-[...4 lines deleted...]
-  <si>
     <t>7315 - Студена</t>
   </si>
   <si>
     <t>Студена, АМ Струма 70+210 КМ, посока Кулата</t>
   </si>
   <si>
     <t>Круиз Пловдив 850</t>
   </si>
   <si>
     <t>бул. „Александър Стамболийски“ 9А</t>
   </si>
   <si>
     <t>Круиз Карлово 429</t>
   </si>
   <si>
     <t>гр. Карлово , местност Борчетата ул. Теофан Райнов №1</t>
   </si>
   <si>
+    <t>Пловдив Пещерско</t>
+  </si>
+  <si>
+    <t xml:space="preserve">бул."Пещерско шосе" </t>
+  </si>
+  <si>
+    <t>Пловдив Изток</t>
+  </si>
+  <si>
+    <t>бул. Освобождение 3, до хотел SPS</t>
+  </si>
+  <si>
     <t>ПловдивЦариградско</t>
   </si>
   <si>
     <t>ПЛОВДИВ Цариградско шосе</t>
   </si>
   <si>
-    <t>Пловдив Пещерско</t>
-[...8 lines deleted...]
-    <t>бул. Освобождение 3, до хотел SPS</t>
+    <t>Plovdiv, Tzarigradsko</t>
+  </si>
+  <si>
+    <t>TZARIGRADSKO shose blvd - 5A</t>
   </si>
   <si>
     <t>Plovdiv, Peshtersko</t>
   </si>
   <si>
     <t>PESHTERSKO Shose Str - 156</t>
   </si>
   <si>
+    <t>Асеновград</t>
+  </si>
+  <si>
+    <t>с.Крумово, вход Пловдив</t>
+  </si>
+  <si>
+    <t>Пловдив, Толакс</t>
+  </si>
+  <si>
+    <t>ул.Асеновградско шосе, до КАТ пункт</t>
+  </si>
+  <si>
+    <t>Пещерско шосе 2</t>
+  </si>
+  <si>
+    <t>Пловдив, бул.Пещерско шосе №138</t>
+  </si>
+  <si>
+    <t>Карлово</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ул.Генерал Карцов №44</t>
+  </si>
+  <si>
+    <t>Първомай</t>
+  </si>
+  <si>
+    <t>ПЪРВОМАЙ, ул. Княз Борис 78 А</t>
+  </si>
+  <si>
+    <t>АСЕНОВГРАД Първомайско шосе,ул. Иван Асен 2 № 97</t>
+  </si>
+  <si>
+    <t>Пловдив</t>
+  </si>
+  <si>
+    <t>бул.Пазарджишко шосе, изх.Пазарджик</t>
+  </si>
+  <si>
+    <t>Куклен</t>
+  </si>
+  <si>
+    <t>Куклен, Асеновградско шосе, разклона КЦМ</t>
+  </si>
+  <si>
+    <t>Асеновград ДЕЛТА ОЙЛ</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ БУЛ.Цар Борис 3, Обединител 4</t>
+  </si>
+  <si>
     <t>Йоаким Груево</t>
   </si>
   <si>
     <t xml:space="preserve">С.ЙОАКИМ ГРУЕВО </t>
   </si>
   <si>
-    <t>Пловдив</t>
-[...11 lines deleted...]
-    <t>Асеновград ДЕЛТА ОЙЛ</t>
+    <t>Plovdiv, V. Aprilov</t>
+  </si>
+  <si>
+    <t>VASIL APRILOV blvd - 156</t>
+  </si>
+  <si>
+    <t>Пловдив Карловско 2</t>
+  </si>
+  <si>
+    <t>Карловско шосе</t>
+  </si>
+  <si>
+    <t>Карловско</t>
+  </si>
+  <si>
+    <t>Пловдив, Карловско шосе</t>
+  </si>
+  <si>
+    <t>бул.България,с/у "Захарна фабрика"</t>
+  </si>
+  <si>
+    <t>Сопот</t>
+  </si>
+  <si>
+    <t>Сопот, бул. Иван Вазов №1-А</t>
+  </si>
+  <si>
+    <t>Пловдив 1 - Садово</t>
+  </si>
+  <si>
+    <t>Садово, пътя Свиленград-Пловдив</t>
   </si>
   <si>
     <t>Пловдив юг</t>
   </si>
   <si>
     <t>Садово, пътя Пловдив-Свиленград</t>
   </si>
   <si>
-    <t>бул.Пазарджишко шосе, изх.Пазарджик</t>
-[...40 lines deleted...]
-  <si>
     <t>Пловдив, 6-ти септември</t>
   </si>
   <si>
     <t>бул. 6-ти септември</t>
   </si>
   <si>
-    <t>Куклен</t>
-[...23 lines deleted...]
-    <t>Пловдив, Карловско шосе</t>
+    <t>Asenovgrad</t>
+  </si>
+  <si>
+    <t>ASENOVGRAD Road - 8th km at ІІ-86 road to Asenovgrad</t>
+  </si>
+  <si>
+    <t>Plovdiv. Kuklensko</t>
+  </si>
+  <si>
+    <t>KUKLENSKO SHOSE str</t>
+  </si>
+  <si>
+    <t>Plovdiv, Botev</t>
+  </si>
+  <si>
+    <t>BOTEV, 8 Sergei Rumyancev blvd</t>
   </si>
   <si>
     <t>Plovdiv, Stamboliiski</t>
   </si>
   <si>
     <t>BYALATA VODENICA,  corner of Al. Stamboliiski blvd and D. Talev str</t>
   </si>
   <si>
-    <t>Plovdiv, V. Aprilov</t>
-[...22 lines deleted...]
-  <si>
     <t>Plovdiv, Bulgaria</t>
   </si>
   <si>
     <t>BULGARIA blvd</t>
   </si>
   <si>
+    <t>Radinovo</t>
+  </si>
+  <si>
+    <t>At the 119th km of Trakia highway</t>
+  </si>
+  <si>
+    <t>Тракия 154</t>
+  </si>
+  <si>
     <t>АМ Тракия 154км</t>
   </si>
   <si>
+    <t>Trakia</t>
+  </si>
+  <si>
+    <t>TRAKIA Highway - 122 km</t>
+  </si>
+  <si>
     <t>АМ Тракия 154км - Север</t>
   </si>
   <si>
-    <t>Тракия 154</t>
+    <t>5139 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, жк. "ТРАКИЯ", бул. "ЦАР СИМЕОН"</t>
+  </si>
+  <si>
+    <t>5104 - Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, Бул. "Найчо Цанов", "АСЕНОВГРАДСКО ШОСЕ"</t>
+  </si>
+  <si>
+    <t>5106 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, бул. ".В.АПРИЛОВ" №76</t>
+  </si>
+  <si>
+    <t>5110 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, бул. "БЪЛГАРИЯ"</t>
+  </si>
+  <si>
+    <t>5121 – Раковски</t>
+  </si>
+  <si>
+    <t>РАКОВСКИ, кв. "Парчевич"</t>
+  </si>
+  <si>
+    <t>5122 – Пловдив</t>
+  </si>
+  <si>
+    <t>БРЕСТНИК, бул. "Асеновградско шосе", местност "Горна Каба"</t>
+  </si>
+  <si>
+    <t>5123 – Асеновград</t>
+  </si>
+  <si>
+    <t>АСЕНОВГРАД, ул. "БАЧКОВСКО ШОСЕ"</t>
   </si>
   <si>
     <t>5138 – Карлово</t>
   </si>
   <si>
     <t>КАРЛОВО, ул. "Теофан Райнов", посока Куртово</t>
   </si>
   <si>
-    <t>Radinovo</t>
-[...52 lines deleted...]
-  <si>
     <t>5135 – Белозем</t>
   </si>
   <si>
     <t>БЕЛОЗЕМ, посока Център</t>
   </si>
   <si>
+    <t>5131 – Хисаря</t>
+  </si>
+  <si>
+    <t>ХИСАР, ул. "Хр. Ботев" 20 А</t>
+  </si>
+  <si>
+    <t>5120 – Съединение</t>
+  </si>
+  <si>
+    <t>СЪЕДИНЕНИЕ, м/у ул. "Найден Команов" и бул. "Пловдив"</t>
+  </si>
+  <si>
+    <t>5134 – Перущица</t>
+  </si>
+  <si>
+    <t>ПЕРУЩИЦА,  ул. "Иван Вазов" №1А</t>
+  </si>
+  <si>
+    <t>5117 – Кричим</t>
+  </si>
+  <si>
+    <t>КРИЧИМ, бул. "Тракия" №22</t>
+  </si>
+  <si>
     <t>5119 – Орта Хан</t>
   </si>
   <si>
     <t>ЦАЛАПИЦА, местност Орта хан</t>
   </si>
   <si>
-    <t>5117 – Кричим</t>
-[...22 lines deleted...]
-  <si>
     <t>5133 – Пловдив</t>
   </si>
   <si>
     <t>ПЛОВДИВ, АМ "ТРАКИЯ" 124 КМ., Посока Бургас-София</t>
   </si>
   <si>
     <t>Пловдив метан</t>
   </si>
   <si>
     <t>Пловдив, бул. Ягодовско Шосе №0</t>
   </si>
   <si>
     <t>2020-07-15</t>
   </si>
   <si>
     <t>Разград</t>
   </si>
   <si>
     <t>ул.Априлско въстание, до Автогарата</t>
   </si>
   <si>
     <t>Разград 2</t>
   </si>
   <si>
     <t>ул.Перистър, до КАТ, изх.Русе</t>
   </si>
   <si>
     <t>Разград Еко</t>
   </si>
   <si>
     <t>ул. Перистър 6Б, Разград, Разград</t>
   </si>
   <si>
     <t>6202 – Разград</t>
   </si>
   <si>
     <t>РАЗГРАД   на гл.път   Русе - Варна</t>
   </si>
   <si>
+    <t>Круиз Русе 2 303</t>
+  </si>
+  <si>
+    <t>бул. 3-ти март</t>
+  </si>
+  <si>
     <t>Круиз Русе 891</t>
   </si>
   <si>
     <t>бул. „България“ 310</t>
   </si>
   <si>
-    <t>Круиз Русе 2 303</t>
-[...4 lines deleted...]
-  <si>
     <t>Русе</t>
   </si>
   <si>
     <t>Русе, до Метро,ул. 3 ти март, изх.за София</t>
   </si>
   <si>
     <t>Русе - 3</t>
   </si>
   <si>
     <t>бул.България, Дунав мост</t>
   </si>
   <si>
     <t>Русе 4</t>
   </si>
   <si>
     <t>РУСЕ ул.Рила №3 стара поща</t>
   </si>
   <si>
     <t>Русе 5</t>
   </si>
   <si>
     <t>РУСЕ - ВОДЕН РУСЕ  ул. Наум</t>
   </si>
   <si>
     <t>Бяла</t>
   </si>
   <si>
     <t>Гара Бяла, магистрала Е-85</t>
   </si>
   <si>
     <t>бул.Христо Ботев 1-вх.Варна</t>
   </si>
   <si>
+    <t>Ruse, Drujba</t>
+  </si>
+  <si>
+    <t>DRUJBA, 40 Hr. Botev blvd</t>
+  </si>
+  <si>
+    <t>Ruse, Bulgaria</t>
+  </si>
+  <si>
+    <t>BULGARIA blvd. - 206</t>
+  </si>
+  <si>
     <t>Ruse, Lipnik</t>
   </si>
   <si>
     <t>LIPNIK blvd - 3</t>
   </si>
   <si>
-    <t>Ruse, Bulgaria</t>
-[...10 lines deleted...]
-  <si>
     <t>6104 – Русе</t>
   </si>
   <si>
     <t>РУСЕ, бул. "Липник" №128, до  КАТ</t>
   </si>
   <si>
     <t>6106 – Русе</t>
   </si>
   <si>
     <t>РУСЕ, бул. "Христо Ботев", път Русе - Варна</t>
   </si>
   <si>
     <t>6705 - Русе</t>
   </si>
   <si>
     <t>РУСЕ, ул. "Кариера", по пътя към Дунав мост</t>
   </si>
   <si>
+    <t>6109 – Две могили</t>
+  </si>
+  <si>
+    <t>ДВЕ МОГИЛИ,  ул. "Черно море" № 5</t>
+  </si>
+  <si>
+    <t>6210 – Сеново</t>
+  </si>
+  <si>
+    <t>СЕНОВО до МОК "Каолиново" гр. Сеново</t>
+  </si>
+  <si>
     <t>6110 – Бяла</t>
   </si>
   <si>
     <t>БЯЛА, бул. "Кольо Фичето" на гл.път  Русе - София</t>
   </si>
   <si>
-    <t>6109 – Две могили</t>
-[...10 lines deleted...]
-  <si>
     <t>Силистра</t>
   </si>
   <si>
     <t>ГКПП Силистра</t>
   </si>
   <si>
     <t>6305 – Дулово</t>
   </si>
   <si>
     <t>ДУЛОВО  на път Силистра - Шумен</t>
   </si>
   <si>
     <t>6307 – Зафирово</t>
   </si>
   <si>
     <t>ЗАФИРОВО на път Русе - Силистра</t>
   </si>
   <si>
+    <t>6308 – Алфатар</t>
+  </si>
+  <si>
+    <t>АЛФАТАР, ул. "Олшанка"</t>
+  </si>
+  <si>
     <t>6309 – Тутракан</t>
   </si>
   <si>
     <t>ТУТРАКАН на път  Русе - Силистра</t>
   </si>
   <si>
-    <t>6308 – Алфатар</t>
-[...4 lines deleted...]
-  <si>
     <t>Круиз Тутракан 473</t>
   </si>
   <si>
     <t>ул. Силистра 65</t>
   </si>
   <si>
     <t>2023-12-01</t>
   </si>
   <si>
+    <t>Круиз Сливен 316</t>
+  </si>
+  <si>
+    <t>Сливен, Сини камъни до бл.17</t>
+  </si>
+  <si>
+    <t>Сливен 1</t>
+  </si>
+  <si>
+    <t>Бургаско шосе, до държ.резерв</t>
+  </si>
+  <si>
+    <t>Сливен 2</t>
+  </si>
+  <si>
+    <t>кв. Клуцохор, изх.за гр.Елена</t>
+  </si>
+  <si>
+    <t>Твърдица</t>
+  </si>
+  <si>
+    <t>гр.Твърдица</t>
+  </si>
+  <si>
+    <t>Сливен 3</t>
+  </si>
+  <si>
+    <t>кв.Речица</t>
+  </si>
+  <si>
+    <t>Sliven 2</t>
+  </si>
+  <si>
+    <t>STAROZAGORSKO shose str, next to KAT</t>
+  </si>
+  <si>
+    <t>Нова Загора 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> на път Русе-Елхово/София-Бургас</t>
+  </si>
+  <si>
+    <t>Сливен 4</t>
+  </si>
+  <si>
+    <t>СЛИВЕН в града до пазара,ул. Симеон № 7</t>
+  </si>
+  <si>
+    <t>Сливен 5</t>
+  </si>
+  <si>
+    <t>СЛИВЕН ул.Старозагорско шосе</t>
+  </si>
+  <si>
+    <t>Sliven 1</t>
+  </si>
+  <si>
+    <t>Corner of Bratya Miladinovi blvd and Tsar Simeon blvd</t>
+  </si>
+  <si>
+    <t>Нова Загора</t>
+  </si>
+  <si>
+    <t>Н.Загора по пътя за Свиленград</t>
+  </si>
+  <si>
+    <t>Trakia,243km (ezero)  Nova Zagora</t>
+  </si>
+  <si>
+    <t>км, Автомагистрала „Тракия“ 243, 8900 Нова Загора</t>
+  </si>
+  <si>
     <t>Agroprotect OOD</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Нова Загора, бул. Сливенско шосе</t>
   </si>
   <si>
     <t>Бензин А95</t>
   </si>
   <si>
     <t>2021-08-24</t>
   </si>
   <si>
-    <t>Круиз Сливен 316</t>
-[...4 lines deleted...]
-  <si>
     <t>Бензин А100</t>
   </si>
   <si>
-    <t>Сливен 5</t>
-[...62 lines deleted...]
-    <t>км, Автомагистрала „Тракия“ 243, 8900 Нова Загора</t>
+    <t>1208 – Нова Загора</t>
+  </si>
+  <si>
+    <t>НОВА ЗАГОРА, изход Раднево</t>
   </si>
   <si>
     <t>1210 – Сливен</t>
   </si>
   <si>
     <t>СЛИВЕН, м-ст "РАМАНУША", път Бургас-Сливен</t>
   </si>
   <si>
     <t>1201 – Сливен</t>
   </si>
   <si>
     <t>СЛИВЕН, ул. "Д. Пехливанов" № 13</t>
   </si>
   <si>
-    <t>1208 – Нова Загора</t>
-[...4 lines deleted...]
-  <si>
     <t>1207 – Твърдица</t>
   </si>
   <si>
     <t>ТВЪРДИЦА, ул. "Княз Борис I"</t>
   </si>
   <si>
     <t>1209 – Котел</t>
   </si>
   <si>
     <t>КОТЕЛ, пътя Ямбол - Шумен</t>
   </si>
   <si>
     <t>Смолян</t>
   </si>
   <si>
     <t>кв.Райково, до Стадиона</t>
   </si>
   <si>
+    <t>Smolyan</t>
+  </si>
+  <si>
+    <t>Rodopi str</t>
+  </si>
+  <si>
     <t>Чепеларе</t>
   </si>
   <si>
     <t>ул.Беломорска №4А</t>
   </si>
   <si>
-    <t>Smolyan</t>
-[...4 lines deleted...]
-  <si>
     <t>5301 – Устово</t>
   </si>
   <si>
     <t>СМОЛЯН, кв. "УСТОВО"</t>
   </si>
   <si>
+    <t>5309 – Златоград</t>
+  </si>
+  <si>
+    <t>ЗЛАТОГРАД, ул. "България" № 31</t>
+  </si>
+  <si>
+    <t>5311 – Рудозем</t>
+  </si>
+  <si>
+    <t>РУДОЗЕМ,  ул. "Хан Аспарух"</t>
+  </si>
+  <si>
+    <t>5313 – Неделино</t>
+  </si>
+  <si>
+    <t>НЕДЕЛИНО, изход за Златоград</t>
+  </si>
+  <si>
+    <t>5306 – Девин</t>
+  </si>
+  <si>
+    <t>ДЕВИН, ул. "Освобождение"</t>
+  </si>
+  <si>
+    <t>5307 – Пампорово</t>
+  </si>
+  <si>
+    <t>ЧЕПЕЛАРЕ, к.к. Пампорово</t>
+  </si>
+  <si>
     <t>5308 – Средногорци</t>
   </si>
   <si>
     <t>СРЕДНОГОРЦИ, ул. "Здравец" №18</t>
   </si>
   <si>
-    <t>5309 – Златоград</t>
-[...26 lines deleted...]
-    <t>РУДОЗЕМ,  ул. "Хан Аспарух"</t>
+    <t>Круиз Гео Милев 613</t>
+  </si>
+  <si>
+    <t>ул. „Гео Милев“ 71, 1111 София</t>
+  </si>
+  <si>
+    <t>Круиз Първа Българска Армия 674</t>
+  </si>
+  <si>
+    <t>ул. „Първа българска армия“ 90, 1225 София</t>
   </si>
   <si>
     <t>Сакса 326</t>
   </si>
   <si>
     <t>София, 1618 ул. Бойчо Бойчев №4</t>
   </si>
   <si>
-    <t>Круиз Гео Милев 613</t>
-[...2 lines deleted...]
-    <t>ул. „Гео Милев“ 71, 1111 София</t>
+    <t>Круиз Бухово 614</t>
+  </si>
+  <si>
+    <t>бул. Никола Бонев</t>
+  </si>
+  <si>
+    <t>Круиз Слатина 618</t>
+  </si>
+  <si>
+    <t>гр. София, бул. Асен Йорданов №4А</t>
+  </si>
+  <si>
+    <t>Обект 1001 Химойл София</t>
+  </si>
+  <si>
+    <t>бул. Професор Цветан Лазаров 15</t>
+  </si>
+  <si>
+    <t>Сточна гара</t>
+  </si>
+  <si>
+    <t>СОФИЯ Сточна гара</t>
+  </si>
+  <si>
+    <t>София</t>
+  </si>
+  <si>
+    <t>бул.Тодор Александров</t>
+  </si>
+  <si>
+    <t>София-Несторов</t>
+  </si>
+  <si>
+    <t>Красна поляна, бул."К.Величков"</t>
+  </si>
+  <si>
+    <t>ул. Асен Йорданов</t>
+  </si>
+  <si>
+    <t>Суходол</t>
+  </si>
+  <si>
+    <t>София Дружба</t>
+  </si>
+  <si>
+    <t>ул. Илия Бешков 6</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> кв.Орландовци, до ДЗИ</t>
+  </si>
+  <si>
+    <t>Горна Баня</t>
+  </si>
+  <si>
+    <t>СОФИЯ кв.Горна баня</t>
   </si>
   <si>
     <t>Западен парк</t>
   </si>
   <si>
     <t>бул.Европа-Орион-Зап.парк</t>
   </si>
   <si>
-    <t>Круиз Първа Българска Армия 674</t>
-[...46 lines deleted...]
-  <si>
     <t>Червено знаме</t>
   </si>
   <si>
     <t>София, бул.Шипченски проход</t>
   </si>
   <si>
-    <t>бул.Тодор Александров</t>
-[...11 lines deleted...]
-    <t>бул. Професор Цветан Лазаров 15</t>
+    <t>Sofia, K. Velichkov</t>
+  </si>
+  <si>
+    <t>KONSTANTIN VELICHKOV blvd corner and Doctor Kalinkov str</t>
+  </si>
+  <si>
+    <t>Sofia, Slivnica</t>
+  </si>
+  <si>
+    <t>SLIVNICA blvd - 8A</t>
+  </si>
+  <si>
+    <t>Sofia, Shipchenski</t>
+  </si>
+  <si>
+    <t>SHIPCHENSKI prohod blvd in front of Elektronika factory</t>
+  </si>
+  <si>
+    <t>Sofia, Vazov</t>
+  </si>
+  <si>
+    <t>VLADIMIR VAZOV and corner - Veleka str</t>
+  </si>
+  <si>
+    <t>Sofia, Orion</t>
+  </si>
+  <si>
+    <t>ORION, 1 Adam Mickevits str, Moderno predgradie r.c.</t>
+  </si>
+  <si>
+    <t>София Асен Йорданов</t>
+  </si>
+  <si>
+    <t>Asen Yordanov 4</t>
+  </si>
+  <si>
+    <t>Chepinci</t>
+  </si>
+  <si>
+    <t>CHEPINCI, Okolovrusten pat</t>
+  </si>
+  <si>
+    <t>София Люлин</t>
+  </si>
+  <si>
+    <t>кв.Люлин-8, до Била</t>
+  </si>
+  <si>
+    <t>София-Метро2</t>
+  </si>
+  <si>
+    <t>София,жк.Република,Сф-Кулата</t>
+  </si>
+  <si>
+    <t>Ботевградско</t>
+  </si>
+  <si>
+    <t>Ботевградско шосе</t>
+  </si>
+  <si>
+    <t>Владая</t>
+  </si>
+  <si>
+    <t>Перник-София, преди Владая</t>
+  </si>
+  <si>
+    <t>Аерогара София, бул. Брюксел</t>
   </si>
   <si>
     <t>кв.Люлин-7, Тунела</t>
   </si>
   <si>
-    <t>София-Метро2</t>
-[...11 lines deleted...]
-    <t>Аерогара София, бул. Брюксел</t>
+    <t xml:space="preserve">Нови Искър </t>
+  </si>
+  <si>
+    <t>ул.Искърско дефиле №1</t>
+  </si>
+  <si>
+    <t>Горни богров</t>
+  </si>
+  <si>
+    <t>Богров</t>
+  </si>
+  <si>
+    <t>София Зоопарка</t>
+  </si>
+  <si>
+    <t>СОФИЯ до Зоопарка ж.к.Изгрев</t>
+  </si>
+  <si>
+    <t>Черния кос</t>
+  </si>
+  <si>
+    <t>СОФИЯ кв.Княжево Черния кос</t>
   </si>
   <si>
     <t>СОФИЯ бул.Бъкстон</t>
   </si>
   <si>
-    <t>Sofia, Slivnica</t>
-[...68 lines deleted...]
-    <t>VLADIMIR VAZOV and corner - Veleka str</t>
+    <t>Sofia, Rezbarska</t>
+  </si>
+  <si>
+    <t>RESBARSKA and corner Nikola Voinoski</t>
+  </si>
+  <si>
+    <t>Sofia, Lomsko</t>
+  </si>
+  <si>
+    <t>LOMSKO SHOSSE blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Lulin 1</t>
+  </si>
+  <si>
+    <t>LYULIN, corner of P.Vladigerov blvd &amp; 701 str</t>
+  </si>
+  <si>
+    <t>Sofia, Botevgradsko</t>
+  </si>
+  <si>
+    <t>BOTEVGRADSKO shose</t>
+  </si>
+  <si>
+    <t>Sofia, Bogorov</t>
+  </si>
+  <si>
+    <t>DOLNI BOGROV village</t>
+  </si>
+  <si>
+    <t>Sofia, Srebarna</t>
+  </si>
+  <si>
+    <t>SREBARNA str - 38</t>
+  </si>
+  <si>
+    <t>Sofia, Kamenodelska</t>
+  </si>
+  <si>
+    <t>KAMENODELSKA str - 9</t>
+  </si>
+  <si>
+    <t>Sofia Drujba 2</t>
+  </si>
+  <si>
+    <t>DRUZHBA 2, Dimitur Peshev str</t>
+  </si>
+  <si>
+    <t>Sofia Drujba 1</t>
+  </si>
+  <si>
+    <t>DRUZHBA 1, Prof.Tsvetan Lazarov blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Malinov blvd,</t>
+  </si>
+  <si>
+    <t>MLADOST,  37 Aleksander Malinov blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Knyajevo</t>
+  </si>
+  <si>
+    <t>KNYAJEVO, 362 Tsar Boris III blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Lulin C. Yoana</t>
+  </si>
+  <si>
+    <t>LYULIN-7, Tsaritsa Yoana blvd, next to Kirov Bosch</t>
+  </si>
+  <si>
+    <t>Тракия 1</t>
+  </si>
+  <si>
+    <t>АМ Тракия 1км</t>
+  </si>
+  <si>
+    <t>София, ок. път изток</t>
   </si>
   <si>
     <t>София ЛАДА ГРУП</t>
   </si>
   <si>
     <t>София, 1715 ул. Самара №1 (ж.к. Младост 4)</t>
   </si>
   <si>
-    <t>Тракия 1</t>
-[...74 lines deleted...]
-    <t>MLADOST,  37 Aleksander Malinov blvd</t>
+    <t>Sofia, Tzar Boris</t>
+  </si>
+  <si>
+    <t>TZAR BORIS III</t>
+  </si>
+  <si>
+    <t>Sofia, Boyana</t>
+  </si>
+  <si>
+    <t>BOYANA, Okolovrusten road, Manastirski livadi area</t>
+  </si>
+  <si>
+    <t>Sofia, Bulgaria</t>
+  </si>
+  <si>
+    <t>BULGARIA blvd and corner of Doctor St. Sarafov str</t>
+  </si>
+  <si>
+    <t>Sofiq, Cherni vrah</t>
+  </si>
+  <si>
+    <t>CHERNI VRAH blvd , r.c. Lozenetc,  /before Okolovrusten road/</t>
   </si>
   <si>
     <t>Sofia, Mladost ring</t>
   </si>
   <si>
     <t>4th km. roundabout MLADOST</t>
   </si>
   <si>
-    <t>Sofia, Srebarna</t>
-[...2 lines deleted...]
-    <t>SREBARNA str - 38</t>
+    <t>Sofia, Malinova</t>
+  </si>
+  <si>
+    <t>MALINOVA DOLINA, Okolovrusten pat</t>
   </si>
   <si>
     <t>Sofia, Vapcarov</t>
   </si>
   <si>
     <t>NIKOLA VAPCAROV blvd - 2A</t>
   </si>
   <si>
-    <t>Sofiq, Cherni vrah</t>
-[...28 lines deleted...]
-  <si>
     <t>7121 – София</t>
   </si>
   <si>
     <t>СОФИЯ, кв. "Слатина", бул. "Проф. Цветан Лазаров"</t>
   </si>
   <si>
     <t>7144 – София</t>
   </si>
   <si>
     <t>СОФИЯ, жк. "Надежда", ул. "Хан Кубрат"/околовръсно на Надежда/</t>
   </si>
   <si>
     <t>7106 – София</t>
   </si>
   <si>
     <t>СОФИЯ, жк. "Люлин"5, бул. "Петър Дертлиев"</t>
   </si>
   <si>
-    <t>София, ок. път изток</t>
+    <t>7116 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ ЛОЗЕН, местност "Мацаница", София мотел Изток</t>
+  </si>
+  <si>
+    <t>7102 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "Пенчо Славейков", срещу "Пирогов"</t>
+  </si>
+  <si>
+    <t>7103 – Банкя</t>
+  </si>
+  <si>
+    <t>СОФИЯ, кв. БАНКЯ, ул. "Стефан Стамболов", вход от Сливница</t>
   </si>
   <si>
     <t>7118 – София</t>
   </si>
   <si>
     <t>СОФИЯ, жк. "Младост" 3. бул. "Йордан Милев"</t>
   </si>
   <si>
-    <t>7116 – София</t>
-[...14 lines deleted...]
-    <t>СОФИЯ, кв. БАНКЯ, ул. "Стефан Стамболов", вход от Сливница</t>
+    <t>7125 – София</t>
+  </si>
+  <si>
+    <t>7129 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "Драган Цанков", срещу КАТ</t>
   </si>
   <si>
     <t>7151 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "Симеоновско шосе"</t>
   </si>
   <si>
-    <t>7129 – София</t>
-[...7 lines deleted...]
-  <si>
     <t>7104 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "К.Величков"/ ул. "Пиротска", ул."Татарли"</t>
   </si>
   <si>
     <t>София метан</t>
   </si>
   <si>
     <t>Никола Мушанов №120</t>
   </si>
   <si>
     <t>Круиз Правец 633</t>
   </si>
   <si>
     <t>гр. Правец, бул. 3ти март №14А</t>
   </si>
   <si>
     <t>Круиз Долна баня 639</t>
   </si>
   <si>
     <t>гр. Долна баня,ул. Търговска №1</t>
   </si>
   <si>
     <t>Круиз Живково 617</t>
   </si>
   <si>
     <t>Първокласен път Ихтиман - Самоков</t>
   </si>
   <si>
     <t>Костинброд</t>
   </si>
   <si>
     <t>бул.Ломско шосе</t>
   </si>
   <si>
+    <t>Самоков</t>
+  </si>
+  <si>
+    <t>Самоков на входа от Дупница</t>
+  </si>
+  <si>
+    <t>Самоков 2</t>
+  </si>
+  <si>
+    <t>САМОКОВ - градска</t>
+  </si>
+  <si>
+    <t>Костинец</t>
+  </si>
+  <si>
+    <t>гр.КОСТЕНЕЦ</t>
+  </si>
+  <si>
+    <t>Елин Пелин</t>
+  </si>
+  <si>
+    <t>Елин Пелин, Софийско шосе</t>
+  </si>
+  <si>
+    <t>Костинброд 2</t>
+  </si>
+  <si>
+    <t>КОСТИНБРОД ул.Ломско шосе</t>
+  </si>
+  <si>
+    <t>Пирдоп</t>
+  </si>
+  <si>
+    <t>ПИРДОП</t>
+  </si>
+  <si>
+    <t>Своге</t>
+  </si>
+  <si>
+    <t>СВОГЕ, бул. Дунав 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ботевград </t>
+  </si>
+  <si>
+    <t>Ботевград до автогарата</t>
+  </si>
+  <si>
     <t>Правец</t>
   </si>
   <si>
-    <t>Костинец</t>
-[...20 lines deleted...]
-    <t>Ботевград до автогарата</t>
+    <t>Svoge</t>
+  </si>
+  <si>
+    <t>SVOGE, 6B Iskar blvd</t>
+  </si>
+  <si>
+    <t>Разлив</t>
+  </si>
+  <si>
+    <t>Разлив, магистрала Хемус</t>
+  </si>
+  <si>
+    <t>Ihtiman</t>
+  </si>
+  <si>
+    <t>21st km of Trakia highway</t>
+  </si>
+  <si>
+    <t>Зелин</t>
+  </si>
+  <si>
+    <t>АМ Хемус 37км, Ботевград-Зелин</t>
+  </si>
+  <si>
+    <t>Ихтиман</t>
+  </si>
+  <si>
+    <t>М-л ИХТИМАН - магистрала юг</t>
+  </si>
+  <si>
+    <t>АМ Тракия 36км</t>
+  </si>
+  <si>
+    <t>Автомагистрала Тракия 36 км.Север</t>
   </si>
   <si>
     <t>Ceki Zahariev</t>
   </si>
   <si>
     <t>319 Ботевград</t>
   </si>
   <si>
     <t>бул. България 2140 Ботевград</t>
   </si>
   <si>
     <t>2025-04-24</t>
   </si>
   <si>
-    <t>Своге</t>
-[...56 lines deleted...]
-    <t>21st km of Trakia highway</t>
+    <t>7224 – Годеч</t>
+  </si>
+  <si>
+    <t>ГОДЕЧ, изход София</t>
   </si>
   <si>
     <t>7212 – Мирково</t>
   </si>
   <si>
     <t>МИРКОВО, до Керамичен завод "Мирково"</t>
   </si>
   <si>
-    <t>7224 – Годеч</t>
-[...2 lines deleted...]
-    <t>ГОДЕЧ, изход София</t>
+    <t>7207 – Ихтиман</t>
+  </si>
+  <si>
+    <t>ИХТИМАН, градска, ул. "Цар Освободител"</t>
+  </si>
+  <si>
+    <t>7210 – Самоков</t>
+  </si>
+  <si>
+    <t>САМОКОВ, ул. "Софийско шосе", изход София</t>
+  </si>
+  <si>
+    <t>7220 – Етрополе</t>
+  </si>
+  <si>
+    <t>ЕТРОПОЛЕ, бул.  "Руски", вход Златица</t>
   </si>
   <si>
     <t>7203 – Драгоман</t>
   </si>
   <si>
     <t>ДРАГОМАН, Автомагистрала "Европа" -дясно</t>
   </si>
   <si>
-    <t>7220 – Етрополе</t>
-[...16 lines deleted...]
-  <si>
     <t>7205 – Сливница</t>
   </si>
   <si>
     <t>СЛИВНИЦА, ул. "Паисий Хилендарски"№ 57</t>
   </si>
   <si>
     <t>7214 – Копривщица</t>
   </si>
   <si>
     <t>КОПРИВЩИЦА, ул. "Любен Каравелов"  № 80</t>
   </si>
   <si>
     <t>Круиз Стара Загора 2 886</t>
   </si>
   <si>
     <t>ул. „Армейска“ 18А</t>
   </si>
   <si>
     <t>Круиз Стара Загора 880</t>
   </si>
   <si>
     <t>бул. „Свети Патриарх Евтимий“ 5</t>
   </si>
   <si>
     <t>Стара Загора</t>
   </si>
   <si>
     <t>бул.Никола Петков, до СБА</t>
   </si>
   <si>
     <t>Казанлък 2</t>
   </si>
   <si>
     <t>бул. Александър Батенберг, вх.от Бургас</t>
   </si>
   <si>
+    <t>Стара Загора 2</t>
+  </si>
+  <si>
+    <t>СТАРА ЗАГОРА кв."Кольо Ганчев" изход за Димитровград</t>
+  </si>
+  <si>
+    <t>Чирпан</t>
+  </si>
+  <si>
+    <t>ЧИРПАН ПАРК "СТАРИ ГРОБИЩА" НА ИЗХОД ЗА СТ. З.</t>
+  </si>
+  <si>
+    <t>1924 Stara Zagora, Khan Asparuh</t>
+  </si>
+  <si>
+    <t>гр. Стара Загора, бул. “Св. Патриарх Евтимий” №192</t>
+  </si>
+  <si>
+    <t>Раднево</t>
+  </si>
+  <si>
+    <t>гл.път ІІ-57, кв.96</t>
+  </si>
+  <si>
+    <t>Kazanluk Bacho Kiro</t>
+  </si>
+  <si>
+    <t>Bacho Kiro str.</t>
+  </si>
+  <si>
+    <t>Dunavci,Kazanluk</t>
+  </si>
+  <si>
+    <t>main road Kazanluk - Sofia</t>
+  </si>
+  <si>
+    <t>S. Zagora 1</t>
+  </si>
+  <si>
+    <t>r.c. Zheleznik, on the way to Sofia</t>
+  </si>
+  <si>
+    <t>S. Zagora, South</t>
+  </si>
+  <si>
+    <t>PATRIARH EVTIMII blvd - 19A</t>
+  </si>
+  <si>
     <t>Казанлък</t>
   </si>
   <si>
     <t>бул. Александър Батенберг, изх.Бургас</t>
   </si>
   <si>
-    <t>Раднево</t>
-[...44 lines deleted...]
-    <t>PATRIARH EVTIMII blvd - 19A</t>
+    <t>8102 – Ст. Загора</t>
+  </si>
+  <si>
+    <t>СТАРА ЗАГОРА, ул. "КНЯЗ БОРИС I" КИНО "Ж. ДИМАНОВ"</t>
+  </si>
+  <si>
+    <t>8109 – Казанлък</t>
+  </si>
+  <si>
+    <t>КАЗАНЛЪК, изход БУРГАС</t>
+  </si>
+  <si>
+    <t>8106 – Раднево</t>
+  </si>
+  <si>
+    <t>РАДНЕВО, КВ. "37", ЮЖНО ОТ ГРАДА</t>
   </si>
   <si>
     <t>8110 – Казанлък</t>
   </si>
   <si>
     <t>КАЗАНЛЪК, изход СОФИЯ</t>
   </si>
   <si>
     <t>8121 – Ст. Загора</t>
   </si>
   <si>
     <t>СТ. ЗАГОРА, бул. "Никола Петков", изход БУРГАС</t>
   </si>
   <si>
     <t>8122 – Ст. Загора</t>
   </si>
   <si>
     <t>СТ. ЗАГОРА, ТК "СЛЪНЦЕ", ул. "Стамо Пулев"</t>
   </si>
   <si>
     <t>8126 – Чирпан</t>
   </si>
   <si>
     <t>ЧИРПАН, вход на града от Пловдив, Околовръстен път</t>
   </si>
   <si>
-    <t>8102 – Ст. Загора</t>
-[...16 lines deleted...]
-  <si>
     <t>8111 – Павел баня</t>
   </si>
   <si>
     <t>ПАВЕЛ БАНЯ, път СОФИЯ-БУРГАС, изход Калофер</t>
   </si>
   <si>
     <t>8116 – Гурково</t>
   </si>
   <si>
     <t>ГУРКОВО, път СОФИЯ-БУРГАС, вход Нова Загора</t>
   </si>
   <si>
     <t>8143- Оризово</t>
   </si>
   <si>
     <t>Оризово, Магистрала "Тракия", 162 км посока Бургас</t>
   </si>
   <si>
     <t>Круиз Омуртаг 474</t>
   </si>
   <si>
     <t>ул.Цар Освободител №37</t>
   </si>
   <si>
+    <t>Търговище</t>
+  </si>
+  <si>
+    <t>ул. 29-ти Януари №7</t>
+  </si>
+  <si>
     <t>Търговище 2</t>
   </si>
   <si>
     <t>до КАТ, изх.София</t>
   </si>
   <si>
-    <t>Търговище</t>
-[...4 lines deleted...]
-  <si>
     <t>Targovishte</t>
   </si>
   <si>
     <t>Industrial zone</t>
   </si>
   <si>
+    <t>6401 – Търговище</t>
+  </si>
+  <si>
+    <t>ТЪРГОВИЩЕ, бул. 29-ти  януари</t>
+  </si>
+  <si>
     <t>6403 – Омуртаг</t>
   </si>
   <si>
     <t>ОМУРТАГ, ул. "Цар Освободител" 37, на изхода за Търговище</t>
   </si>
   <si>
-    <t>6401 – Търговище</t>
-[...4 lines deleted...]
-  <si>
     <t>6409 - Попово</t>
   </si>
   <si>
     <t>ПОПОВО, на изхода за   Разград</t>
   </si>
   <si>
     <t>6404 – Антоново</t>
   </si>
   <si>
     <t>АНТОНОВО гл. път София - Варна</t>
   </si>
   <si>
+    <t>Круиз Хасково 472</t>
+  </si>
+  <si>
+    <t>ул. Трансмариска 146</t>
+  </si>
+  <si>
     <t>Круиз Генералово 570</t>
   </si>
   <si>
     <t>с.Генералово, местност Старите лозя</t>
   </si>
   <si>
-    <t>Круиз Хасково 472</t>
-[...4 lines deleted...]
-  <si>
     <t>Хасково</t>
   </si>
   <si>
     <t>бул.Съединение, след КАТ,изход Харманли</t>
   </si>
   <si>
+    <t>Dimitrovgrad</t>
+  </si>
+  <si>
+    <t>DIMITAR BLAGOEV blvd, next to the railway station</t>
+  </si>
+  <si>
+    <t>Haskovo 2</t>
+  </si>
+  <si>
+    <t>DIMITROVGRADSKO shose at exit of Sofia</t>
+  </si>
+  <si>
+    <t>Харманли</t>
+  </si>
+  <si>
+    <t>Тополовградско шосе, изх.Свиленград</t>
+  </si>
+  <si>
     <t>Хасково 2</t>
   </si>
   <si>
     <t>бул."Освобождение", изх. Кърджали</t>
   </si>
   <si>
-    <t>Харманли</t>
-[...16 lines deleted...]
-  <si>
     <t>Haskovo 1</t>
   </si>
   <si>
     <t>VASIL LEVSKI blvd, next to Tobacco Co.</t>
   </si>
   <si>
     <t>Svilengrad</t>
   </si>
   <si>
     <t>197 A Bulgaria blvd</t>
   </si>
   <si>
     <t>Марица км 115 север</t>
   </si>
   <si>
     <t>Марица км 115 север km 115, север (вход от Турция)</t>
   </si>
   <si>
+    <t>8108 – Тополовград</t>
+  </si>
+  <si>
+    <t>ТОПОЛОВГРАД, ул. "Искър" 14</t>
+  </si>
+  <si>
+    <t>8210 – Димитровград</t>
+  </si>
+  <si>
+    <t>ДИМИТРОВГРАД, бул. Г.С.РАКОВСКИ, на ъгъла с ул. "Кап. Петко Войвода"</t>
+  </si>
+  <si>
+    <t>8214 – Симеоновград</t>
+  </si>
+  <si>
+    <t>СИМЕОНОВГРАД, изход ГЪЛБОВО</t>
+  </si>
+  <si>
     <t>8216 – Свиленград</t>
   </si>
   <si>
     <t>СВИЛЕНГРАД бул. "Г.ДИМИТРОВ" 185 ИЗХОД  ЗА КАП. АНДРЕЕВО</t>
   </si>
   <si>
+    <t>8218 – Любимец</t>
+  </si>
+  <si>
+    <t>ЛЮБИМЕЦ,ПЪТ ХАРМАНЛИ-СВИЛЕНГРАД</t>
+  </si>
+  <si>
     <t>8220 – Харманли</t>
   </si>
   <si>
     <t>ХАРМАНЛИ, изход ХАСКОВО</t>
   </si>
   <si>
-    <t>8218 – Любимец</t>
-[...10 lines deleted...]
-  <si>
     <t>8201 – Хасково</t>
   </si>
   <si>
     <t>ХАСКОВО, бул. "Съединение" № 47 - до болницата</t>
   </si>
   <si>
-    <t>8210 – Димитровград</t>
-[...10 lines deleted...]
-  <si>
     <t>8305 – Ивайловград</t>
   </si>
   <si>
     <t>ИВАЙЛОВГРАД, ул. "Кап. Петко войвода" ,вход на града</t>
   </si>
   <si>
     <t>Шумен</t>
   </si>
   <si>
+    <t>кв.Боян Балгаран</t>
+  </si>
+  <si>
     <t>Шумен, бул. Рижки проход № 28, изхода за Бургас</t>
   </si>
   <si>
-    <t>кв.Боян Балгаран</t>
-[...1 lines deleted...]
-  <si>
     <t>Shumen 1</t>
   </si>
   <si>
     <t>25 Rishki prohod blvd</t>
   </si>
   <si>
     <t>Shumen 2</t>
   </si>
   <si>
     <t>16 A Simeon Veliki blvd</t>
   </si>
   <si>
     <t>2305 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН КВ."ГРИВИЦА", ул. "Ген. Скобелев"</t>
   </si>
   <si>
     <t>2307 – В. Преслав</t>
   </si>
   <si>
     <t>ПРЕСЛАВ, ул. "Борис Спиров" №47</t>
   </si>
   <si>
     <t>2315 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН, ул. "Индустриална" №9</t>
   </si>
   <si>
+    <t>2302 – Шумен</t>
+  </si>
+  <si>
+    <t>ШУМЕН, бул. "Симеон Велики" №82, изход ВАРНА</t>
+  </si>
+  <si>
     <t>2304 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН, V-ти КМ, м-ст "Мералък"</t>
   </si>
   <si>
-    <t>2302 – Шумен</t>
-[...4 lines deleted...]
-  <si>
     <t>2312 – Нови Пазар</t>
   </si>
   <si>
     <t>НОВИ ПАЗАР, изход Силистра</t>
   </si>
   <si>
     <t>2308 – Смядово</t>
   </si>
   <si>
     <t>СМЯДОВО, местност "Студен кладенец"</t>
   </si>
   <si>
     <t>2310 – Хитрино</t>
   </si>
   <si>
     <t>ГАРА ХИТРИНО</t>
   </si>
   <si>
     <t>2311 – Нови Пазар</t>
   </si>
   <si>
     <t>НОВИ ПАЗАР, път ВАРНА-СОФИЯ</t>
   </si>
   <si>
     <t>Круиз Елхово 455</t>
   </si>
   <si>
     <t>Елхово</t>
   </si>
   <si>
     <t>Ямбол</t>
   </si>
   <si>
     <t>Ямбол,ул.Търговска 164</t>
   </si>
   <si>
+    <t>Yabol</t>
+  </si>
+  <si>
+    <t>10 Evropa blvd</t>
+  </si>
+  <si>
     <t>Ямбол 2</t>
   </si>
   <si>
     <t>ул.Клокотница 102</t>
   </si>
   <si>
-    <t>Yabol</t>
-[...4 lines deleted...]
-  <si>
     <t>Лесово 2</t>
   </si>
   <si>
     <t>Граничен комплекс "Изгрев" - юг</t>
   </si>
   <si>
+    <t>АМ Тракия, км 299, север</t>
+  </si>
+  <si>
+    <t>АМ Тракия, 8693 299-ти км, посока Бургас-София, разклон Воденичане</t>
+  </si>
+  <si>
     <t>АМ Тракия, км 299 юг</t>
   </si>
   <si>
     <t>АМ Тракия, 8693 299-ти км посока Бургас, до надлез Воденичане</t>
   </si>
   <si>
-    <t>АМ Тракия, км 299, север</t>
-[...2 lines deleted...]
-    <t>АМ Тракия, 8693 299-ти км, посока Бургас-София, разклон Воденичане</t>
+    <t>1302 – Ямбол</t>
+  </si>
+  <si>
+    <t>ЯМБОЛ, ул. "Европа" 32, изход СЛИВЕН</t>
   </si>
   <si>
     <t>1304 – Ямбол</t>
   </si>
   <si>
     <t>ЯМБОЛ, изход "Петолъчката"</t>
-  </si>
-[...4 lines deleted...]
-    <t>ЯМБОЛ, ул. "Европа" 32, изход СЛИВЕН</t>
   </si>
   <si>
     <t>1308 – Елхово</t>
   </si>
   <si>
     <t>ЕЛХОВО, ул. "Ал. Стамболийски", изход Ямбол</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -3800,934 +3803,934 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>2.17</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" t="s">
         <v>11</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>12</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E9">
-        <v>2.37</v>
+        <v>1.23</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>2.39</v>
+        <v>1.23</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
       </c>
-      <c r="C11" t="s">
+      <c r="E11">
+        <v>1.23</v>
+      </c>
+      <c r="F11" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>34</v>
+      </c>
+      <c r="C12" t="s">
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E13">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E14">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E15">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E16">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>44</v>
+      </c>
+      <c r="C17">
+        <v>0</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E17">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E18">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E19">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E20">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E21">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E22">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F22" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C23" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E23">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F23" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C24" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E24">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F24" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D25" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E25">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F25" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C26" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E26">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="C27" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E27">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F27" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E28">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F28" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D29" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E29">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F29" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D30" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E30">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D31" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E31">
-        <v>2.45</v>
+        <v>1.28</v>
       </c>
       <c r="F31" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E32">
-        <v>2.48</v>
+        <v>1.28</v>
       </c>
       <c r="F32" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33" t="s">
         <v>72</v>
       </c>
       <c r="D33" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="E33">
-        <v>2.52</v>
+        <v>1.28</v>
       </c>
       <c r="F33" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B34" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C34" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D34" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E34">
-        <v>2.52</v>
+        <v>1.28</v>
       </c>
       <c r="F34" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B35" t="s">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="D35" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E35">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F35" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B36" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
       <c r="C36" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="D36" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E36">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F36" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B37" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="C37" t="s">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E37">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F37" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B38" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="C38" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E38">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F38" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B39" t="s">
-        <v>85</v>
+        <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>86</v>
+        <v>8</v>
       </c>
       <c r="D39" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E39">
-        <v>2.52</v>
+        <v>2.17</v>
       </c>
       <c r="F39" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B40" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="C40" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D40" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B41" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="C41" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="D41" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E41">
-        <v>2.56</v>
+        <v>2.52</v>
       </c>
       <c r="F41" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B42" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="C42" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D42" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E42">
-        <v>2.61</v>
+        <v>2.52</v>
       </c>
       <c r="F42" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B43" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="C43" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E43">
-        <v>2.68</v>
+        <v>2.52</v>
       </c>
       <c r="F43" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B44" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="C44" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E44">
-        <v>2.68</v>
+        <v>2.52</v>
       </c>
       <c r="F44" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B45" t="s">
-        <v>22</v>
+        <v>89</v>
       </c>
       <c r="C45" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E45">
-        <v>2.68</v>
+        <v>2.56</v>
       </c>
       <c r="F45" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B46" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="C46" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E46">
-        <v>2.68</v>
+        <v>2.61</v>
       </c>
       <c r="F46" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -4737,286 +4740,286 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="C4" t="s">
         <v>365</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>366</v>
       </c>
       <c r="C5" t="s">
         <v>367</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="C6" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C7" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E7">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C8" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E8">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C9" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C10" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C11" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C12" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.53</v>
       </c>
       <c r="F12" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C13" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.55</v>
       </c>
       <c r="F13" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F17"/>
   <sheetViews>
@@ -5029,357 +5032,357 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C2" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D2" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E2">
-        <v>2.4</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C3" t="s">
         <v>387</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>388</v>
       </c>
       <c r="C4" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C5" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C6" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C7" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C8" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C9" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C10" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C11" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.56</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C13" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.56</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C14" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C16" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.56</v>
       </c>
       <c r="F16" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C17" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.6</v>
       </c>
       <c r="F17" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5395,300 +5398,300 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C5" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C6" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C7" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E7">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C8" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C9" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C10" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C11" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.57</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C12" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.57</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C13" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C14" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5707,543 +5710,543 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C2" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C4" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C7" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C8" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C9" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C10" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C11" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E11">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C12" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D12" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C13" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D13" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E13">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C14" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E14">
-        <v>2.48</v>
+        <v>1.28</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C15" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E15">
-        <v>2.48</v>
+        <v>1.28</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>466</v>
+        <v>443</v>
       </c>
       <c r="C16" t="s">
-        <v>467</v>
+        <v>444</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E16">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B17" t="s">
-        <v>468</v>
+        <v>445</v>
       </c>
       <c r="C17" t="s">
-        <v>469</v>
+        <v>446</v>
       </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E17">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F17" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B18" t="s">
-        <v>470</v>
+        <v>441</v>
       </c>
       <c r="C18" t="s">
-        <v>471</v>
+        <v>442</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E18">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F18" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="C19" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="D19" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E19">
-        <v>2.55</v>
+        <v>2.52</v>
       </c>
       <c r="F19" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C20" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="D20" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E20">
-        <v>2.55</v>
+        <v>2.52</v>
       </c>
       <c r="F20" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="C21" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E21">
-        <v>2.55</v>
+        <v>2.52</v>
       </c>
       <c r="F21" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B22" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="C22" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="D22" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E22">
-        <v>2.61</v>
+        <v>2.55</v>
       </c>
       <c r="F22" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="C23" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="D23" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E23">
-        <v>2.61</v>
+        <v>2.55</v>
       </c>
       <c r="F23" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B24" t="s">
-        <v>444</v>
+        <v>477</v>
       </c>
       <c r="C24" t="s">
-        <v>445</v>
+        <v>478</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E24">
-        <v>2.68</v>
+        <v>2.55</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B25" t="s">
-        <v>442</v>
+        <v>479</v>
       </c>
       <c r="C25" t="s">
-        <v>443</v>
+        <v>480</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E25">
-        <v>2.68</v>
+        <v>2.61</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>440</v>
+        <v>481</v>
       </c>
       <c r="C26" t="s">
-        <v>441</v>
+        <v>482</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E26">
-        <v>2.68</v>
+        <v>2.61</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F18"/>
   <sheetViews>
@@ -6253,380 +6256,380 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C2" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C4" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C5" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C6" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C7" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E7">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C8" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E8">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C9" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.47</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C10" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C11" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C12" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C13" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C14" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C15" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C16" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C17" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C18" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6642,280 +6645,280 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C2" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C4" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C5" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C6" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C7" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E7">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C8" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E8">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C9" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C10" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C11" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C12" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C13" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.62</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6934,1100 +6937,1100 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C2" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.27</v>
+        <v>1.11</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C4" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C5" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C6" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C7" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.23</v>
       </c>
       <c r="F7" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C8" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.23</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C9" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C10" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D10" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>558</v>
+      </c>
+      <c r="C11" t="s">
+        <v>559</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C12" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="C13" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E13">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="C14" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E14">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C15" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E15">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B16" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C16" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E16">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>569</v>
+      </c>
+      <c r="C17">
+        <v>0</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E17">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C18" t="s">
         <v>570</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E18">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B19" t="s">
         <v>571</v>
       </c>
       <c r="C19" t="s">
         <v>572</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E19">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B20" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="C20" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E20">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C21" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E21">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C22" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E22">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F22" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>578</v>
+        <v>565</v>
       </c>
       <c r="C23" t="s">
         <v>579</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E23">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F23" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B24" t="s">
         <v>580</v>
       </c>
       <c r="C24" t="s">
         <v>581</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E24">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F24" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B25" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="C25" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E25">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F25" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B26" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C26" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E26">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B27" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C27" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D27" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E27">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F27" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B28" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C28" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D28" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E28">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F28" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B29" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C29" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D29" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E29">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F29" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B30" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C30" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D30" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E30">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B31" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C31" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D31" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E31">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F31" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B32" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C32" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D32" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E32">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F32" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B33" t="s">
-        <v>597</v>
+        <v>540</v>
       </c>
       <c r="C33" t="s">
-        <v>598</v>
+        <v>541</v>
       </c>
       <c r="D33" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E33">
-        <v>2.48</v>
+        <v>1.26</v>
       </c>
       <c r="F33" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B34" t="s">
+        <v>598</v>
+      </c>
+      <c r="C34" t="s">
         <v>599</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E34">
-        <v>2.48</v>
+        <v>1.28</v>
       </c>
       <c r="F34" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="B35" t="s">
         <v>600</v>
       </c>
       <c r="C35" t="s">
         <v>601</v>
       </c>
       <c r="D35" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="E35">
-        <v>2.52</v>
+        <v>1.28</v>
       </c>
       <c r="F35" t="s">
-        <v>136</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B36" t="s">
         <v>602</v>
       </c>
       <c r="C36" t="s">
         <v>603</v>
       </c>
       <c r="D36" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E36">
-        <v>2.52</v>
+        <v>1.28</v>
       </c>
       <c r="F36" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="B37" t="s">
+        <v>601</v>
+      </c>
+      <c r="C37" t="s">
         <v>604</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="E37">
-        <v>2.52</v>
+        <v>1.28</v>
       </c>
       <c r="F37" t="s">
-        <v>136</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B38" t="s">
-        <v>606</v>
+        <v>542</v>
       </c>
       <c r="C38" t="s">
-        <v>607</v>
+        <v>543</v>
       </c>
       <c r="D38" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E38">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F38" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B39" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="C39" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="D39" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E39">
         <v>2.52</v>
       </c>
       <c r="F39" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B40" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="C40" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="D40" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B41" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="C41" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D41" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E41">
         <v>2.52</v>
       </c>
       <c r="F41" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B42" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="C42" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="D42" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E42">
         <v>2.52</v>
       </c>
       <c r="F42" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B43" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="C43" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D43" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E43">
         <v>2.52</v>
       </c>
       <c r="F43" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="B44" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C44" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D44" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="E44">
         <v>2.52</v>
       </c>
       <c r="F44" t="s">
-        <v>48</v>
+        <v>136</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B45" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="C45" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="D45" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E45">
-        <v>2.56</v>
+        <v>2.52</v>
       </c>
       <c r="F45" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B46" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="C46" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="D46" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E46">
-        <v>2.56</v>
+        <v>2.52</v>
       </c>
       <c r="F46" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B47" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="C47" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="D47" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E47">
         <v>2.56</v>
       </c>
       <c r="F47" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B48" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="C48" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="D48" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E48">
         <v>2.56</v>
       </c>
       <c r="F48" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B49" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="C49" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="D49" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E49">
         <v>2.56</v>
       </c>
       <c r="F49" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B50" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="C50" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="D50" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E50">
         <v>2.56</v>
       </c>
       <c r="F50" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B51" t="s">
-        <v>539</v>
+        <v>629</v>
       </c>
       <c r="C51" t="s">
-        <v>540</v>
+        <v>630</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E51">
-        <v>2.58</v>
+        <v>2.56</v>
       </c>
       <c r="F51" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B52" t="s">
-        <v>541</v>
+        <v>631</v>
       </c>
       <c r="C52" t="s">
-        <v>542</v>
+        <v>632</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E52">
-        <v>2.68</v>
+        <v>2.56</v>
       </c>
       <c r="F52" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B53" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C53" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D53" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E53">
         <v>2.86</v>
       </c>
       <c r="F53" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B54" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C54" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D54" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F54" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F5"/>
   <sheetViews>
@@ -8037,120 +8040,120 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C3" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C4" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E4">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C5" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D5" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E5">
         <v>2.52</v>
       </c>
       <c r="F5" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8169,423 +8172,423 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C2" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>2.17</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C4" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C5" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="C6" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C7" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C8" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="C9" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>649</v>
+        <v>661</v>
       </c>
       <c r="C10" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="C11" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E11">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="C12" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="D12" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E12">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B13" t="s">
-        <v>664</v>
+        <v>646</v>
       </c>
       <c r="C13" t="s">
-        <v>665</v>
+        <v>647</v>
       </c>
       <c r="D13" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E13">
-        <v>2.45</v>
+        <v>1.31</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B14" t="s">
-        <v>666</v>
+        <v>648</v>
       </c>
       <c r="C14" t="s">
-        <v>667</v>
+        <v>649</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E14">
-        <v>2.52</v>
+        <v>2.17</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
+        <v>667</v>
+      </c>
+      <c r="C15" t="s">
         <v>668</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
+        <v>669</v>
+      </c>
+      <c r="C16" t="s">
         <v>670</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E16">
-        <v>2.57</v>
+        <v>2.52</v>
       </c>
       <c r="F16" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
+        <v>671</v>
+      </c>
+      <c r="C17" t="s">
         <v>672</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E17">
-        <v>2.59</v>
+        <v>2.57</v>
       </c>
       <c r="F17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
+        <v>673</v>
+      </c>
+      <c r="C18" t="s">
         <v>674</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
+        <v>675</v>
+      </c>
+      <c r="C19" t="s">
         <v>676</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>647</v>
+        <v>677</v>
       </c>
       <c r="C20" t="s">
-        <v>648</v>
+        <v>678</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E20">
-        <v>2.68</v>
+        <v>2.59</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F8"/>
   <sheetViews>
@@ -8595,186 +8598,186 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C2" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B3" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D3" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E3">
         <v>2.59</v>
       </c>
       <c r="F3" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B4" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C4" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D4" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E4">
         <v>2.59</v>
       </c>
       <c r="F4" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C5" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D5" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E5">
         <v>2.59</v>
       </c>
       <c r="F5" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C6" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D6" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C7" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
         <v>2.66</v>
       </c>
       <c r="F7" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C8" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="E8">
         <v>2.98</v>
       </c>
       <c r="F8" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F36"/>
   <sheetViews>
@@ -8796,728 +8799,728 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>93</v>
       </c>
       <c r="C2" t="s">
         <v>94</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>2.17</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>95</v>
       </c>
       <c r="C3" t="s">
         <v>95</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.32</v>
+        <v>1.2</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>96</v>
       </c>
       <c r="C4" t="s">
         <v>97</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.35</v>
+        <v>1.21</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C5" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C7" t="s">
         <v>101</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>102</v>
       </c>
       <c r="C8" t="s">
         <v>103</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>104</v>
       </c>
       <c r="C9" t="s">
         <v>105</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
         <v>106</v>
       </c>
       <c r="C10" t="s">
         <v>107</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
         <v>108</v>
       </c>
       <c r="C11" t="s">
         <v>109</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
         <v>110</v>
       </c>
       <c r="C12" t="s">
         <v>111</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E13">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E14">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="C15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E15">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E16">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E17">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E18">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E19">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E20">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E21">
-        <v>2.44</v>
+        <v>1.25</v>
       </c>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C22" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D22" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E22">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F22" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C23" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E23">
-        <v>2.47</v>
+        <v>1.27</v>
       </c>
       <c r="F23" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E24">
-        <v>2.51</v>
+        <v>1.28</v>
       </c>
       <c r="F24" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B25" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>133</v>
+        <v>94</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E25">
-        <v>2.51</v>
+        <v>2.17</v>
       </c>
       <c r="F25" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
         <v>134</v>
       </c>
       <c r="C26" t="s">
         <v>135</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E26">
         <v>2.52</v>
       </c>
       <c r="F26" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
         <v>137</v>
       </c>
       <c r="C27" t="s">
         <v>138</v>
       </c>
       <c r="D27" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E27">
         <v>2.6</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
         <v>139</v>
       </c>
       <c r="C28" t="s">
         <v>140</v>
       </c>
       <c r="D28" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E28">
         <v>2.6</v>
       </c>
       <c r="F28" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B29" t="s">
         <v>141</v>
       </c>
       <c r="C29" t="s">
         <v>142</v>
       </c>
       <c r="D29" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E29">
         <v>2.6</v>
       </c>
       <c r="F29" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B30" t="s">
         <v>143</v>
       </c>
       <c r="C30" t="s">
         <v>144</v>
       </c>
       <c r="D30" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E30">
         <v>2.6</v>
       </c>
       <c r="F30" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B31" t="s">
         <v>145</v>
       </c>
       <c r="C31" t="s">
         <v>146</v>
       </c>
       <c r="D31" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E31">
         <v>2.6</v>
       </c>
       <c r="F31" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B32" t="s">
         <v>147</v>
       </c>
       <c r="C32" t="s">
         <v>148</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E32">
         <v>2.6</v>
       </c>
       <c r="F32" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B33" t="s">
         <v>149</v>
       </c>
       <c r="C33" t="s">
         <v>150</v>
       </c>
       <c r="D33" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E33">
         <v>2.6</v>
       </c>
       <c r="F33" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B34" t="s">
         <v>151</v>
       </c>
       <c r="C34" t="s">
         <v>152</v>
       </c>
       <c r="D34" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E34">
         <v>2.62</v>
       </c>
       <c r="F34" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B35" t="s">
         <v>153</v>
       </c>
       <c r="C35" t="s">
         <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E35">
         <v>2.62</v>
       </c>
       <c r="F35" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>155</v>
       </c>
       <c r="C36" t="s">
         <v>156</v>
       </c>
       <c r="D36" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E36">
         <v>2.81</v>
       </c>
       <c r="F36" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9533,440 +9536,440 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>691</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>692</v>
       </c>
       <c r="C2" t="s">
         <v>693</v>
       </c>
       <c r="D2" t="s">
-        <v>694</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.1</v>
+        <v>1.11</v>
       </c>
       <c r="F2" t="s">
-        <v>695</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="C3" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.27</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>691</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="C4" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="D4" t="s">
-        <v>698</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.31</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>695</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
+        <v>698</v>
+      </c>
+      <c r="C5" t="s">
         <v>699</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
+        <v>700</v>
+      </c>
+      <c r="C6" t="s">
         <v>701</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
+        <v>702</v>
+      </c>
+      <c r="C7" t="s">
         <v>703</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
+        <v>704</v>
+      </c>
+      <c r="C8" t="s">
         <v>705</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
+        <v>706</v>
+      </c>
+      <c r="C9" t="s">
         <v>707</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
+        <v>708</v>
+      </c>
+      <c r="C10" t="s">
         <v>709</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
+        <v>710</v>
+      </c>
+      <c r="C11" t="s">
         <v>711</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
+        <v>712</v>
+      </c>
+      <c r="C12" t="s">
         <v>713</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B13" t="s">
-        <v>715</v>
+        <v>692</v>
       </c>
       <c r="C13" t="s">
-        <v>716</v>
+        <v>693</v>
       </c>
       <c r="D13" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E13">
-        <v>2.45</v>
+        <v>1.26</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B14" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C14" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D14" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E14">
-        <v>2.45</v>
+        <v>1.27</v>
       </c>
       <c r="F14" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>716</v>
       </c>
       <c r="B15" t="s">
+        <v>717</v>
+      </c>
+      <c r="C15" t="s">
+        <v>718</v>
+      </c>
+      <c r="D15" t="s">
         <v>719</v>
       </c>
-      <c r="C15" t="s">
+      <c r="E15">
+        <v>2.1</v>
+      </c>
+      <c r="F15" t="s">
         <v>720</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>716</v>
       </c>
       <c r="B16" t="s">
+        <v>717</v>
+      </c>
+      <c r="C16" t="s">
+        <v>718</v>
+      </c>
+      <c r="D16" t="s">
         <v>721</v>
       </c>
-      <c r="C16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16">
-        <v>2.52</v>
+        <v>2.31</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>720</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
+        <v>722</v>
+      </c>
+      <c r="C17" t="s">
         <v>723</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
+        <v>724</v>
+      </c>
+      <c r="C18" t="s">
         <v>725</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>696</v>
+        <v>726</v>
       </c>
       <c r="C19" t="s">
-        <v>697</v>
+        <v>727</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E19">
-        <v>2.58</v>
+        <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C20" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D20" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E20">
         <v>2.59</v>
       </c>
       <c r="F20" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C21" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E21">
         <v>2.59</v>
       </c>
       <c r="F21" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9982,240 +9985,240 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C2" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C3" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.23</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C4" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D4" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C5" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D5" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E5">
         <v>2.47</v>
       </c>
       <c r="F5" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C6" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D6" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B7" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C7" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D7" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E7">
         <v>2.59</v>
       </c>
       <c r="F7" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C8" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.59</v>
       </c>
       <c r="F8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C9" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.59</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C10" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.59</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C11" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
@@ -10234,1500 +10237,1500 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C2" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.27</v>
+        <v>1.11</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C3" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.27</v>
+        <v>1.11</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C4" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.11</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C5" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C6" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>190</v>
       </c>
       <c r="B7" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C7" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="E7">
-        <v>2.37</v>
+        <v>1.21</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C8" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C9" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="C10" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="C11" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E11">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C12" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C13" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E13">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
       <c r="C14" t="s">
         <v>774</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E14">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>761</v>
+        <v>775</v>
       </c>
       <c r="C15" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E15">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B16" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C16" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E16">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C17" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D17" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="E17">
-        <v>2.4</v>
+        <v>1.22</v>
       </c>
       <c r="F17" t="s">
-        <v>194</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B18" t="s">
-        <v>761</v>
+        <v>781</v>
       </c>
       <c r="C18" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E18">
-        <v>2.42</v>
+        <v>1.23</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B19" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C19" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E19">
-        <v>2.42</v>
+        <v>1.23</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B20" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C20" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E20">
-        <v>2.42</v>
+        <v>1.23</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B21" t="s">
-        <v>761</v>
+        <v>787</v>
       </c>
       <c r="C21" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E21">
-        <v>2.42</v>
+        <v>1.23</v>
       </c>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B22" t="s">
-        <v>761</v>
+        <v>789</v>
       </c>
       <c r="C22" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E22">
-        <v>2.42</v>
+        <v>1.23</v>
       </c>
       <c r="F22" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B23" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="C23" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="D23" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E23">
-        <v>2.42</v>
+        <v>1.23</v>
       </c>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B24" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="C24" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="D24" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E24">
-        <v>2.42</v>
+        <v>1.24</v>
       </c>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B25" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C25" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E25">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F25" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B26" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="C26" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E26">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B27" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C27" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D27" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E27">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F27" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B28" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="C28" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E28">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F28" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B29" t="s">
-        <v>799</v>
+        <v>766</v>
       </c>
       <c r="C29" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E29">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F29" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B30" t="s">
-        <v>801</v>
+        <v>766</v>
       </c>
       <c r="C30" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D30" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E30">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F30" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B31" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C31" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D31" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E31">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F31" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B32" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C32" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D32" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E32">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F32" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B33" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C33" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D33" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E33">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F33" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B34" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C34" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="D34" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E34">
-        <v>2.43</v>
+        <v>1.25</v>
       </c>
       <c r="F34" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B35" t="s">
-        <v>811</v>
+        <v>766</v>
       </c>
       <c r="C35" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D35" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E35">
-        <v>2.44</v>
+        <v>1.25</v>
       </c>
       <c r="F35" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B36" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C36" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D36" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E36">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F36" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B37" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C37" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D37" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E37">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F37" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B38" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C38" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D38" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E38">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F38" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B39" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C39" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D39" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E39">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F39" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B40" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C40" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D40" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E40">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F40" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B41" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C41" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D41" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E41">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F41" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B42" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C42" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D42" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E42">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F42" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B43" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C43" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D43" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E43">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F43" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B44" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C44" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D44" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E44">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F44" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B45" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C45" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D45" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E45">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F45" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B46" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C46" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D46" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E46">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F46" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B47" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C47" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D47" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E47">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F47" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B48" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C48" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D48" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E48">
-        <v>2.46</v>
+        <v>1.26</v>
       </c>
       <c r="F48" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B49" t="s">
-        <v>839</v>
+        <v>756</v>
       </c>
       <c r="C49" t="s">
-        <v>840</v>
+        <v>757</v>
       </c>
       <c r="D49" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E49">
-        <v>2.47</v>
+        <v>1.26</v>
       </c>
       <c r="F49" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B50" t="s">
-        <v>841</v>
+        <v>754</v>
       </c>
       <c r="C50" t="s">
-        <v>842</v>
+        <v>755</v>
       </c>
       <c r="D50" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E50">
-        <v>2.48</v>
+        <v>1.26</v>
       </c>
       <c r="F50" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B51" t="s">
-        <v>843</v>
+        <v>752</v>
       </c>
       <c r="C51" t="s">
-        <v>844</v>
+        <v>753</v>
       </c>
       <c r="D51" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E51">
-        <v>2.49</v>
+        <v>1.26</v>
       </c>
       <c r="F51" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B52" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="C52" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="D52" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E52">
-        <v>2.49</v>
+        <v>1.26</v>
       </c>
       <c r="F52" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B53" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
       <c r="C53" t="s">
-        <v>848</v>
+        <v>842</v>
       </c>
       <c r="D53" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E53">
-        <v>2.49</v>
+        <v>1.26</v>
       </c>
       <c r="F53" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B54" t="s">
-        <v>849</v>
+        <v>843</v>
       </c>
       <c r="C54" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="D54" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E54">
-        <v>2.49</v>
+        <v>1.26</v>
       </c>
       <c r="F54" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B55" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="C55" t="s">
-        <v>852</v>
+        <v>846</v>
       </c>
       <c r="D55" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E55">
-        <v>2.49</v>
+        <v>1.27</v>
       </c>
       <c r="F55" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B56" t="s">
-        <v>853</v>
+        <v>847</v>
       </c>
       <c r="C56" t="s">
-        <v>854</v>
+        <v>848</v>
       </c>
       <c r="D56" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E56">
-        <v>2.49</v>
+        <v>1.27</v>
       </c>
       <c r="F56" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="B57" t="s">
-        <v>855</v>
+        <v>849</v>
       </c>
       <c r="C57" t="s">
-        <v>856</v>
+        <v>850</v>
       </c>
       <c r="D57" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="E57">
-        <v>2.52</v>
+        <v>1.27</v>
       </c>
       <c r="F57" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="B58" t="s">
-        <v>857</v>
+        <v>851</v>
       </c>
       <c r="C58" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="D58" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="E58">
-        <v>2.52</v>
+        <v>1.27</v>
       </c>
       <c r="F58" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="B59" t="s">
-        <v>859</v>
+        <v>853</v>
       </c>
       <c r="C59" t="s">
-        <v>860</v>
+        <v>854</v>
       </c>
       <c r="D59" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="E59">
-        <v>2.53</v>
+        <v>1.27</v>
       </c>
       <c r="F59" t="s">
-        <v>136</v>
+        <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B60" t="s">
-        <v>861</v>
+        <v>855</v>
       </c>
       <c r="C60" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="D60" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E60">
-        <v>2.53</v>
+        <v>1.27</v>
       </c>
       <c r="F60" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B61" t="s">
-        <v>862</v>
+        <v>758</v>
       </c>
       <c r="C61" t="s">
-        <v>863</v>
+        <v>759</v>
       </c>
       <c r="D61" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E61">
-        <v>2.54</v>
+        <v>1.31</v>
       </c>
       <c r="F61" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B62" t="s">
-        <v>864</v>
+        <v>760</v>
       </c>
       <c r="C62" t="s">
-        <v>865</v>
+        <v>761</v>
       </c>
       <c r="D62" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E62">
-        <v>2.54</v>
+        <v>1.31</v>
       </c>
       <c r="F62" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B63" t="s">
-        <v>866</v>
+        <v>857</v>
       </c>
       <c r="C63" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="D63" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E63">
-        <v>2.54</v>
+        <v>2.52</v>
       </c>
       <c r="F63" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B64" t="s">
-        <v>868</v>
+        <v>859</v>
       </c>
       <c r="C64" t="s">
-        <v>869</v>
+        <v>860</v>
       </c>
       <c r="D64" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E64">
-        <v>2.54</v>
+        <v>2.52</v>
       </c>
       <c r="F64" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B65" t="s">
-        <v>870</v>
+        <v>861</v>
       </c>
       <c r="C65" t="s">
-        <v>871</v>
+        <v>862</v>
       </c>
       <c r="D65" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E65">
-        <v>2.54</v>
+        <v>2.53</v>
       </c>
       <c r="F65" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B66" t="s">
-        <v>872</v>
+        <v>863</v>
       </c>
       <c r="C66" t="s">
-        <v>873</v>
+        <v>864</v>
       </c>
       <c r="D66" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E66">
         <v>2.54</v>
       </c>
       <c r="F66" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B67" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>865</v>
+      </c>
+      <c r="C67" t="s">
+        <v>866</v>
       </c>
       <c r="D67" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E67">
         <v>2.54</v>
       </c>
       <c r="F67" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B68" t="s">
-        <v>753</v>
+        <v>867</v>
       </c>
       <c r="C68" t="s">
-        <v>754</v>
+        <v>868</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E68">
-        <v>2.58</v>
+        <v>2.54</v>
       </c>
       <c r="F68" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B69" t="s">
-        <v>751</v>
+        <v>869</v>
       </c>
       <c r="C69" t="s">
-        <v>752</v>
+        <v>870</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E69">
-        <v>2.58</v>
+        <v>2.54</v>
       </c>
       <c r="F69" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B70" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-        <v>770</v>
+        <v>871</v>
+      </c>
+      <c r="C70">
+        <v>0</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E70">
-        <v>2.68</v>
+        <v>2.54</v>
       </c>
       <c r="F70" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B71" t="s">
-        <v>757</v>
+        <v>872</v>
       </c>
       <c r="C71" t="s">
-        <v>758</v>
+        <v>873</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E71">
-        <v>2.68</v>
+        <v>2.54</v>
       </c>
       <c r="F71" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B72" t="s">
-        <v>759</v>
+        <v>874</v>
       </c>
       <c r="C72" t="s">
-        <v>760</v>
+        <v>875</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E72">
-        <v>2.68</v>
+        <v>2.54</v>
       </c>
       <c r="F72" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B73" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C73" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D73" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E73">
         <v>2.73</v>
       </c>
       <c r="F73" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B74" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C74" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D74" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F74" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F33"/>
   <sheetViews>
@@ -11740,683 +11743,683 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C2" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C3" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C4" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C5" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C6" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C7" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="C8" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C9" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C10" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C11" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E11">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>896</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="C12" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>899</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C13" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E13">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>902</v>
       </c>
       <c r="C14" t="s">
         <v>903</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E14">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
         <v>904</v>
       </c>
       <c r="C15" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E15">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B16" t="s">
+        <v>905</v>
+      </c>
+      <c r="C16" t="s">
         <v>906</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E16">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B17" t="s">
+        <v>907</v>
+      </c>
+      <c r="C17" t="s">
         <v>908</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E17">
-        <v>2.45</v>
+        <v>1.27</v>
       </c>
       <c r="F17" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B18" t="s">
+        <v>909</v>
+      </c>
+      <c r="C18" t="s">
         <v>910</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E18">
-        <v>2.47</v>
+        <v>1.27</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B19" t="s">
+        <v>911</v>
+      </c>
+      <c r="C19" t="s">
         <v>912</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E19">
-        <v>2.47</v>
+        <v>1.27</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>913</v>
+      </c>
+      <c r="C20" t="s">
         <v>914</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E20">
-        <v>2.48</v>
+        <v>1.28</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B21" t="s">
+        <v>915</v>
+      </c>
+      <c r="C21" t="s">
         <v>916</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E21">
-        <v>2.48</v>
+        <v>1.28</v>
       </c>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B22" t="s">
-        <v>918</v>
+        <v>882</v>
       </c>
       <c r="C22" t="s">
-        <v>919</v>
+        <v>883</v>
       </c>
       <c r="D22" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E22">
-        <v>2.5</v>
+        <v>1.31</v>
       </c>
       <c r="F22" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B23" t="s">
-        <v>920</v>
+        <v>884</v>
       </c>
       <c r="C23" t="s">
-        <v>921</v>
+        <v>885</v>
       </c>
       <c r="D23" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E23">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F23" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>922</v>
+        <v>880</v>
       </c>
       <c r="C24" t="s">
-        <v>923</v>
+        <v>881</v>
       </c>
       <c r="D24" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E24">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F24" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>70</v>
+        <v>917</v>
       </c>
       <c r="B25" t="s">
-        <v>924</v>
+        <v>918</v>
       </c>
       <c r="C25" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="E25">
-        <v>2.59</v>
+        <v>2.42</v>
       </c>
       <c r="F25" t="s">
-        <v>136</v>
+        <v>920</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="C26" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E26">
-        <v>2.59</v>
+        <v>2.52</v>
       </c>
       <c r="F26" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="C27" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="D27" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E27">
-        <v>2.59</v>
+        <v>2.52</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
-        <v>930</v>
+        <v>925</v>
       </c>
       <c r="C28" t="s">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="D28" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E28">
         <v>2.59</v>
       </c>
       <c r="F28" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B29" t="s">
-        <v>879</v>
+        <v>927</v>
       </c>
       <c r="C29" t="s">
-        <v>880</v>
+        <v>928</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E29">
-        <v>2.68</v>
+        <v>2.59</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B30" t="s">
-        <v>881</v>
+        <v>929</v>
       </c>
       <c r="C30" t="s">
-        <v>882</v>
+        <v>930</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E30">
-        <v>2.68</v>
+        <v>2.59</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B31" t="s">
-        <v>883</v>
+        <v>931</v>
       </c>
       <c r="C31" t="s">
-        <v>884</v>
+        <v>932</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E31">
-        <v>2.68</v>
+        <v>2.59</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B32" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C32" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E32">
         <v>2.77</v>
       </c>
       <c r="F32" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B33" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C33" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D33" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E33">
         <v>2.86</v>
       </c>
       <c r="F33" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
@@ -12429,537 +12432,537 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C2" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.27</v>
+        <v>1.11</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C3" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.27</v>
+        <v>1.11</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C4" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C5" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C6" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C7" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C8" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C9" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C10" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D10" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E10">
-        <v>2.44</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C11" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E11">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C12" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D12" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E12">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C13" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D13" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E13">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C14" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D14" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E14">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F14" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B15" t="s">
-        <v>962</v>
+        <v>937</v>
       </c>
       <c r="C15" t="s">
-        <v>963</v>
+        <v>938</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E15">
-        <v>2.52</v>
+        <v>1.26</v>
       </c>
       <c r="F15" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>964</v>
+        <v>939</v>
       </c>
       <c r="C16" t="s">
-        <v>965</v>
+        <v>940</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E16">
-        <v>2.52</v>
+        <v>1.26</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C17" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="C18" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="C19" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="D19" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="C20" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="D20" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E20">
         <v>2.52</v>
       </c>
       <c r="F20" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C21" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E21">
         <v>2.52</v>
       </c>
       <c r="F21" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B22" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="C22" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="D22" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E22">
-        <v>2.56</v>
+        <v>2.52</v>
       </c>
       <c r="F22" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C23" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="D23" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E23">
-        <v>2.57</v>
+        <v>2.52</v>
       </c>
       <c r="F23" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B24" t="s">
-        <v>936</v>
+        <v>977</v>
       </c>
       <c r="C24" t="s">
-        <v>937</v>
+        <v>978</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E24">
-        <v>2.58</v>
+        <v>2.56</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B25" t="s">
-        <v>938</v>
+        <v>979</v>
       </c>
       <c r="C25" t="s">
-        <v>939</v>
+        <v>980</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E25">
-        <v>2.58</v>
+        <v>2.57</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C26" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E26">
         <v>2.6</v>
       </c>
       <c r="F26" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
@@ -12978,223 +12981,223 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C2" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C3" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C4" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C5" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E5">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>990</v>
+        <v>983</v>
       </c>
       <c r="C6" t="s">
-        <v>991</v>
+        <v>984</v>
       </c>
       <c r="D6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E6">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F6" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B7" t="s">
+        <v>991</v>
+      </c>
+      <c r="C7" t="s">
         <v>992</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
+        <v>993</v>
+      </c>
+      <c r="C8" t="s">
         <v>994</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E8">
-        <v>2.54</v>
+        <v>2.52</v>
       </c>
       <c r="F8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
+        <v>995</v>
+      </c>
+      <c r="C9" t="s">
         <v>996</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
-        <v>2.59</v>
+        <v>2.54</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="C10" t="s">
-        <v>983</v>
+        <v>998</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E10">
-        <v>2.68</v>
+        <v>2.59</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
@@ -13207,437 +13210,437 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C2" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>2.17</v>
+        <v>1.11</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C3" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.27</v>
+        <v>1.16</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="C4" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="C5" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E5">
-        <v>2.37</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C6" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="C7" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C8" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="C9" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="D9" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E9">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="C10" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="D10" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E10">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B11" t="s">
-        <v>1014</v>
+        <v>999</v>
       </c>
       <c r="C11" t="s">
-        <v>1015</v>
+        <v>1000</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E11">
-        <v>2.46</v>
+        <v>1.26</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C12" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>2.48</v>
+        <v>1.28</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B13" t="s">
-        <v>1018</v>
+        <v>1001</v>
       </c>
       <c r="C13" t="s">
-        <v>1019</v>
+        <v>1002</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E13">
-        <v>2.52</v>
+        <v>2.17</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C14" t="s">
         <v>1020</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.52</v>
       </c>
       <c r="F14" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C15" t="s">
         <v>1022</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C16" t="s">
         <v>1024</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C17" t="s">
         <v>1026</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C18" t="s">
         <v>1028</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C19" t="s">
         <v>1030</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>1000</v>
+        <v>1031</v>
       </c>
       <c r="C20" t="s">
-        <v>1001</v>
+        <v>1032</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E20">
-        <v>2.58</v>
+        <v>2.52</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C21" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E21">
         <v>2.59</v>
       </c>
       <c r="F21" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
@@ -13653,300 +13656,300 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C2" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C3" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C4" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E4">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C5" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E5">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C6" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D6" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E6">
         <v>2.52</v>
       </c>
       <c r="F6" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B7" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="C7" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D7" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C8" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C9" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C10" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C11" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C12" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C13" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="C14" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
@@ -13965,652 +13968,672 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="C2" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>2.17</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="C3" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="C4" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="C5" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="C6" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.45</v>
+        <v>1.26</v>
       </c>
       <c r="F6" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="C7" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.47</v>
+        <v>1.28</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="C8" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.48</v>
+        <v>1.28</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="C9" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E9">
-        <v>2.48</v>
+        <v>2.17</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C10" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C11" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C12" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.55</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>157</v>
       </c>
       <c r="C2" t="s">
         <v>158</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.27</v>
+        <v>1.11</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>159</v>
       </c>
       <c r="C3" t="s">
         <v>160</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>161</v>
       </c>
       <c r="C4" t="s">
         <v>162</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C5" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C8" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C9" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C10" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D10" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E10">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C11" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E11">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C12" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D12" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E12">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C13" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D13" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E13">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B14" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C14" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D14" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E14">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F14" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>182</v>
+        <v>159</v>
       </c>
       <c r="C15" t="s">
         <v>183</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="E15">
-        <v>2.54</v>
+        <v>1.25</v>
       </c>
       <c r="F15" t="s">
-        <v>136</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>184</v>
+        <v>157</v>
       </c>
       <c r="C16" t="s">
-        <v>185</v>
+        <v>158</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E16">
-        <v>2.54</v>
+        <v>1.26</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C17" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.54</v>
       </c>
       <c r="F17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>157</v>
+        <v>186</v>
       </c>
       <c r="C18" t="s">
-        <v>158</v>
+        <v>187</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E18">
-        <v>2.58</v>
+        <v>2.54</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" t="s">
+        <v>188</v>
+      </c>
+      <c r="C19" t="s">
+        <v>189</v>
+      </c>
+      <c r="D19" t="s">
+        <v>79</v>
+      </c>
+      <c r="E19">
+        <v>2.54</v>
+      </c>
+      <c r="F19" t="s">
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
@@ -14620,400 +14643,400 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C2" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="E2">
-        <v>2.37</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>190</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D3" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.4</v>
+        <v>1.22</v>
       </c>
       <c r="F3" t="s">
-        <v>194</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C8" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C9" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C10" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D10" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>2.44</v>
+        <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C11" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E11">
-        <v>2.44</v>
+        <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C12" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D12" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E12">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C13" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C14" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C16" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C17" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C18" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C19" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D19" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -15032,297 +15055,297 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>2.17</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C4" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C5" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.26</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="C6" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E6">
-        <v>2.49</v>
+        <v>2.17</v>
       </c>
       <c r="F6" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B7" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C7" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D7" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C9" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.57</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C10" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.57</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C11" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C12" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C13" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C14" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
@@ -15338,383 +15361,383 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.37</v>
+        <v>1.22</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C6" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>260</v>
       </c>
       <c r="C7" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C8" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C9" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D9" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B10" t="s">
-        <v>266</v>
+        <v>252</v>
       </c>
       <c r="C10" t="s">
-        <v>267</v>
+        <v>253</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E10">
-        <v>2.52</v>
+        <v>1.31</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
+        <v>267</v>
+      </c>
+      <c r="C11" t="s">
         <v>268</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
+        <v>269</v>
+      </c>
+      <c r="C12" t="s">
         <v>270</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
+        <v>271</v>
+      </c>
+      <c r="C13" t="s">
         <v>272</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
+        <v>273</v>
+      </c>
+      <c r="C14" t="s">
         <v>274</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E14">
-        <v>2.59</v>
+        <v>2.52</v>
       </c>
       <c r="F14" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
+        <v>275</v>
+      </c>
+      <c r="C15" t="s">
         <v>276</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>253</v>
+        <v>277</v>
       </c>
       <c r="C16" t="s">
-        <v>254</v>
+        <v>278</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E16">
-        <v>2.68</v>
+        <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C17" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.75</v>
       </c>
       <c r="F17" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B18" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C18" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D18" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F18" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -15727,283 +15750,283 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.37</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C4" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="C6" t="s">
         <v>295</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="C7" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C8" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E8">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="C9" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E9">
-        <v>2.49</v>
+        <v>1.31</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
+        <v>300</v>
+      </c>
+      <c r="C10" t="s">
         <v>301</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
-        <v>2.52</v>
+        <v>2.49</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
+        <v>302</v>
+      </c>
+      <c r="C11" t="s">
         <v>303</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
-        <v>2.59</v>
+        <v>2.52</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>286</v>
+        <v>304</v>
       </c>
       <c r="C12" t="s">
-        <v>287</v>
+        <v>305</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="E12">
-        <v>2.68</v>
+        <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C13" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.87</v>
       </c>
       <c r="F13" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16013,303 +16036,303 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="E2">
-        <v>2.37</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>190</v>
       </c>
       <c r="B3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D3" t="s">
         <v>193</v>
       </c>
       <c r="E3">
-        <v>2.4</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>190</v>
       </c>
       <c r="B4" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C4" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="D4" t="s">
         <v>193</v>
       </c>
       <c r="E4">
-        <v>2.4</v>
+        <v>1.21</v>
       </c>
       <c r="F4" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>190</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D5" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>2.4</v>
+        <v>1.22</v>
       </c>
       <c r="F5" t="s">
-        <v>194</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C6" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E6">
-        <v>2.42</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C7" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C8" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C9" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C10" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C11" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C12" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C13" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B14" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C14" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D14" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F14" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16319,300 +16342,300 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E2">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C4" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>2.42</v>
+        <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E5">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C6" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E6">
-        <v>2.45</v>
+        <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C7" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>2.48</v>
+        <v>1.28</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C8" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C9" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C10" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C11" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C12" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C13" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C14" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>