--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -98,3252 +98,3252 @@
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Обновено на</t>
   </si>
   <si>
     <t>Kruiz</t>
   </si>
   <si>
     <t>Круиз Сандански 876</t>
   </si>
   <si>
     <t>Сандански, главен път е-79 , местност Ушите</t>
   </si>
   <si>
     <t>Бензин А95 Н</t>
   </si>
   <si>
-    <t>2026-01-08</t>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>Круиз Петрич 804</t>
+  </si>
+  <si>
+    <t>6, ул. „Свобода", 2850 Петрич</t>
   </si>
   <si>
     <t>Круиз Благоевград 470</t>
   </si>
   <si>
     <t>Благоевград</t>
   </si>
   <si>
     <t>Круиз Сандански 2 499</t>
   </si>
   <si>
     <t>Сандански, местност Соколовец</t>
   </si>
   <si>
-    <t>Круиз Петрич 804</t>
-[...4 lines deleted...]
-  <si>
     <t>Круиз Марикостиново 608</t>
   </si>
   <si>
     <t>Марикостиново</t>
   </si>
   <si>
     <t>Lukoil</t>
   </si>
   <si>
+    <t>Благоевград 2</t>
+  </si>
+  <si>
+    <t>БЛАГОЕВГРАД кв.Грамада (до ЗИИУ)</t>
+  </si>
+  <si>
     <t>Баничан</t>
   </si>
   <si>
     <t>с.Баничан на пътя Банско - Г.Делчев</t>
   </si>
   <si>
-    <t>2026-01-16</t>
-[...5 lines deleted...]
-    <t>БЛАГОЕВГРАД кв.Грамада (до ЗИИУ)</t>
+    <t>Благоевград ПИРИН ОЙЛ</t>
+  </si>
+  <si>
+    <t>Благоевград, 2704 ул. Солунските атентатори №3</t>
   </si>
   <si>
     <t>Eko</t>
   </si>
   <si>
     <t>Blagoevgrad 1</t>
   </si>
   <si>
     <t>2 Peio Yavorov blvd, hotel Ezerec</t>
   </si>
   <si>
     <t>EKO EKONOMY Unleaded A95</t>
   </si>
   <si>
-    <t>2026-01-30</t>
-[...7 lines deleted...]
-  <si>
     <t>Blagoevgrad, center</t>
   </si>
   <si>
     <t>CENTER, Saint Dimitur Solunski blvd</t>
   </si>
   <si>
+    <t>Белица</t>
+  </si>
+  <si>
+    <t>гара Белица</t>
+  </si>
+  <si>
+    <t>Добринище</t>
+  </si>
+  <si>
+    <t>гл. път за Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Благоевград ЕЛМАНА</t>
+  </si>
+  <si>
+    <t>Благоевград, 2702 ж.к. Орбита</t>
+  </si>
+  <si>
+    <t>І-1,км.352-300,София-Кулата</t>
+  </si>
+  <si>
+    <t>Петрич</t>
+  </si>
+  <si>
+    <t>с.Рибник, общ.Петрич</t>
+  </si>
+  <si>
+    <t>Банско</t>
+  </si>
+  <si>
+    <t>Банско,ул.Патриарх Евтимий</t>
+  </si>
+  <si>
+    <t>Г.Делчев до бензиностанцията на Петрол, ул.Дунав №14</t>
+  </si>
+  <si>
+    <t>Якоруда</t>
+  </si>
+  <si>
+    <t>изход Юндола, ул.Цар Борис 3 № 2</t>
+  </si>
+  <si>
+    <t>Петрич 3</t>
+  </si>
+  <si>
+    <t>ПЕТРИЧ ул. Рокфелер</t>
+  </si>
+  <si>
+    <t>Сандански 2</t>
+  </si>
+  <si>
+    <t>САНДАНСКИ изход Кулата, Околовръстен път</t>
+  </si>
+  <si>
     <t>Сандански 1</t>
   </si>
   <si>
     <t>САНДАНСКИ Промишлена зона (пътя за ж.п. гара)</t>
   </si>
   <si>
-    <t>Сандански 2</t>
-[...23 lines deleted...]
-    <t>Гоце Делчев</t>
+    <t>Разлог</t>
+  </si>
+  <si>
+    <t>РАЗЛОГ пътя за с.Баня,ул. Христо Ботев 77</t>
+  </si>
+  <si>
+    <t>Петрич, изход за Кулата</t>
+  </si>
+  <si>
+    <t>ул.Екзарх Йосиф,изх.Благоевград</t>
+  </si>
+  <si>
+    <t>Сатовча</t>
+  </si>
+  <si>
+    <t>с.Сатовча 2950/ обл.Благоевград</t>
   </si>
   <si>
     <t>Petrich</t>
   </si>
   <si>
     <t>On town exit, Sofia way, Merata</t>
   </si>
   <si>
-    <t>І-1,км.352-300,София-Кулата</t>
-[...46 lines deleted...]
-  <si>
     <t>G. Delchev</t>
   </si>
   <si>
     <t>188 r.c. from the G.Delchev's plan</t>
   </si>
   <si>
     <t>Bansko</t>
   </si>
   <si>
     <t>3-7 Nikola Golev str. (on the road to Goce Delchev)</t>
   </si>
   <si>
+    <t>Кулата</t>
+  </si>
+  <si>
+    <t>с.Кулата</t>
+  </si>
+  <si>
     <t>Kresna</t>
   </si>
   <si>
     <t>E-79 road, on Sofia-Kulata way</t>
   </si>
   <si>
     <t>Kulata</t>
   </si>
   <si>
     <t>Sofia-Kulata, E-79 road, Chuchuligovo village</t>
   </si>
   <si>
     <t>1098 EKO Struma</t>
   </si>
   <si>
     <t>438км АМ Струма</t>
   </si>
   <si>
-    <t>Кулата</t>
-[...4 lines deleted...]
-  <si>
     <t>Бензин А99 Н</t>
   </si>
   <si>
     <t>Petrol</t>
   </si>
   <si>
     <t>0113 – Банско</t>
   </si>
   <si>
     <t>БАНСКО, ул. "Патриарх Евтимий", вход Благоевград</t>
   </si>
   <si>
     <t>Petrol A95H</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
+    <t>0112 – Гоце Делчев</t>
+  </si>
+  <si>
+    <t>ГОЦЕ ДЕЛЧЕВ, ул. "Дунав" (до плажа)</t>
+  </si>
+  <si>
     <t>0106 – Петрич</t>
   </si>
   <si>
     <t>ПЕТРИЧ, изход София (до гарата)</t>
   </si>
   <si>
-    <t>0112 – Гоце Делчев</t>
-[...4 lines deleted...]
-  <si>
     <t>0103 – Симитли</t>
   </si>
   <si>
     <t>СИМИТЛИ,  ул. "Г.Димитров" №1, изход Благоевград</t>
   </si>
   <si>
     <t>0102 – Благоевград</t>
   </si>
   <si>
     <t>гр.БЛАГОЕВГРАД, бул. "Св. Димитър Солунски" (изхода за София)</t>
   </si>
   <si>
     <t>0130 - Петрич</t>
   </si>
   <si>
     <t>ПЕТРИЧ, изход Златарево</t>
   </si>
   <si>
     <t>0104 – Кресна</t>
   </si>
   <si>
     <t>КРЕСНА, път Е79 - изход Кула</t>
   </si>
   <si>
+    <t>Атия</t>
+  </si>
+  <si>
     <t>Круиз Бургас 460</t>
   </si>
   <si>
     <t>гр. Бургас, База СОМАТ, п.к. 8000</t>
   </si>
   <si>
-    <t>Атия</t>
-[...1 lines deleted...]
-  <si>
     <t>Меден рудник</t>
   </si>
   <si>
     <t xml:space="preserve">Бургас кв.Меден рудник </t>
   </si>
   <si>
     <t>Бургас</t>
   </si>
   <si>
+    <t>гр. Бургас, ул. Чаталджа 2</t>
+  </si>
+  <si>
     <t>гр.Бургас, ул. Одрин № 3</t>
   </si>
   <si>
+    <t>Карнобат 2</t>
+  </si>
+  <si>
+    <t>КАРНОБАТ главен път София-Бургас</t>
+  </si>
+  <si>
+    <t>Айтос</t>
+  </si>
+  <si>
+    <t>ул.Славянска №94, главен път София-Бургас</t>
+  </si>
+  <si>
+    <t>Приморско</t>
+  </si>
+  <si>
+    <t>гл.път за Царево</t>
+  </si>
+  <si>
+    <t>Каблешково</t>
+  </si>
+  <si>
+    <t>Каблешково, обл.Бургас</t>
+  </si>
+  <si>
+    <t>Ахелой</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ахелой гл.път Бургас-Сл.Бряг-Несебър </t>
+  </si>
+  <si>
+    <t>Черноморец</t>
+  </si>
+  <si>
+    <t xml:space="preserve">с.Черноморец </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Царево </t>
+  </si>
+  <si>
+    <t>Братово</t>
+  </si>
+  <si>
+    <t>с.Братово,общ.Бургас</t>
+  </si>
+  <si>
+    <t>Карнобат</t>
+  </si>
+  <si>
+    <t>Карнобат-8400,ул.Московска</t>
+  </si>
+  <si>
+    <t>Бургас-Юг</t>
+  </si>
+  <si>
+    <t>Бургас - изход Созопол</t>
+  </si>
+  <si>
+    <t>Бургас-Изток</t>
+  </si>
+  <si>
+    <t>Бургас - изход Слънчев бряг</t>
+  </si>
+  <si>
+    <t>Бургас, Трапезица</t>
+  </si>
+  <si>
+    <t>кв.Братя Миладинови,пл.Трапезица</t>
+  </si>
+  <si>
+    <t>гр. Бургас, ул. Вая 2</t>
+  </si>
+  <si>
+    <t>Burgas, Lake</t>
+  </si>
+  <si>
+    <t>LAKE, Industrial zone, entrance-Sozopol</t>
+  </si>
+  <si>
+    <t>Burgas, Industrialna</t>
+  </si>
+  <si>
+    <t>Industrialna str -33, Akaciite r.c.</t>
+  </si>
+  <si>
     <t>Дебелт</t>
   </si>
   <si>
-    <t xml:space="preserve">Царево </t>
-[...85 lines deleted...]
-  <si>
     <t>Слънчев бряг</t>
   </si>
   <si>
     <t>Слънчев бряг, 8240 на гл. път Бургас-Варна</t>
   </si>
   <si>
     <t>Бургас-изх.Соф</t>
   </si>
   <si>
     <t>Бургас, изхода София</t>
   </si>
   <si>
     <t>1133- Карнобат</t>
   </si>
   <si>
     <t>Карнобат Изход Айтос</t>
   </si>
   <si>
     <t>2024-09-24</t>
   </si>
   <si>
     <t>1109 – Созопол</t>
   </si>
   <si>
     <t>СОЗОПОЛ, местност "Герени"</t>
   </si>
   <si>
+    <t>1108 – Приморско</t>
+  </si>
+  <si>
+    <t>ПРИМОРСКО, ул. "Беласица" № 8</t>
+  </si>
+  <si>
+    <t>1116 – Поморие</t>
+  </si>
+  <si>
+    <t>ПОМОРИЕ, гл. път Варна-Бургас</t>
+  </si>
+  <si>
+    <t>1112 – М. Търново</t>
+  </si>
+  <si>
+    <t>МАЛКО ТЪРНОВО, ул. "България" 50</t>
+  </si>
+  <si>
     <t>1110 – Царево</t>
   </si>
   <si>
     <t>ЦАРЕВО, ул. "Преображенска" 38</t>
   </si>
   <si>
-    <t>1112 – М. Търново</t>
-[...16 lines deleted...]
-  <si>
     <t>1103 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС,  к-с "СЛАВЕЙКОВ", бул. "Стефан Стамболов"</t>
   </si>
   <si>
     <t>1102 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС,  к-с "СЛАВЕЙКОВ"</t>
   </si>
   <si>
+    <t>1120 – Несебър</t>
+  </si>
+  <si>
+    <t>НЕСЕБЪР - пътя Несебър - Равда, ж.к. Черно море</t>
+  </si>
+  <si>
     <t>1119 – Сл.бряг</t>
   </si>
   <si>
     <t>СЛЪНЧЕВ БРЯГ, в комплекса</t>
   </si>
   <si>
-    <t>1120 – Несебър</t>
-[...4 lines deleted...]
-  <si>
     <t>1129 – Бургас</t>
   </si>
   <si>
     <t>БУРГАС, к-с "ИЗГРЕВ"</t>
   </si>
   <si>
     <t>Круиз Варна 310</t>
   </si>
   <si>
     <t>бул. Трети Март 11</t>
   </si>
   <si>
+    <t>Варна</t>
+  </si>
+  <si>
+    <t>Ялови ниви,кв.Вл.Варненчик</t>
+  </si>
+  <si>
     <t>Варна 5</t>
   </si>
   <si>
     <t>до "Горивни строителни материали"-зап.промишлена зона</t>
   </si>
   <si>
-    <t>Варна</t>
-[...2 lines deleted...]
-    <t>Ялови ниви,кв.Вл.Варненчик</t>
+    <t>кв.Аспарухово, ул. Народни будители №9</t>
   </si>
   <si>
     <t>Varna, Evksinograd</t>
   </si>
   <si>
     <t>87 Purva str. in fron of Evksinograd</t>
   </si>
   <si>
+    <t>Варна 7</t>
+  </si>
+  <si>
+    <t>ВАРНА ул. Евлоги Георгиев</t>
+  </si>
+  <si>
+    <t>Варна-3</t>
+  </si>
+  <si>
+    <t>бул."Христо Ботев", преди Асп.мост</t>
+  </si>
+  <si>
+    <t>Варна -4</t>
+  </si>
+  <si>
+    <t>бул. "Цар Освободител" до блок № 109</t>
+  </si>
+  <si>
     <t>Варна - 2</t>
   </si>
   <si>
     <t>Варна -изход София</t>
   </si>
   <si>
-    <t>Варна -4</t>
-[...16 lines deleted...]
-  <si>
     <t>Varna. Slivnica</t>
   </si>
   <si>
     <t>SLIVNITCA blvd - 189</t>
   </si>
   <si>
     <t>Varna, Varnenchik</t>
   </si>
   <si>
     <t>VARNENCHIK blvd, Citroen,</t>
   </si>
   <si>
     <t>Varna, Port</t>
   </si>
   <si>
     <t>PORT,  Devnya str.</t>
   </si>
   <si>
     <t>Varna, Gazko</t>
   </si>
   <si>
     <t>CHAIKA, Vasil Levski blvd, under the stadium</t>
   </si>
   <si>
     <t>Varna, Tsar Osvoboditel</t>
   </si>
   <si>
     <t>гр. Варна, бул. Цар Освободител №122</t>
   </si>
   <si>
-    <t>кв.Аспарухово, ул. Народни будители №9</t>
+    <t>2131 – Варна</t>
+  </si>
+  <si>
+    <t>ВАРНА, кв. "Владислав Варненчик", м-ст "Голям пясък", парцел 64</t>
   </si>
   <si>
     <t>2130 – Варна</t>
   </si>
   <si>
     <t>ВАРНА, бул. "Владислав Варненчик" № 256</t>
   </si>
   <si>
-    <t>2131 – Варна</t>
-[...4 lines deleted...]
-  <si>
     <t>2106 – Варна</t>
   </si>
   <si>
     <t>ВАРНА, кв. Бриз</t>
   </si>
   <si>
+    <t>Велико Търново 2</t>
+  </si>
+  <si>
+    <t>ул.Никола Габровски 74, до ДАП</t>
+  </si>
+  <si>
     <t>Хим Ойл</t>
   </si>
   <si>
     <t>Обект 5200 Химойл Павликени</t>
   </si>
   <si>
     <t>Павликени,ул. "Бачо Киро" 62</t>
   </si>
   <si>
     <t>Chimoil Бензин A95</t>
   </si>
   <si>
-    <t>Велико Търново 2</t>
-[...4 lines deleted...]
-  <si>
     <t>V. Tarnovo entr.</t>
   </si>
   <si>
     <t>Tarnovo EXIT, Magistrala str, Road I-4</t>
   </si>
   <si>
     <t>V. Tarnovo 2</t>
   </si>
   <si>
     <t>2 ENTRANCE, 28 Magistralna str</t>
   </si>
   <si>
+    <t>В.Търново</t>
+  </si>
+  <si>
+    <t>Момин сбор,13-ти км.на Е-722</t>
+  </si>
+  <si>
+    <t>Лясковец</t>
+  </si>
+  <si>
+    <t>ул. "Васил Левски" №227Б</t>
+  </si>
+  <si>
+    <t>Добри дял</t>
+  </si>
+  <si>
+    <t>с.Добри дял, главен път Варна - София</t>
+  </si>
+  <si>
+    <t>Велико Търново 3</t>
+  </si>
+  <si>
+    <t>ВЕЛИКО ТЪРНОВО изхода за Варна</t>
+  </si>
+  <si>
     <t>Горна Оряховица</t>
   </si>
   <si>
     <t>до механотехникума, ул.Цар Освободител</t>
   </si>
   <si>
     <t>Павликени</t>
   </si>
   <si>
     <t xml:space="preserve"> в индустриалната част, ул.Илия Златев</t>
   </si>
   <si>
     <t>G. Oryahovica</t>
   </si>
   <si>
     <t>23 V. Levski str.</t>
   </si>
   <si>
-    <t>В.Търново</t>
-[...22 lines deleted...]
-  <si>
     <t>4206 – Г. Оряховица</t>
   </si>
   <si>
     <t>ГОРНА ОРЯХОВИЦА, ул. "Св.Княз Борис I",Източна промишлена зона</t>
   </si>
   <si>
+    <t>4228 – В. Търново</t>
+  </si>
+  <si>
+    <t>В.ТЪРНОВО - бул. България</t>
+  </si>
+  <si>
     <t>4225 – В. Търново</t>
   </si>
   <si>
     <t>В.ТЪРНОВО, ул. "Магистрална", главен път Варна - София, входа Варна</t>
   </si>
   <si>
-    <t>4228 – В. Търново</t>
-[...2 lines deleted...]
-    <t>В.ТЪРНОВО - бул. България</t>
+    <t>4209 – Свищов</t>
+  </si>
+  <si>
+    <t>СВИЩОВ,  ул. "33-ти Свищовски полк" № 83, център</t>
+  </si>
+  <si>
+    <t>4216 – П. Тръмбеш</t>
+  </si>
+  <si>
+    <t>П.ТРЪМБЕШ, ул. "Александър Стамболийски, изхода за В. Търново</t>
   </si>
   <si>
     <t>4223 – Ресен</t>
   </si>
   <si>
     <t>РЕСЕН, ул. Димитър Благоев, изход Павликени</t>
   </si>
   <si>
-    <t>4216 – П. Тръмбеш</t>
-[...10 lines deleted...]
-  <si>
     <t>4204 – Елена</t>
   </si>
   <si>
     <t>ЕЛЕНА, в индустриалната част</t>
   </si>
   <si>
     <t>Круиз Дунавци 896</t>
   </si>
   <si>
     <t>международен път Е 79 при гр. Дунавци, 3740 Дунавци</t>
   </si>
   <si>
     <t>Видин</t>
   </si>
   <si>
     <t>Видин, ул.Панония 23</t>
   </si>
   <si>
     <t>Видин 2</t>
   </si>
   <si>
     <t>ВИДИН  КУМБАИР, БУЛ. ПАНОНИЯ</t>
   </si>
   <si>
     <t>Kula (Vidin)</t>
   </si>
   <si>
     <t>KULA, 4 Tolbuhin str</t>
   </si>
   <si>
     <t>3202 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, жк. Заводско селище" №1</t>
   </si>
   <si>
     <t>3201 – Видин</t>
   </si>
   <si>
     <t>ВИДИН, ул. "МИТРОПОЛИТ КИРИЛ" №1</t>
   </si>
   <si>
+    <t>3212 – Видин</t>
+  </si>
+  <si>
+    <t>ВИДИН, ТЕЦ ,ЮЖНА ПРОМИШЛЕНА ЗОНА</t>
+  </si>
+  <si>
     <t>3204 – Кула</t>
   </si>
   <si>
     <t>КУЛА, ул. "Възраждане",  вход ВИДИН</t>
   </si>
   <si>
-    <t>3212 – Видин</t>
-[...2 lines deleted...]
-    <t>ВИДИН, ТЕЦ ,ЮЖНА ПРОМИШЛЕНА ЗОНА</t>
+    <t>3210 – Ружинци</t>
+  </si>
+  <si>
+    <t>РУЖИНЦИ, Е79, изход МОНТАНА</t>
+  </si>
+  <si>
+    <t>3211 – Брегово</t>
+  </si>
+  <si>
+    <t>БРЕГОВО, ул. "Г. ДИМИТРОВ" №54</t>
+  </si>
+  <si>
+    <t>3223- Дунав Мост 2</t>
+  </si>
+  <si>
+    <t>Дунав Мост 2 Антимово</t>
   </si>
   <si>
     <t>3207 – Белоградчик</t>
   </si>
   <si>
     <t>БЕЛОГРАДЧИК, ул. "Цар Иван Срацимир" , ВХОД ОТ ВИДИН</t>
   </si>
   <si>
-    <t>3210 – Ружинци</t>
-[...14 lines deleted...]
-    <t>Дунав Мост 2 Антимово</t>
+    <t>Бяла Слатина</t>
+  </si>
+  <si>
+    <t>БЯЛА СЛАТИНА обл.Монтана, шосе изх.Плевен</t>
   </si>
   <si>
     <t>Круиз Бяла Слатина 682</t>
   </si>
   <si>
     <t>Околовръстен път, 3200 Бяла Слатина</t>
   </si>
   <si>
-    <t>Бяла Слатина</t>
-[...4 lines deleted...]
-  <si>
     <t>Мездра</t>
   </si>
   <si>
     <t>ул.Ал.Стамболийски 24</t>
   </si>
   <si>
+    <t>Оряхово</t>
+  </si>
+  <si>
+    <t>ОРЯХОВО  КВ.2 ПАРЦЕЛ4 ВХ. МИЗИЯ</t>
+  </si>
+  <si>
+    <t>Враца</t>
+  </si>
+  <si>
+    <t>Враца-кръговото към Видин</t>
+  </si>
+  <si>
+    <t>Козлудуй</t>
+  </si>
+  <si>
+    <t>ул.Дондуков, изх. АЕЦ</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> местност Дъбника, пътя за Бяла Слатина</t>
+  </si>
+  <si>
     <t>Vraca</t>
   </si>
   <si>
     <t>65 Mito Orozov str</t>
   </si>
   <si>
-    <t>Враца</t>
-[...19 lines deleted...]
-  <si>
     <t>3112 – Гложане</t>
   </si>
   <si>
     <t>ГЛОЖЕНЕ,  кв. "83", изход ОРЯХОВО</t>
   </si>
   <si>
     <t>3117 – Бутан</t>
   </si>
   <si>
     <t>БУТАН, вход ВРАЦА</t>
   </si>
   <si>
+    <t>3105 – Мездра</t>
+  </si>
+  <si>
+    <t>МЕЗДРА, ул. "9-ти септември", център</t>
+  </si>
+  <si>
     <t>3103 – Враца</t>
   </si>
   <si>
     <t>ВРАЦА, ж.к. Хранително-вкусова зона, ул. "Илинден"</t>
   </si>
   <si>
-    <t>3105 – Мездра</t>
-[...2 lines deleted...]
-    <t>МЕЗДРА, ул. "9-ти септември", център</t>
+    <t>3110 – Борован</t>
+  </si>
+  <si>
+    <t>БОРОВАН , шосе изход ОРЯХОВО</t>
   </si>
   <si>
     <t>3106 – Роман</t>
   </si>
   <si>
     <t>РОМАН, изход Златна Панега</t>
   </si>
   <si>
-    <t>3110 – Борован</t>
-[...4 lines deleted...]
-  <si>
     <t>3104 – Мездра</t>
   </si>
   <si>
     <t>МЕЗДРА, път Е-79, вход от София</t>
   </si>
   <si>
     <t>2024-01-02</t>
   </si>
   <si>
     <t>Еко Метан</t>
   </si>
   <si>
     <t>Екометан Враца</t>
   </si>
   <si>
     <t>Враца ОРЯХОВСКО ШОСЕ</t>
   </si>
   <si>
     <t>ЕкоМетан Бензин -95</t>
   </si>
   <si>
     <t>2020-10-19</t>
   </si>
   <si>
     <t>Круиз Габрово 416</t>
   </si>
   <si>
     <t>Републикански път II-44 от Севлиево за Габрово</t>
   </si>
   <si>
+    <t>Дряново</t>
+  </si>
+  <si>
+    <t>изход В.Търново</t>
+  </si>
+  <si>
     <t>Габрово</t>
   </si>
   <si>
     <t>ул."Брянска"№70</t>
   </si>
   <si>
     <t>Севлиево</t>
   </si>
   <si>
     <t>АМ Хемус, преди разклона за Севлиево</t>
   </si>
   <si>
     <t>Севлиево 2</t>
   </si>
   <si>
     <t>СЕВЛИЕВО изход за Велико Търново</t>
   </si>
   <si>
     <t>бул.Хемус</t>
   </si>
   <si>
-    <t>Дряново</t>
-[...4 lines deleted...]
-  <si>
     <t>Sevlievo</t>
   </si>
   <si>
     <t>Byal Bryag 2 str, (next to Ideal Standart)</t>
   </si>
   <si>
     <t>4307 – Севлиево</t>
   </si>
   <si>
     <t>СЕВЛИЕВО, Северна промишлена зона, вход Плевен</t>
   </si>
   <si>
     <t>4301 – Габрово</t>
   </si>
   <si>
     <t>ГАБРОВО, бул. "Стефан Караджа", изход Севлиево</t>
   </si>
   <si>
     <t>4303 – Трявна</t>
   </si>
   <si>
     <t>ТРЯВНА, ул. "Ангел Кънчев"№152, изход Габрово</t>
   </si>
   <si>
     <t>4304 – Дряново</t>
   </si>
   <si>
     <t>ДРЯНОВО, ул. "Шипка" № 214, център</t>
   </si>
   <si>
     <t>2024-02-28</t>
   </si>
   <si>
     <t>Обект 9301 Добрич</t>
   </si>
   <si>
     <t>Добрич</t>
   </si>
   <si>
+    <t>бул."Добруджа"</t>
+  </si>
+  <si>
     <t>Обект 9303 Варна</t>
   </si>
   <si>
     <t>Варна Стожер Опълченска</t>
   </si>
   <si>
     <t>Обект 9302 Добрич</t>
   </si>
   <si>
     <t>Добрич ул. "Околовръстен Път" 29</t>
   </si>
   <si>
-    <t>бул."Добруджа"</t>
-[...1 lines deleted...]
-  <si>
     <t>Dobrich</t>
   </si>
   <si>
     <t>24 Dobrudzha blvd</t>
   </si>
   <si>
+    <t>Добрич 2</t>
+  </si>
+  <si>
+    <t>околовръстен път - изход Варна</t>
+  </si>
+  <si>
     <t>Добрич 3</t>
   </si>
   <si>
     <t>бул.Добруджа 1, изх.Балчик</t>
   </si>
   <si>
-    <t>Добрич 2</t>
-[...4 lines deleted...]
-  <si>
     <t>2202 – Добрич</t>
   </si>
   <si>
     <t>ДОБРИЧ, ул. "Калиакра", пътя за с. Житница</t>
   </si>
   <si>
     <t>2210 – Албена</t>
   </si>
   <si>
     <t>к.к.АЛБЕНА, посока Кранево</t>
   </si>
   <si>
+    <t>2206 – Каварна</t>
+  </si>
+  <si>
+    <t>КАВАРНА, ул. "България" № 1</t>
+  </si>
+  <si>
+    <t>2205 – Тервел</t>
+  </si>
+  <si>
+    <t>ТЕРВЕЛ, кв. "Изгрев", ул. "Хан Аспарух" 99</t>
+  </si>
+  <si>
     <t>2209 – Балчик</t>
   </si>
   <si>
     <t>БАЛЧИК, ул. "Дунав"</t>
   </si>
   <si>
-    <t>2205 – Тервел</t>
-[...10 lines deleted...]
-  <si>
     <t>Глория Ойл</t>
   </si>
   <si>
     <t>Генерал Тошево, 9500 ул. Д. Благоев</t>
   </si>
   <si>
     <t>Глория ойл - Бензин</t>
   </si>
   <si>
+    <t>с.Черноочене</t>
+  </si>
+  <si>
+    <t>гл.път Хасково-Кърджали</t>
+  </si>
+  <si>
     <t>Кърджали</t>
   </si>
   <si>
     <t>ул.Осми март № 48, изход Ардино</t>
   </si>
   <si>
-    <t>с.Черноочене</t>
-[...4 lines deleted...]
-  <si>
     <t>Кърджали 2</t>
   </si>
   <si>
     <t>бул.Беломорски, Ардински мост, изх.Момчилград</t>
   </si>
   <si>
     <t>Кърджали 1, изход</t>
   </si>
   <si>
     <t>Kardjali 1</t>
   </si>
   <si>
     <t>Кърджали 2, център</t>
   </si>
   <si>
     <t>Kardjali 2</t>
   </si>
   <si>
     <t>Маказа</t>
   </si>
   <si>
     <t>ГКПП Маказа</t>
   </si>
   <si>
+    <t>8309 – Черноочене</t>
+  </si>
+  <si>
+    <t>ЧЕРНООЧЕНЕ, м-ст "ЮСУФ ДУДУ", изход Хасково</t>
+  </si>
+  <si>
+    <t>8310 – Джебел</t>
+  </si>
+  <si>
+    <t>ДЖЕБЕЛ, ул. "Илдъръм"  № 23, Автогара</t>
+  </si>
+  <si>
     <t>8301 – Кърджали</t>
   </si>
   <si>
     <t>КЪРДЖАЛИ, бул. "Беломорски", автогара</t>
   </si>
   <si>
-    <t>8309 – Черноочене</t>
-[...8 lines deleted...]
-    <t>ДЖЕБЕЛ, ул. "Илдъръм"  № 23, Автогара</t>
+    <t>8306 – Момчиловград</t>
+  </si>
+  <si>
+    <t>МОМЧИЛГРАД, изход КЪРДЖАЛИ</t>
+  </si>
+  <si>
+    <t>8308 – Подкова</t>
+  </si>
+  <si>
+    <t>ПОДКОВА, ДЖЕБЕЛСКА РЕКА</t>
+  </si>
+  <si>
+    <t>8307 – Крумовград</t>
+  </si>
+  <si>
+    <t>КРУМОВГРАД ПЪТЯ ЗА ИВАЙЛОВГРАД</t>
   </si>
   <si>
     <t>8304 – Ардино</t>
   </si>
   <si>
     <t>АРДИНО, изход СМОЛЯН, м-ст "Любовна чешма"</t>
   </si>
   <si>
-    <t>8306 – Момчиловград</t>
-[...14 lines deleted...]
-    <t>ПОДКОВА, ДЖЕБЕЛСКА РЕКА</t>
+    <t>Дупница</t>
+  </si>
+  <si>
+    <t>ул.Саморанска</t>
   </si>
   <si>
     <t>Кюстендил</t>
   </si>
   <si>
     <t>ул.Софийско шосе 5</t>
   </si>
   <si>
-    <t>Дупница</t>
-[...2 lines deleted...]
-    <t>ул.Саморанска</t>
+    <t>Кюстендил 3</t>
+  </si>
+  <si>
+    <t>бул.Софийско шосе, вх.София</t>
+  </si>
+  <si>
+    <t>Кюстендил 2</t>
+  </si>
+  <si>
+    <t>КЮСТЕНДИЛ ул.Ал.Димитров (до гарата)</t>
   </si>
   <si>
     <t>ДУПНИЦА изход Самоков,ул. Самоковско шосе 32</t>
   </si>
   <si>
-    <t>Кюстендил 2</t>
-[...10 lines deleted...]
-  <si>
     <t>Kustendil</t>
   </si>
   <si>
     <t>2 Nikolicheski pat str, next to Velbuzhd factory</t>
   </si>
   <si>
     <t>Dupnica</t>
   </si>
   <si>
     <t>1 Sofiisko shose str.</t>
   </si>
   <si>
+    <t>0207 - КОЧЕРИНОВО</t>
+  </si>
+  <si>
+    <t>КОЧЕРИНОВО  път Е79 м-ст "Брежето"</t>
+  </si>
+  <si>
     <t>0202 – Кюстендил</t>
   </si>
   <si>
     <t>КЮСТЕНДИЛ, ул. "Гюешевско шосе", изход Гюешево</t>
   </si>
   <si>
-    <t>0207 - КОЧЕРИНОВО</t>
-[...4 lines deleted...]
-  <si>
     <t>0201 – Кюстендил</t>
   </si>
   <si>
     <t>КЮСТЕНДИЛ, бул. Софийско шосе, изход София</t>
   </si>
   <si>
     <t>0204 – Дупница</t>
   </si>
   <si>
     <t>ДУПНИЦА, ул. "Св. Иван Рилски"№ 317, изход за Благоевград</t>
   </si>
   <si>
     <t>0205 – Бобов дол</t>
   </si>
   <si>
     <t>БОБОВ  ДОЛ, изход Дупница</t>
   </si>
   <si>
     <t>Обект 5500 Ловеч</t>
   </si>
   <si>
     <t>гр. Ловеч, път II-35 Плевен - Троян</t>
   </si>
   <si>
     <t>Chimoil Бензин А95</t>
   </si>
   <si>
+    <t>Троян Верона 2002</t>
+  </si>
+  <si>
+    <t>Троян, 5602 ул. Васил Левски №320</t>
+  </si>
+  <si>
     <t>с. Български извор</t>
   </si>
   <si>
     <t>Боаза</t>
   </si>
   <si>
     <t>БОАЗА на пътя Варна-София</t>
   </si>
   <si>
     <t>Ловеч</t>
   </si>
   <si>
     <t>ЛОВЕЧ на изхода за Плевен, бул.Мизия</t>
   </si>
   <si>
     <t>Тетевен</t>
   </si>
   <si>
     <t>ул.Вършец 77, на изхода за Плевен</t>
   </si>
   <si>
-    <t>Троян Верона 2002</t>
-[...2 lines deleted...]
-    <t>Троян, 5602 ул. Васил Левски №320</t>
+    <t>4407 – Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, бул. "Мизия"</t>
+  </si>
+  <si>
+    <t>4413 – Тетевен</t>
+  </si>
+  <si>
+    <t>ТЕТЕВЕН, ул. Вършец №67</t>
+  </si>
+  <si>
+    <t>4401 – Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, ул. "Доктор Съйко Съев", на изхода за София</t>
   </si>
   <si>
     <t>4405 – Троян</t>
   </si>
   <si>
     <t>ТРОЯН, ул. "Генерал Карцов", изход за ,,Беклемето"</t>
   </si>
   <si>
-    <t>4401 – Ловеч</t>
-[...16 lines deleted...]
-  <si>
     <t>4409 – Луковит</t>
   </si>
   <si>
     <t>ЛУКОВИТ, ул. "Възраждане", вход София</t>
   </si>
   <si>
+    <t>4418 – Малиново</t>
+  </si>
+  <si>
+    <t>4420 – Микре</t>
+  </si>
+  <si>
+    <t>МИКРЕ, на пътя София-Варна м-ст "Дончовското", изход София</t>
+  </si>
+  <si>
+    <t>4424 – гр.Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, гл. път 35, посока от Плевен към Троян (ул. Баховско шосе)</t>
+  </si>
+  <si>
     <t>4411 – Златна Панега</t>
   </si>
   <si>
     <t>ЗЛАТНА ПАНЕГА, главен път Плевен-София, изход София</t>
   </si>
   <si>
-    <t>4418 – Малиново</t>
-[...13 lines deleted...]
-  <si>
     <t>4421 – Ябланица</t>
   </si>
   <si>
     <t>ЯБЛАНИЦА, кв. "Кът"</t>
   </si>
   <si>
     <t>Монтана</t>
   </si>
   <si>
     <t>бул.Трети март 145</t>
   </si>
   <si>
     <t>Лом</t>
   </si>
   <si>
     <t>кв.Младеново, ул. Софийска 4</t>
   </si>
   <si>
+    <t>Лом 2</t>
+  </si>
+  <si>
+    <t>Лом, Белоградчишко шосе</t>
+  </si>
+  <si>
+    <t>Монтана 2</t>
+  </si>
+  <si>
+    <t>ул. Ал.Стамболийски</t>
+  </si>
+  <si>
     <t>Белотинци</t>
   </si>
   <si>
     <t>с.Белотинци, Е 79</t>
   </si>
   <si>
-    <t>Монтана 2</t>
-[...10 lines deleted...]
-  <si>
     <t>Montana</t>
   </si>
   <si>
     <t>E-79, Sofia - Vratsa way</t>
   </si>
   <si>
     <t>3319 – Монтана</t>
   </si>
   <si>
     <t>МОНТАНА, бул. "Хр. Ботев" 66</t>
   </si>
   <si>
+    <t>3313 – Лом</t>
+  </si>
+  <si>
+    <t>ЛОМ, м-ст "Бахчите", ул. Ал. Стамболийски</t>
+  </si>
+  <si>
     <t>3303 – Монтана</t>
   </si>
   <si>
     <t>МОНТАНА, РУЖ. ШОСЕ, УЛ. "ВЕРЕНИШКА"</t>
   </si>
   <si>
-    <t>3313 – Лом</t>
-[...2 lines deleted...]
-    <t>ЛОМ, м-ст "Бахчите", ул. Ал. Стамболийски</t>
+    <t>3305 – Вършец</t>
+  </si>
+  <si>
+    <t>ВЪРШЕЦ, ул. "Република", вход от ВРАЦА</t>
   </si>
   <si>
     <t>3309 – Мърчево</t>
   </si>
   <si>
     <t>МЪРЧЕВО, ул. "Първа"№34,  изход ОРЯХОВО</t>
   </si>
   <si>
     <t>3310 – Г. Геново</t>
   </si>
   <si>
     <t>Г.ГЕНОВО, БЕЛОГРАДЧИШКО ШОСЕ</t>
   </si>
   <si>
-    <t>3305 – Вършец</t>
-[...4 lines deleted...]
-  <si>
     <t>3308 – Вълчедръм</t>
   </si>
   <si>
     <t>ВЪЛЧЕДРЪМ, ул. "Георги Карлов", ИЗХОД ЛОМ</t>
   </si>
   <si>
+    <t>Круиз Магистрала Тракия 61 км 848</t>
+  </si>
+  <si>
+    <t>булевард „България", 4498 Долно вършило</t>
+  </si>
+  <si>
     <t>Круиз Пазарджик 884</t>
   </si>
   <si>
     <t>бул. Георги Бенковски 142</t>
   </si>
   <si>
-    <t>Круиз Магистрала Тракия 61 км 848</t>
-[...4 lines deleted...]
-  <si>
     <t>Круиз Велинград 883</t>
   </si>
   <si>
     <t>ул. Патриарх Евтимий 1</t>
   </si>
   <si>
+    <t>Пазарджик 3</t>
+  </si>
+  <si>
+    <t>Пазарджик ,ул. Христо Касап Велев №2</t>
+  </si>
+  <si>
     <t>Пазарджик 2</t>
   </si>
   <si>
     <t>Пазарджик, Пловдивско шосе, след OMV</t>
   </si>
   <si>
+    <t>Пазарджик</t>
+  </si>
+  <si>
+    <t>ул. Христо Касапвелев, до казармата</t>
+  </si>
+  <si>
+    <t>Велинград</t>
+  </si>
+  <si>
+    <t>ул.Хан Аспарух №2</t>
+  </si>
+  <si>
+    <t>Пещера</t>
+  </si>
+  <si>
+    <t>ПЕЩЕРА,ул. Михаил Такев 9</t>
+  </si>
+  <si>
     <t>Панагюрище</t>
   </si>
   <si>
     <t>вход от Оборище</t>
   </si>
   <si>
-    <t>Пазарджик 3</t>
-[...14 lines deleted...]
-    <t>ул.Хан Аспарух №2</t>
+    <t>Пазарджик Царица Йоана</t>
+  </si>
+  <si>
+    <t>Пазарджик, ул. „Царица Йоанна“ 16</t>
+  </si>
+  <si>
+    <t>Pazardjik</t>
+  </si>
+  <si>
+    <t>Stoyan Angelov str, Ring road</t>
   </si>
   <si>
     <t>Velingrad</t>
   </si>
   <si>
     <t>74 Industrialna str.</t>
   </si>
   <si>
-    <t>Пазарджик Царица Йоана</t>
-[...14 lines deleted...]
-    <t>Stoyan Angelov str, Ring road</t>
+    <t>АМ "Тракия" - 88 км. север</t>
   </si>
   <si>
     <t>АМ Тракия- 88км.</t>
   </si>
   <si>
-    <t>АМ "Тракия" - 88 км. север</t>
+    <t>5202 – Пазарджик</t>
+  </si>
+  <si>
+    <t>ПАЗАРДЖИК, бул. "Цар Освободител" № 43</t>
+  </si>
+  <si>
+    <t>5211 – Велинград</t>
+  </si>
+  <si>
+    <t>ВЕЛИНГРАД, ул. "Хр. Ботев"  № 41</t>
   </si>
   <si>
     <t>5208 – Панагюрище</t>
   </si>
   <si>
     <t>ПАНАГЮРИЩЕ, ул. "Г. Бенковски"</t>
   </si>
   <si>
-    <t>5202 – Пазарджик</t>
-[...10 lines deleted...]
-  <si>
     <t>5210 – Батак</t>
   </si>
   <si>
     <t>БАТАК, местност "Превала"</t>
   </si>
   <si>
+    <t>5206 – Белово</t>
+  </si>
+  <si>
+    <t>БЕЛОВО, ул. "Освобождение" № 177</t>
+  </si>
+  <si>
     <t>5205 – Септември</t>
   </si>
   <si>
     <t>СЕПТЕМВРИ, ул. "Велинградско шосе"</t>
   </si>
   <si>
-    <t>5206 – Белово</t>
-[...2 lines deleted...]
-    <t>БЕЛОВО, ул. "Освобождение" № 177</t>
+    <t>5216 – Церово</t>
+  </si>
+  <si>
+    <t>ЦЕРОВО, АМ "Тракия", посока София</t>
   </si>
   <si>
     <t>5215 – Калугерово</t>
   </si>
   <si>
     <t>КАЛУГЕРОВО, АМ "Тракия", посока Пловдив</t>
   </si>
   <si>
-    <t>5216 – Церово</t>
-[...2 lines deleted...]
-    <t>ЦЕРОВО, АМ "Тракия", посока София</t>
+    <t>Белене</t>
   </si>
   <si>
     <t>Плевен</t>
   </si>
   <si>
     <t>кв."Сторгозия", до ЛВТ</t>
   </si>
   <si>
-    <t>Белене</t>
+    <t>Левски</t>
+  </si>
+  <si>
+    <t>ЛЕВСКИ изход Плевен</t>
+  </si>
+  <si>
+    <t>Плевен 3</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН на изхода за София</t>
   </si>
   <si>
     <t>Плевен 2</t>
   </si>
   <si>
     <t>ПЛЕВЕН при КАТ-север, изход Русе</t>
   </si>
   <si>
-    <t>Плевен 3</t>
-[...10 lines deleted...]
-  <si>
     <t>Pleven 1</t>
   </si>
   <si>
     <t>Hristo Botev blvd</t>
   </si>
   <si>
     <t>Pleven, Mizia</t>
   </si>
   <si>
     <t>2 Bulgarska aviaciya str</t>
   </si>
   <si>
     <t>4101 – Плевен</t>
   </si>
   <si>
     <t>ПЛЕВЕН, ул. Сан Стефано", парк "Кайлъка"</t>
   </si>
   <si>
+    <t>4102 – Плевен</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН, ул. "Гривишко шосе"</t>
+  </si>
+  <si>
     <t>4123 – Белене</t>
   </si>
   <si>
     <t>БЕЛЕНЕ, ул. "България", изход Плевен</t>
   </si>
   <si>
     <t>4127 – Левски</t>
   </si>
   <si>
     <t>ЛЕВСКИ, ул."Цар Иван Асен II", изход за Плевен</t>
   </si>
   <si>
-    <t>4102 – Плевен</t>
-[...2 lines deleted...]
-    <t>ПЛЕВЕН, ул. "Гривишко шосе"</t>
+    <t>4109 – Червен бряг</t>
+  </si>
+  <si>
+    <t>ЧЕРВЕН БРЯГ, до база "Петрол"</t>
   </si>
   <si>
     <t>4110 – Червен бряг</t>
   </si>
   <si>
     <t>ЧЕРВЕН БРЯГ, ул. "Софроний Врачански", до ЖП гарата</t>
   </si>
   <si>
-    <t>4109 – Червен бряг</t>
-[...4 lines deleted...]
-  <si>
     <t>3109 – Кнежа</t>
   </si>
   <si>
     <t>КНЕЖА, ул. "Д. БУТАНСКИ" №4</t>
   </si>
   <si>
+    <t>4113 – Българене</t>
+  </si>
+  <si>
+    <t>БЪЛГАРЕНЕ, на пътя за Русе</t>
+  </si>
+  <si>
+    <t>4114 – Гулянци</t>
+  </si>
+  <si>
+    <t>ГУЛЯНЦИ, на изхода за Никопол</t>
+  </si>
+  <si>
     <t>4111 – Радомирци</t>
   </si>
   <si>
     <t>РАДОМИРЦИ, пътя Плевен - София</t>
   </si>
   <si>
-    <t>4113 – Българене</t>
-[...8 lines deleted...]
-    <t>ГУЛЯНЦИ, на изхода за Никопол</t>
+    <t>Перник</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> кв.Ладовица</t>
   </si>
   <si>
     <t>Студена</t>
   </si>
   <si>
     <t>с.Студена</t>
   </si>
   <si>
-    <t>Перник</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> кв.Ладовица</t>
+    <t>Брезник</t>
+  </si>
+  <si>
+    <t>ГР. БРЕЗНИК изход Трън, ул. Г. Бунджелов 74</t>
+  </si>
+  <si>
+    <t>Перник 2</t>
+  </si>
+  <si>
+    <t>ПЕРНИК кв.Граово</t>
   </si>
   <si>
     <t>Радомир</t>
   </si>
   <si>
     <t>РАДОМИР, ул. Райко Даскалов</t>
   </si>
   <si>
-    <t>Перник 2</t>
-[...10 lines deleted...]
-  <si>
     <t>Pernik 1</t>
   </si>
   <si>
     <t>Jurii Gagarin blvd</t>
   </si>
   <si>
     <t>Pernik, Stomana</t>
   </si>
   <si>
     <t>STOMANA, Skorostna magistrala str</t>
   </si>
   <si>
     <t>7311 – Драгичево</t>
   </si>
   <si>
     <t>ДРАГИЧЕВО, вход АМ Люлин, изход София</t>
   </si>
   <si>
     <t>7316 - Перник</t>
   </si>
   <si>
     <t>Перник, ул. Юрий Гагарин" - вход от София</t>
   </si>
   <si>
+    <t>7308 – Трън</t>
+  </si>
+  <si>
+    <t>ТРЪН, изход за ГКПП</t>
+  </si>
+  <si>
     <t>7305 – Извор</t>
   </si>
   <si>
     <t>ИЗВОР, път Радомир-Кюстендил, изход Кюстендил</t>
   </si>
   <si>
-    <t>7308 – Трън</t>
-[...4 lines deleted...]
-  <si>
     <t>7315 - Студена</t>
   </si>
   <si>
     <t>Студена, АМ Струма 70+210 КМ, посока Кулата</t>
   </si>
   <si>
     <t>Круиз Пловдив 850</t>
   </si>
   <si>
     <t>бул. „Александър Стамболийски“ 9А</t>
   </si>
   <si>
+    <t>ПловдивЦариградско</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ Цариградско шосе</t>
+  </si>
+  <si>
+    <t>Пловдив Пещерско</t>
+  </si>
+  <si>
+    <t xml:space="preserve">бул."Пещерско шосе" </t>
+  </si>
+  <si>
     <t>Круиз Карлово 429</t>
   </si>
   <si>
     <t>гр. Карлово , местност Борчетата ул. Теофан Райнов №1</t>
   </si>
   <si>
-    <t>Пловдив Пещерско</t>
-[...4 lines deleted...]
-  <si>
     <t>Пловдив Изток</t>
   </si>
   <si>
     <t>бул. Освобождение 3, до хотел SPS</t>
   </si>
   <si>
-    <t>ПловдивЦариградско</t>
-[...4 lines deleted...]
-  <si>
     <t>Plovdiv, Tzarigradsko</t>
   </si>
   <si>
     <t>TZARIGRADSKO shose blvd - 5A</t>
   </si>
   <si>
     <t>Plovdiv, Peshtersko</t>
   </si>
   <si>
     <t>PESHTERSKO Shose Str - 156</t>
   </si>
   <si>
+    <t>Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ БУЛ.Цар Борис 3, Обединител 4</t>
+  </si>
+  <si>
+    <t>Асеновград ДЕЛТА ОЙЛ</t>
+  </si>
+  <si>
+    <t>Куклен</t>
+  </si>
+  <si>
+    <t>Куклен, Асеновградско шосе, разклона КЦМ</t>
+  </si>
+  <si>
+    <t>бул.Пазарджишко шосе, изх.Пазарджик</t>
+  </si>
+  <si>
     <t>Асеновград</t>
   </si>
   <si>
+    <t>АСЕНОВГРАД Първомайско шосе,ул. Иван Асен 2 № 97</t>
+  </si>
+  <si>
+    <t>Първомай</t>
+  </si>
+  <si>
+    <t>ПЪРВОМАЙ, ул. Княз Борис 78 А</t>
+  </si>
+  <si>
+    <t>Карлово</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ул.Генерал Карцов №44</t>
+  </si>
+  <si>
+    <t>Пещерско шосе 2</t>
+  </si>
+  <si>
+    <t>Пловдив, бул.Пещерско шосе №138</t>
+  </si>
+  <si>
+    <t>Пловдив Карловско 2</t>
+  </si>
+  <si>
+    <t>Карловско шосе</t>
+  </si>
+  <si>
+    <t>Пловдив, Толакс</t>
+  </si>
+  <si>
+    <t>ул.Асеновградско шосе, до КАТ пункт</t>
+  </si>
+  <si>
     <t>с.Крумово, вход Пловдив</t>
   </si>
   <si>
-    <t>Пловдив, Толакс</t>
-[...41 lines deleted...]
-    <t>ПЛОВДИВ БУЛ.Цар Борис 3, Обединител 4</t>
+    <t>Пловдив, 6-ти септември</t>
+  </si>
+  <si>
+    <t>бул. 6-ти септември</t>
+  </si>
+  <si>
+    <t>Пловдив юг</t>
+  </si>
+  <si>
+    <t>Садово, пътя Пловдив-Свиленград</t>
+  </si>
+  <si>
+    <t>Пловдив 1 - Садово</t>
+  </si>
+  <si>
+    <t>Садово, пътя Свиленград-Пловдив</t>
+  </si>
+  <si>
+    <t>Сопот</t>
+  </si>
+  <si>
+    <t>Сопот, бул. Иван Вазов №1-А</t>
+  </si>
+  <si>
+    <t>бул.България,с/у "Захарна фабрика"</t>
+  </si>
+  <si>
+    <t>Карловско</t>
+  </si>
+  <si>
+    <t>Пловдив, Карловско шосе</t>
   </si>
   <si>
     <t>Йоаким Груево</t>
   </si>
   <si>
     <t xml:space="preserve">С.ЙОАКИМ ГРУЕВО </t>
   </si>
   <si>
+    <t>Plovdiv, Stamboliiski</t>
+  </si>
+  <si>
+    <t>BYALATA VODENICA,  corner of Al. Stamboliiski blvd and D. Talev str</t>
+  </si>
+  <si>
     <t>Plovdiv, V. Aprilov</t>
   </si>
   <si>
     <t>VASIL APRILOV blvd - 156</t>
   </si>
   <si>
-    <t>Пловдив Карловско 2</t>
-[...37 lines deleted...]
-  <si>
     <t>Asenovgrad</t>
   </si>
   <si>
     <t>ASENOVGRAD Road - 8th km at ІІ-86 road to Asenovgrad</t>
   </si>
   <si>
     <t>Plovdiv. Kuklensko</t>
   </si>
   <si>
     <t>KUKLENSKO SHOSE str</t>
   </si>
   <si>
     <t>Plovdiv, Botev</t>
   </si>
   <si>
     <t>BOTEV, 8 Sergei Rumyancev blvd</t>
   </si>
   <si>
-    <t>Plovdiv, Stamboliiski</t>
-[...4 lines deleted...]
-  <si>
     <t>Plovdiv, Bulgaria</t>
   </si>
   <si>
     <t>BULGARIA blvd</t>
   </si>
   <si>
+    <t>АМ Тракия 154км</t>
+  </si>
+  <si>
+    <t>АМ Тракия 154км - Север</t>
+  </si>
+  <si>
+    <t>Тракия 154</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>Trakia</t>
+  </si>
+  <si>
+    <t>TRAKIA Highway - 122 km</t>
+  </si>
+  <si>
     <t>Radinovo</t>
   </si>
   <si>
     <t>At the 119th km of Trakia highway</t>
   </si>
   <si>
-    <t>Тракия 154</t>
-[...11 lines deleted...]
-    <t>АМ Тракия 154км - Север</t>
+    <t>5104 - Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, Бул. "Найчо Цанов", "АСЕНОВГРАДСКО ШОСЕ"</t>
+  </si>
+  <si>
+    <t>5138 – Карлово</t>
+  </si>
+  <si>
+    <t>КАРЛОВО, ул. "Теофан Райнов", посока Куртово</t>
+  </si>
+  <si>
+    <t>5121 – Раковски</t>
+  </si>
+  <si>
+    <t>РАКОВСКИ, кв. "Парчевич"</t>
   </si>
   <si>
     <t>5139 – Пловдив</t>
   </si>
   <si>
     <t>ПЛОВДИВ, жк. "ТРАКИЯ", бул. "ЦАР СИМЕОН"</t>
   </si>
   <si>
-    <t>5104 - Пловдив</t>
-[...2 lines deleted...]
-    <t>ПЛОВДИВ, Бул. "Найчо Цанов", "АСЕНОВГРАДСКО ШОСЕ"</t>
+    <t>5123 – Асеновград</t>
+  </si>
+  <si>
+    <t>АСЕНОВГРАД, ул. "БАЧКОВСКО ШОСЕ"</t>
+  </si>
+  <si>
+    <t>5110 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, бул. "БЪЛГАРИЯ"</t>
+  </si>
+  <si>
+    <t>5122 – Пловдив</t>
+  </si>
+  <si>
+    <t>БРЕСТНИК, бул. "Асеновградско шосе", местност "Горна Каба"</t>
   </si>
   <si>
     <t>5106 – Пловдив</t>
   </si>
   <si>
     <t>ПЛОВДИВ, бул. ".В.АПРИЛОВ" №76</t>
   </si>
   <si>
-    <t>5110 – Пловдив</t>
-[...26 lines deleted...]
-    <t>КАРЛОВО, ул. "Теофан Райнов", посока Куртово</t>
+    <t>5117 – Кричим</t>
+  </si>
+  <si>
+    <t>КРИЧИМ, бул. "Тракия" №22</t>
+  </si>
+  <si>
+    <t>5134 – Перущица</t>
+  </si>
+  <si>
+    <t>ПЕРУЩИЦА,  ул. "Иван Вазов" №1А</t>
+  </si>
+  <si>
+    <t>5131 – Хисаря</t>
+  </si>
+  <si>
+    <t>ХИСАР, ул. "Хр. Ботев" 20 А</t>
+  </si>
+  <si>
+    <t>5120 – Съединение</t>
+  </si>
+  <si>
+    <t>СЪЕДИНЕНИЕ, м/у ул. "Найден Команов" и бул. "Пловдив"</t>
+  </si>
+  <si>
+    <t>5119 – Орта Хан</t>
+  </si>
+  <si>
+    <t>ЦАЛАПИЦА, местност Орта хан</t>
   </si>
   <si>
     <t>5135 – Белозем</t>
   </si>
   <si>
     <t>БЕЛОЗЕМ, посока Център</t>
   </si>
   <si>
-    <t>5131 – Хисаря</t>
-[...28 lines deleted...]
-  <si>
     <t>5133 – Пловдив</t>
   </si>
   <si>
     <t>ПЛОВДИВ, АМ "ТРАКИЯ" 124 КМ., Посока Бургас-София</t>
   </si>
   <si>
     <t>Пловдив метан</t>
   </si>
   <si>
     <t>Пловдив, бул. Ягодовско Шосе №0</t>
   </si>
   <si>
     <t>2020-07-15</t>
   </si>
   <si>
     <t>Разград</t>
   </si>
   <si>
     <t>ул.Априлско въстание, до Автогарата</t>
   </si>
   <si>
     <t>Разград 2</t>
   </si>
   <si>
     <t>ул.Перистър, до КАТ, изх.Русе</t>
   </si>
   <si>
     <t>Разград Еко</t>
   </si>
   <si>
     <t>ул. Перистър 6Б, Разград, Разград</t>
   </si>
   <si>
     <t>6202 – Разград</t>
   </si>
   <si>
     <t>РАЗГРАД   на гл.път   Русе - Варна</t>
   </si>
   <si>
+    <t>Круиз Русе 891</t>
+  </si>
+  <si>
+    <t>бул. „България“ 310</t>
+  </si>
+  <si>
     <t>Круиз Русе 2 303</t>
   </si>
   <si>
     <t>бул. 3-ти март</t>
   </si>
   <si>
-    <t>Круиз Русе 891</t>
-[...2 lines deleted...]
-    <t>бул. „България“ 310</t>
+    <t>Бяла</t>
+  </si>
+  <si>
+    <t>Гара Бяла, магистрала Е-85</t>
+  </si>
+  <si>
+    <t>Русе 5</t>
+  </si>
+  <si>
+    <t>РУСЕ - ВОДЕН РУСЕ  ул. Наум</t>
+  </si>
+  <si>
+    <t>Русе 4</t>
+  </si>
+  <si>
+    <t>РУСЕ ул.Рила №3 стара поща</t>
   </si>
   <si>
     <t>Русе</t>
   </si>
   <si>
     <t>Русе, до Метро,ул. 3 ти март, изх.за София</t>
   </si>
   <si>
     <t>Русе - 3</t>
   </si>
   <si>
     <t>бул.България, Дунав мост</t>
   </si>
   <si>
-    <t>Русе 4</t>
-[...16 lines deleted...]
-  <si>
     <t>бул.Христо Ботев 1-вх.Варна</t>
   </si>
   <si>
     <t>Ruse, Drujba</t>
   </si>
   <si>
     <t>DRUJBA, 40 Hr. Botev blvd</t>
   </si>
   <si>
     <t>Ruse, Bulgaria</t>
   </si>
   <si>
     <t>BULGARIA blvd. - 206</t>
   </si>
   <si>
     <t>Ruse, Lipnik</t>
   </si>
   <si>
     <t>LIPNIK blvd - 3</t>
   </si>
   <si>
+    <t>6106 – Русе</t>
+  </si>
+  <si>
+    <t>РУСЕ, бул. "Христо Ботев", път Русе - Варна</t>
+  </si>
+  <si>
     <t>6104 – Русе</t>
   </si>
   <si>
     <t>РУСЕ, бул. "Липник" №128, до  КАТ</t>
   </si>
   <si>
-    <t>6106 – Русе</t>
-[...4 lines deleted...]
-  <si>
     <t>6705 - Русе</t>
   </si>
   <si>
     <t>РУСЕ, ул. "Кариера", по пътя към Дунав мост</t>
   </si>
   <si>
+    <t>6210 – Сеново</t>
+  </si>
+  <si>
+    <t>СЕНОВО до МОК "Каолиново" гр. Сеново</t>
+  </si>
+  <si>
+    <t>6110 – Бяла</t>
+  </si>
+  <si>
+    <t>БЯЛА, бул. "Кольо Фичето" на гл.път  Русе - София</t>
+  </si>
+  <si>
     <t>6109 – Две могили</t>
   </si>
   <si>
     <t>ДВЕ МОГИЛИ,  ул. "Черно море" № 5</t>
   </si>
   <si>
-    <t>6210 – Сеново</t>
-[...10 lines deleted...]
-  <si>
     <t>Силистра</t>
   </si>
   <si>
     <t>ГКПП Силистра</t>
   </si>
   <si>
     <t>6305 – Дулово</t>
   </si>
   <si>
     <t>ДУЛОВО  на път Силистра - Шумен</t>
   </si>
   <si>
     <t>6307 – Зафирово</t>
   </si>
   <si>
     <t>ЗАФИРОВО на път Русе - Силистра</t>
   </si>
   <si>
+    <t>6309 – Тутракан</t>
+  </si>
+  <si>
+    <t>ТУТРАКАН на път  Русе - Силистра</t>
+  </si>
+  <si>
     <t>6308 – Алфатар</t>
   </si>
   <si>
     <t>АЛФАТАР, ул. "Олшанка"</t>
   </si>
   <si>
-    <t>6309 – Тутракан</t>
-[...4 lines deleted...]
-  <si>
     <t>Круиз Тутракан 473</t>
   </si>
   <si>
     <t>ул. Силистра 65</t>
   </si>
   <si>
     <t>2023-12-01</t>
   </si>
   <si>
     <t>Круиз Сливен 316</t>
   </si>
   <si>
     <t>Сливен, Сини камъни до бл.17</t>
   </si>
   <si>
+    <t>Нова Загора</t>
+  </si>
+  <si>
+    <t>Н.Загора по пътя за Свиленград</t>
+  </si>
+  <si>
+    <t>Сливен 4</t>
+  </si>
+  <si>
+    <t>СЛИВЕН в града до пазара,ул. Симеон № 7</t>
+  </si>
+  <si>
+    <t>Нова Загора 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> на път Русе-Елхово/София-Бургас</t>
+  </si>
+  <si>
+    <t>Сливен 5</t>
+  </si>
+  <si>
+    <t>СЛИВЕН ул.Старозагорско шосе</t>
+  </si>
+  <si>
+    <t>Сливен 3</t>
+  </si>
+  <si>
+    <t>кв.Речица</t>
+  </si>
+  <si>
+    <t>Твърдица</t>
+  </si>
+  <si>
+    <t>гр.Твърдица</t>
+  </si>
+  <si>
     <t>Сливен 1</t>
   </si>
   <si>
     <t>Бургаско шосе, до държ.резерв</t>
   </si>
   <si>
     <t>Сливен 2</t>
   </si>
   <si>
     <t>кв. Клуцохор, изх.за гр.Елена</t>
   </si>
   <si>
-    <t>Твърдица</t>
-[...8 lines deleted...]
-    <t>кв.Речица</t>
+    <t>Sliven 1</t>
+  </si>
+  <si>
+    <t>Corner of Bratya Miladinovi blvd and Tsar Simeon blvd</t>
   </si>
   <si>
     <t>Sliven 2</t>
   </si>
   <si>
     <t>STAROZAGORSKO shose str, next to KAT</t>
   </si>
   <si>
-    <t>Нова Загора 2</t>
-[...28 lines deleted...]
-  <si>
     <t>Trakia,243km (ezero)  Nova Zagora</t>
   </si>
   <si>
     <t>км, Автомагистрала „Тракия“ 243, 8900 Нова Загора</t>
   </si>
   <si>
     <t>Agroprotect OOD</t>
   </si>
   <si>
     <t>AP</t>
   </si>
   <si>
     <t>Нова Загора, бул. Сливенско шосе</t>
   </si>
   <si>
     <t>Бензин А95</t>
   </si>
   <si>
     <t>2021-08-24</t>
   </si>
   <si>
     <t>Бензин А100</t>
   </si>
   <si>
+    <t>1201 – Сливен</t>
+  </si>
+  <si>
+    <t>СЛИВЕН, ул. "Д. Пехливанов" № 13</t>
+  </si>
+  <si>
     <t>1208 – Нова Загора</t>
   </si>
   <si>
     <t>НОВА ЗАГОРА, изход Раднево</t>
   </si>
   <si>
     <t>1210 – Сливен</t>
   </si>
   <si>
     <t>СЛИВЕН, м-ст "РАМАНУША", път Бургас-Сливен</t>
   </si>
   <si>
-    <t>1201 – Сливен</t>
-[...4 lines deleted...]
-  <si>
     <t>1207 – Твърдица</t>
   </si>
   <si>
     <t>ТВЪРДИЦА, ул. "Княз Борис I"</t>
   </si>
   <si>
     <t>1209 – Котел</t>
   </si>
   <si>
     <t>КОТЕЛ, пътя Ямбол - Шумен</t>
   </si>
   <si>
     <t>Смолян</t>
   </si>
   <si>
     <t>кв.Райково, до Стадиона</t>
   </si>
   <si>
     <t>Smolyan</t>
   </si>
   <si>
     <t>Rodopi str</t>
   </si>
   <si>
     <t>Чепеларе</t>
   </si>
   <si>
     <t>ул.Беломорска №4А</t>
   </si>
   <si>
     <t>5301 – Устово</t>
   </si>
   <si>
     <t>СМОЛЯН, кв. "УСТОВО"</t>
   </si>
   <si>
+    <t>5308 – Средногорци</t>
+  </si>
+  <si>
+    <t>СРЕДНОГОРЦИ, ул. "Здравец" №18</t>
+  </si>
+  <si>
     <t>5309 – Златоград</t>
   </si>
   <si>
     <t>ЗЛАТОГРАД, ул. "България" № 31</t>
   </si>
   <si>
+    <t>5307 – Пампорово</t>
+  </si>
+  <si>
+    <t>ЧЕПЕЛАРЕ, к.к. Пампорово</t>
+  </si>
+  <si>
+    <t>5313 – Неделино</t>
+  </si>
+  <si>
+    <t>НЕДЕЛИНО, изход за Златоград</t>
+  </si>
+  <si>
+    <t>5306 – Девин</t>
+  </si>
+  <si>
+    <t>ДЕВИН, ул. "Освобождение"</t>
+  </si>
+  <si>
     <t>5311 – Рудозем</t>
   </si>
   <si>
     <t>РУДОЗЕМ,  ул. "Хан Аспарух"</t>
   </si>
   <si>
-    <t>5313 – Неделино</t>
-[...22 lines deleted...]
-  <si>
     <t>Круиз Гео Милев 613</t>
   </si>
   <si>
     <t>ул. „Гео Милев“ 71, 1111 София</t>
   </si>
   <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>Сакса 326</t>
+  </si>
+  <si>
+    <t>София, 1618 ул. Бойчо Бойчев №4</t>
+  </si>
+  <si>
     <t>Круиз Първа Българска Армия 674</t>
   </si>
   <si>
     <t>ул. „Първа българска армия“ 90, 1225 София</t>
   </si>
   <si>
-    <t>Сакса 326</t>
-[...2 lines deleted...]
-    <t>София, 1618 ул. Бойчо Бойчев №4</t>
+    <t>София Дружба</t>
+  </si>
+  <si>
+    <t>ул. Илия Бешков 6</t>
+  </si>
+  <si>
+    <t>Суходол</t>
+  </si>
+  <si>
+    <t>Сточна гара</t>
+  </si>
+  <si>
+    <t>СОФИЯ Сточна гара</t>
+  </si>
+  <si>
+    <t>София</t>
+  </si>
+  <si>
+    <t>ул. Асен Йорданов</t>
+  </si>
+  <si>
+    <t>бул.Тодор Александров</t>
+  </si>
+  <si>
+    <t>Горна Баня</t>
+  </si>
+  <si>
+    <t>СОФИЯ кв.Горна баня</t>
+  </si>
+  <si>
+    <t>София-Несторов</t>
+  </si>
+  <si>
+    <t>Красна поляна, бул."К.Величков"</t>
+  </si>
+  <si>
+    <t>Червено знаме</t>
+  </si>
+  <si>
+    <t>София, бул.Шипченски проход</t>
+  </si>
+  <si>
+    <t>Западен парк</t>
+  </si>
+  <si>
+    <t>бул.Европа-Орион-Зап.парк</t>
+  </si>
+  <si>
+    <t>Круиз Слатина 618</t>
+  </si>
+  <si>
+    <t>гр. София, бул. Асен Йорданов №4А</t>
+  </si>
+  <si>
+    <t>Обект 1001 Химойл София</t>
+  </si>
+  <si>
+    <t>бул. Професор Цветан Лазаров 15</t>
   </si>
   <si>
     <t>Круиз Бухово 614</t>
   </si>
   <si>
     <t>бул. Никола Бонев</t>
   </si>
   <si>
-    <t>Круиз Слатина 618</t>
-[...40 lines deleted...]
-  <si>
     <t xml:space="preserve"> кв.Орландовци, до ДЗИ</t>
   </si>
   <si>
-    <t>Горна Баня</t>
-[...14 lines deleted...]
-    <t>София, бул.Шипченски проход</t>
+    <t>Sofia, Orion</t>
+  </si>
+  <si>
+    <t>ORION, 1 Adam Mickevits str, Moderno predgradie r.c.</t>
+  </si>
+  <si>
+    <t>Sofia, Slivnica</t>
+  </si>
+  <si>
+    <t>SLIVNICA blvd - 8A</t>
+  </si>
+  <si>
+    <t>Sofia, Vazov</t>
+  </si>
+  <si>
+    <t>VLADIMIR VAZOV and corner - Veleka str</t>
+  </si>
+  <si>
+    <t>Sofia, Shipchenski</t>
+  </si>
+  <si>
+    <t>SHIPCHENSKI prohod blvd in front of Elektronika factory</t>
   </si>
   <si>
     <t>Sofia, K. Velichkov</t>
   </si>
   <si>
     <t>KONSTANTIN VELICHKOV blvd corner and Doctor Kalinkov str</t>
   </si>
   <si>
-    <t>Sofia, Slivnica</t>
-[...22 lines deleted...]
-  <si>
     <t>София Асен Йорданов</t>
   </si>
   <si>
     <t>Asen Yordanov 4</t>
   </si>
   <si>
+    <t>Горни богров</t>
+  </si>
+  <si>
+    <t>Богров</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нови Искър </t>
+  </si>
+  <si>
+    <t>ул.Искърско дефиле №1</t>
+  </si>
+  <si>
+    <t>кв.Люлин-7, Тунела</t>
+  </si>
+  <si>
+    <t>София Люлин</t>
+  </si>
+  <si>
+    <t>кв.Люлин-8, до Била</t>
+  </si>
+  <si>
+    <t>Владая</t>
+  </si>
+  <si>
+    <t>Перник-София, преди Владая</t>
+  </si>
+  <si>
+    <t>Черния кос</t>
+  </si>
+  <si>
+    <t>СОФИЯ кв.Княжево Черния кос</t>
+  </si>
+  <si>
+    <t>СОФИЯ бул.Бъкстон</t>
+  </si>
+  <si>
+    <t>София Зоопарка</t>
+  </si>
+  <si>
+    <t>СОФИЯ до Зоопарка ж.к.Изгрев</t>
+  </si>
+  <si>
+    <t>Ботевградско</t>
+  </si>
+  <si>
+    <t>Ботевградско шосе</t>
+  </si>
+  <si>
     <t>Chepinci</t>
   </si>
   <si>
     <t>CHEPINCI, Okolovrusten pat</t>
   </si>
   <si>
-    <t>София Люлин</t>
-[...4 lines deleted...]
-  <si>
     <t>София-Метро2</t>
   </si>
   <si>
     <t>София,жк.Република,Сф-Кулата</t>
   </si>
   <si>
-    <t>Ботевградско</t>
-[...10 lines deleted...]
-  <si>
     <t>Аерогара София, бул. Брюксел</t>
   </si>
   <si>
-    <t>кв.Люлин-7, Тунела</t>
-[...26 lines deleted...]
-    <t>СОФИЯ бул.Бъкстон</t>
+    <t>Sofia, Bogorov</t>
+  </si>
+  <si>
+    <t>DOLNI BOGROV village</t>
+  </si>
+  <si>
+    <t>Sofia, Kamenodelska</t>
+  </si>
+  <si>
+    <t>KAMENODELSKA str - 9</t>
+  </si>
+  <si>
+    <t>Sofia, Srebarna</t>
+  </si>
+  <si>
+    <t>SREBARNA str - 38</t>
+  </si>
+  <si>
+    <t>Sofia, Knyajevo</t>
+  </si>
+  <si>
+    <t>KNYAJEVO, 362 Tsar Boris III blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Lulin C. Yoana</t>
+  </si>
+  <si>
+    <t>LYULIN-7, Tsaritsa Yoana blvd, next to Kirov Bosch</t>
+  </si>
+  <si>
+    <t>София ЛАДА ГРУП</t>
+  </si>
+  <si>
+    <t>София, 1715 ул. Самара №1 (ж.к. Младост 4)</t>
+  </si>
+  <si>
+    <t>Sofia Drujba 1</t>
+  </si>
+  <si>
+    <t>DRUZHBA 1, Prof.Tsvetan Lazarov blvd</t>
   </si>
   <si>
     <t>Sofia, Rezbarska</t>
   </si>
   <si>
     <t>RESBARSKA and corner Nikola Voinoski</t>
   </si>
   <si>
+    <t>Sofia Drujba 2</t>
+  </si>
+  <si>
+    <t>DRUZHBA 2, Dimitur Peshev str</t>
+  </si>
+  <si>
+    <t>Sofia, Malinov blvd,</t>
+  </si>
+  <si>
+    <t>MLADOST,  37 Aleksander Malinov blvd</t>
+  </si>
+  <si>
     <t>Sofia, Lomsko</t>
   </si>
   <si>
     <t>LOMSKO SHOSSE blvd</t>
   </si>
   <si>
     <t>Sofia, Lulin 1</t>
   </si>
   <si>
     <t>LYULIN, corner of P.Vladigerov blvd &amp; 701 str</t>
   </si>
   <si>
     <t>Sofia, Botevgradsko</t>
   </si>
   <si>
     <t>BOTEVGRADSKO shose</t>
   </si>
   <si>
-    <t>Sofia, Bogorov</t>
-[...46 lines deleted...]
-  <si>
     <t>Тракия 1</t>
   </si>
   <si>
     <t>АМ Тракия 1км</t>
   </si>
   <si>
+    <t>Sofiq, Cherni vrah</t>
+  </si>
+  <si>
+    <t>CHERNI VRAH blvd , r.c. Lozenetc,  /before Okolovrusten road/</t>
+  </si>
+  <si>
+    <t>Sofia, Mladost ring</t>
+  </si>
+  <si>
+    <t>4th km. roundabout MLADOST</t>
+  </si>
+  <si>
+    <t>Sofia, Malinova</t>
+  </si>
+  <si>
+    <t>MALINOVA DOLINA, Okolovrusten pat</t>
+  </si>
+  <si>
+    <t>Sofia, Bulgaria</t>
+  </si>
+  <si>
+    <t>BULGARIA blvd and corner of Doctor St. Sarafov str</t>
+  </si>
+  <si>
+    <t>Sofia, Vapcarov</t>
+  </si>
+  <si>
+    <t>NIKOLA VAPCAROV blvd - 2A</t>
+  </si>
+  <si>
+    <t>Sofia, Boyana</t>
+  </si>
+  <si>
+    <t>BOYANA, Okolovrusten road, Manastirski livadi area</t>
+  </si>
+  <si>
+    <t>Sofia, Tzar Boris</t>
+  </si>
+  <si>
+    <t>TZAR BORIS III</t>
+  </si>
+  <si>
     <t>София, ок. път изток</t>
   </si>
   <si>
-    <t>София ЛАДА ГРУП</t>
-[...44 lines deleted...]
-    <t>NIKOLA VAPCAROV blvd - 2A</t>
+    <t>7144 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, жк. "Надежда", ул. "Хан Кубрат"/околовръсно на Надежда/</t>
   </si>
   <si>
     <t>7121 – София</t>
   </si>
   <si>
     <t>СОФИЯ, кв. "Слатина", бул. "Проф. Цветан Лазаров"</t>
   </si>
   <si>
-    <t>7144 – София</t>
-[...4 lines deleted...]
-  <si>
     <t>7106 – София</t>
   </si>
   <si>
     <t>СОФИЯ, жк. "Люлин"5, бул. "Петър Дертлиев"</t>
   </si>
   <si>
+    <t>7151 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "Симеоновско шосе"</t>
+  </si>
+  <si>
     <t>7116 – София</t>
   </si>
   <si>
     <t>СОФИЯ ЛОЗЕН, местност "Мацаница", София мотел Изток</t>
   </si>
   <si>
+    <t>7103 – Банкя</t>
+  </si>
+  <si>
+    <t>СОФИЯ, кв. БАНКЯ, ул. "Стефан Стамболов", вход от Сливница</t>
+  </si>
+  <si>
+    <t>7118 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, жк. "Младост" 3. бул. "Йордан Милев"</t>
+  </si>
+  <si>
     <t>7102 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "Пенчо Славейков", срещу "Пирогов"</t>
   </si>
   <si>
-    <t>7103 – Банкя</t>
-[...10 lines deleted...]
-  <si>
     <t>7125 – София</t>
   </si>
   <si>
     <t>7129 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "Драган Цанков", срещу КАТ</t>
   </si>
   <si>
-    <t>7151 – София</t>
-[...4 lines deleted...]
-  <si>
     <t>7104 – София</t>
   </si>
   <si>
     <t>СОФИЯ, бул. "К.Величков"/ ул. "Пиротска", ул."Татарли"</t>
   </si>
   <si>
     <t>София метан</t>
   </si>
   <si>
     <t>Никола Мушанов №120</t>
   </si>
   <si>
+    <t>Круиз Долна баня 639</t>
+  </si>
+  <si>
+    <t>гр. Долна баня,ул. Търговска №1</t>
+  </si>
+  <si>
     <t>Круиз Правец 633</t>
   </si>
   <si>
     <t>гр. Правец, бул. 3ти март №14А</t>
   </si>
   <si>
-    <t>Круиз Долна баня 639</t>
-[...4 lines deleted...]
-  <si>
     <t>Круиз Живково 617</t>
   </si>
   <si>
     <t>Първокласен път Ихтиман - Самоков</t>
   </si>
   <si>
     <t>Костинброд</t>
   </si>
   <si>
     <t>бул.Ломско шосе</t>
   </si>
   <si>
+    <t>Своге</t>
+  </si>
+  <si>
+    <t>СВОГЕ, бул. Дунав 1</t>
+  </si>
+  <si>
+    <t>Костинец</t>
+  </si>
+  <si>
+    <t>гр.КОСТЕНЕЦ</t>
+  </si>
+  <si>
+    <t>Самоков 2</t>
+  </si>
+  <si>
+    <t>САМОКОВ - градска</t>
+  </si>
+  <si>
     <t>Самоков</t>
   </si>
   <si>
     <t>Самоков на входа от Дупница</t>
   </si>
   <si>
-    <t>Самоков 2</t>
-[...8 lines deleted...]
-    <t>гр.КОСТЕНЕЦ</t>
+    <t xml:space="preserve">Ботевград </t>
+  </si>
+  <si>
+    <t>Ботевград до автогарата</t>
+  </si>
+  <si>
+    <t>Правец</t>
+  </si>
+  <si>
+    <t>Пирдоп</t>
+  </si>
+  <si>
+    <t>ПИРДОП</t>
+  </si>
+  <si>
+    <t>Костинброд 2</t>
+  </si>
+  <si>
+    <t>КОСТИНБРОД ул.Ломско шосе</t>
   </si>
   <si>
     <t>Елин Пелин</t>
   </si>
   <si>
     <t>Елин Пелин, Софийско шосе</t>
   </si>
   <si>
-    <t>Костинброд 2</t>
-[...25 lines deleted...]
-  <si>
     <t>Svoge</t>
   </si>
   <si>
     <t>SVOGE, 6B Iskar blvd</t>
   </si>
   <si>
+    <t>Зелин</t>
+  </si>
+  <si>
+    <t>АМ Хемус 37км, Ботевград-Зелин</t>
+  </si>
+  <si>
     <t>Разлив</t>
   </si>
   <si>
     <t>Разлив, магистрала Хемус</t>
   </si>
   <si>
+    <t>АМ Тракия 36км</t>
+  </si>
+  <si>
+    <t>Автомагистрала Тракия 36 км.Север</t>
+  </si>
+  <si>
+    <t>Ихтиман</t>
+  </si>
+  <si>
+    <t>М-л ИХТИМАН - магистрала юг</t>
+  </si>
+  <si>
     <t>Ihtiman</t>
   </si>
   <si>
     <t>21st km of Trakia highway</t>
   </si>
   <si>
-    <t>Зелин</t>
-[...16 lines deleted...]
-  <si>
     <t>Ceki Zahariev</t>
   </si>
   <si>
     <t>319 Ботевград</t>
   </si>
   <si>
     <t>бул. България 2140 Ботевград</t>
   </si>
   <si>
     <t>2025-04-24</t>
   </si>
   <si>
+    <t>7212 – Мирково</t>
+  </si>
+  <si>
+    <t>МИРКОВО, до Керамичен завод "Мирково"</t>
+  </si>
+  <si>
     <t>7224 – Годеч</t>
   </si>
   <si>
     <t>ГОДЕЧ, изход София</t>
   </si>
   <si>
-    <t>7212 – Мирково</t>
-[...4 lines deleted...]
-  <si>
     <t>7207 – Ихтиман</t>
   </si>
   <si>
     <t>ИХТИМАН, градска, ул. "Цар Освободител"</t>
   </si>
   <si>
     <t>7210 – Самоков</t>
   </si>
   <si>
     <t>САМОКОВ, ул. "Софийско шосе", изход София</t>
   </si>
   <si>
     <t>7220 – Етрополе</t>
   </si>
   <si>
     <t>ЕТРОПОЛЕ, бул.  "Руски", вход Златица</t>
   </si>
   <si>
     <t>7203 – Драгоман</t>
   </si>
   <si>
     <t>ДРАГОМАН, Автомагистрала "Европа" -дясно</t>
   </si>
   <si>
     <t>7205 – Сливница</t>
   </si>
   <si>
     <t>СЛИВНИЦА, ул. "Паисий Хилендарски"№ 57</t>
   </si>
   <si>
     <t>7214 – Копривщица</t>
   </si>
   <si>
     <t>КОПРИВЩИЦА, ул. "Любен Каравелов"  № 80</t>
   </si>
   <si>
+    <t>Круиз Стара Загора 880</t>
+  </si>
+  <si>
+    <t>бул. „Свети Патриарх Евтимий“ 5</t>
+  </si>
+  <si>
     <t>Круиз Стара Загора 2 886</t>
   </si>
   <si>
     <t>ул. „Армейска“ 18А</t>
   </si>
   <si>
-    <t>Круиз Стара Загора 880</t>
-[...4 lines deleted...]
-  <si>
     <t>Стара Загора</t>
   </si>
   <si>
     <t>бул.Никола Петков, до СБА</t>
   </si>
   <si>
+    <t>Раднево</t>
+  </si>
+  <si>
+    <t>гл.път ІІ-57, кв.96</t>
+  </si>
+  <si>
+    <t>Стара Загора 2</t>
+  </si>
+  <si>
+    <t>СТАРА ЗАГОРА кв."Кольо Ганчев" изход за Димитровград</t>
+  </si>
+  <si>
+    <t>Чирпан</t>
+  </si>
+  <si>
+    <t>ЧИРПАН ПАРК "СТАРИ ГРОБИЩА" НА ИЗХОД ЗА СТ. З.</t>
+  </si>
+  <si>
     <t>Казанлък 2</t>
   </si>
   <si>
     <t>бул. Александър Батенберг, вх.от Бургас</t>
   </si>
   <si>
-    <t>Стара Загора 2</t>
-[...8 lines deleted...]
-    <t>ЧИРПАН ПАРК "СТАРИ ГРОБИЩА" НА ИЗХОД ЗА СТ. З.</t>
+    <t>Казанлък</t>
+  </si>
+  <si>
+    <t>бул. Александър Батенберг, изх.Бургас</t>
+  </si>
+  <si>
+    <t>S. Zagora 1</t>
+  </si>
+  <si>
+    <t>r.c. Zheleznik, on the way to Sofia</t>
+  </si>
+  <si>
+    <t>Kazanluk Bacho Kiro</t>
+  </si>
+  <si>
+    <t>Bacho Kiro str.</t>
+  </si>
+  <si>
+    <t>Dunavci,Kazanluk</t>
+  </si>
+  <si>
+    <t>main road Kazanluk - Sofia</t>
+  </si>
+  <si>
+    <t>S. Zagora, South</t>
+  </si>
+  <si>
+    <t>PATRIARH EVTIMII blvd - 19A</t>
   </si>
   <si>
     <t>1924 Stara Zagora, Khan Asparuh</t>
   </si>
   <si>
     <t>гр. Стара Загора, бул. “Св. Патриарх Евтимий” №192</t>
   </si>
   <si>
-    <t>Раднево</t>
-[...32 lines deleted...]
-    <t>бул. Александър Батенберг, изх.Бургас</t>
+    <t>8122 – Ст. Загора</t>
+  </si>
+  <si>
+    <t>СТ. ЗАГОРА, ТК "СЛЪНЦЕ", ул. "Стамо Пулев"</t>
+  </si>
+  <si>
+    <t>8126 – Чирпан</t>
+  </si>
+  <si>
+    <t>ЧИРПАН, вход на града от Пловдив, Околовръстен път</t>
   </si>
   <si>
     <t>8102 – Ст. Загора</t>
   </si>
   <si>
     <t>СТАРА ЗАГОРА, ул. "КНЯЗ БОРИС I" КИНО "Ж. ДИМАНОВ"</t>
   </si>
   <si>
+    <t>8110 – Казанлък</t>
+  </si>
+  <si>
+    <t>КАЗАНЛЪК, изход СОФИЯ</t>
+  </si>
+  <si>
+    <t>8106 – Раднево</t>
+  </si>
+  <si>
+    <t>РАДНЕВО, КВ. "37", ЮЖНО ОТ ГРАДА</t>
+  </si>
+  <si>
     <t>8109 – Казанлък</t>
   </si>
   <si>
     <t>КАЗАНЛЪК, изход БУРГАС</t>
   </si>
   <si>
-    <t>8106 – Раднево</t>
-[...10 lines deleted...]
-  <si>
     <t>8121 – Ст. Загора</t>
   </si>
   <si>
     <t>СТ. ЗАГОРА, бул. "Никола Петков", изход БУРГАС</t>
   </si>
   <si>
-    <t>8122 – Ст. Загора</t>
-[...10 lines deleted...]
-  <si>
     <t>8111 – Павел баня</t>
   </si>
   <si>
     <t>ПАВЕЛ БАНЯ, път СОФИЯ-БУРГАС, изход Калофер</t>
   </si>
   <si>
     <t>8116 – Гурково</t>
   </si>
   <si>
     <t>ГУРКОВО, път СОФИЯ-БУРГАС, вход Нова Загора</t>
   </si>
   <si>
     <t>8143- Оризово</t>
   </si>
   <si>
     <t>Оризово, Магистрала "Тракия", 162 км посока Бургас</t>
   </si>
   <si>
     <t>Круиз Омуртаг 474</t>
   </si>
   <si>
     <t>ул.Цар Освободител №37</t>
   </si>
   <si>
+    <t>Търговище 2</t>
+  </si>
+  <si>
+    <t>до КАТ, изх.София</t>
+  </si>
+  <si>
     <t>Търговище</t>
   </si>
   <si>
     <t>ул. 29-ти Януари №7</t>
   </si>
   <si>
-    <t>Търговище 2</t>
-[...4 lines deleted...]
-  <si>
     <t>Targovishte</t>
   </si>
   <si>
     <t>Industrial zone</t>
   </si>
   <si>
     <t>6401 – Търговище</t>
   </si>
   <si>
     <t>ТЪРГОВИЩЕ, бул. 29-ти  януари</t>
   </si>
   <si>
     <t>6403 – Омуртаг</t>
   </si>
   <si>
     <t>ОМУРТАГ, ул. "Цар Освободител" 37, на изхода за Търговище</t>
   </si>
   <si>
     <t>6409 - Попово</t>
   </si>
   <si>
     <t>ПОПОВО, на изхода за   Разград</t>
   </si>
   <si>
     <t>6404 – Антоново</t>
   </si>
   <si>
     <t>АНТОНОВО гл. път София - Варна</t>
   </si>
   <si>
     <t>Круиз Хасково 472</t>
   </si>
   <si>
     <t>ул. Трансмариска 146</t>
   </si>
   <si>
+    <t>Хасково</t>
+  </si>
+  <si>
+    <t>бул.Съединение, след КАТ,изход Харманли</t>
+  </si>
+  <si>
     <t>Круиз Генералово 570</t>
   </si>
   <si>
     <t>с.Генералово, местност Старите лозя</t>
   </si>
   <si>
-    <t>Хасково</t>
-[...2 lines deleted...]
-    <t>бул.Съединение, след КАТ,изход Харманли</t>
+    <t>Хасково 2</t>
+  </si>
+  <si>
+    <t>бул."Освобождение", изх. Кърджали</t>
   </si>
   <si>
     <t>Dimitrovgrad</t>
   </si>
   <si>
     <t>DIMITAR BLAGOEV blvd, next to the railway station</t>
   </si>
   <si>
+    <t>Харманли</t>
+  </si>
+  <si>
+    <t>Тополовградско шосе, изх.Свиленград</t>
+  </si>
+  <si>
+    <t>Svilengrad</t>
+  </si>
+  <si>
+    <t>197 A Bulgaria blvd</t>
+  </si>
+  <si>
     <t>Haskovo 2</t>
   </si>
   <si>
     <t>DIMITROVGRADSKO shose at exit of Sofia</t>
   </si>
   <si>
-    <t>Харманли</t>
-[...10 lines deleted...]
-  <si>
     <t>Haskovo 1</t>
   </si>
   <si>
     <t>VASIL LEVSKI blvd, next to Tobacco Co.</t>
   </si>
   <si>
-    <t>Svilengrad</t>
-[...4 lines deleted...]
-  <si>
     <t>Марица км 115 север</t>
   </si>
   <si>
     <t>Марица км 115 север km 115, север (вход от Турция)</t>
   </si>
   <si>
     <t>8108 – Тополовград</t>
   </si>
   <si>
     <t>ТОПОЛОВГРАД, ул. "Искър" 14</t>
   </si>
   <si>
+    <t>8218 – Любимец</t>
+  </si>
+  <si>
+    <t>ЛЮБИМЕЦ,ПЪТ ХАРМАНЛИ-СВИЛЕНГРАД</t>
+  </si>
+  <si>
+    <t>8220 – Харманли</t>
+  </si>
+  <si>
+    <t>ХАРМАНЛИ, изход ХАСКОВО</t>
+  </si>
+  <si>
+    <t>8216 – Свиленград</t>
+  </si>
+  <si>
+    <t>СВИЛЕНГРАД бул. "Г.ДИМИТРОВ" 185 ИЗХОД  ЗА КАП. АНДРЕЕВО</t>
+  </si>
+  <si>
+    <t>8214 – Симеоновград</t>
+  </si>
+  <si>
+    <t>СИМЕОНОВГРАД, изход ГЪЛБОВО</t>
+  </si>
+  <si>
     <t>8210 – Димитровград</t>
   </si>
   <si>
     <t>ДИМИТРОВГРАД, бул. Г.С.РАКОВСКИ, на ъгъла с ул. "Кап. Петко Войвода"</t>
   </si>
   <si>
-    <t>8214 – Симеоновград</t>
-[...22 lines deleted...]
-  <si>
     <t>8201 – Хасково</t>
   </si>
   <si>
     <t>ХАСКОВО, бул. "Съединение" № 47 - до болницата</t>
   </si>
   <si>
     <t>8305 – Ивайловград</t>
   </si>
   <si>
     <t>ИВАЙЛОВГРАД, ул. "Кап. Петко войвода" ,вход на града</t>
   </si>
   <si>
     <t>Шумен</t>
   </si>
   <si>
+    <t>Шумен, бул. Рижки проход № 28, изхода за Бургас</t>
+  </si>
+  <si>
     <t>кв.Боян Балгаран</t>
   </si>
   <si>
-    <t>Шумен, бул. Рижки проход № 28, изхода за Бургас</t>
-[...1 lines deleted...]
-  <si>
     <t>Shumen 1</t>
   </si>
   <si>
     <t>25 Rishki prohod blvd</t>
   </si>
   <si>
     <t>Shumen 2</t>
   </si>
   <si>
     <t>16 A Simeon Veliki blvd</t>
   </si>
   <si>
     <t>2305 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН КВ."ГРИВИЦА", ул. "Ген. Скобелев"</t>
   </si>
   <si>
     <t>2307 – В. Преслав</t>
   </si>
   <si>
     <t>ПРЕСЛАВ, ул. "Борис Спиров" №47</t>
   </si>
   <si>
     <t>2315 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН, ул. "Индустриална" №9</t>
   </si>
   <si>
+    <t>2304 – Шумен</t>
+  </si>
+  <si>
+    <t>ШУМЕН, V-ти КМ, м-ст "Мералък"</t>
+  </si>
+  <si>
     <t>2302 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН, бул. "Симеон Велики" №82, изход ВАРНА</t>
   </si>
   <si>
-    <t>2304 – Шумен</t>
-[...4 lines deleted...]
-  <si>
     <t>2312 – Нови Пазар</t>
   </si>
   <si>
     <t>НОВИ ПАЗАР, изход Силистра</t>
   </si>
   <si>
     <t>2308 – Смядово</t>
   </si>
   <si>
     <t>СМЯДОВО, местност "Студен кладенец"</t>
   </si>
   <si>
     <t>2310 – Хитрино</t>
   </si>
   <si>
     <t>ГАРА ХИТРИНО</t>
   </si>
   <si>
     <t>2311 – Нови Пазар</t>
   </si>
   <si>
     <t>НОВИ ПАЗАР, път ВАРНА-СОФИЯ</t>
   </si>
   <si>
+    <t>Ямбол</t>
+  </si>
+  <si>
+    <t>Ямбол,ул.Търговска 164</t>
+  </si>
+  <si>
     <t>Круиз Елхово 455</t>
   </si>
   <si>
     <t>Елхово</t>
   </si>
   <si>
-    <t>Ямбол</t>
-[...2 lines deleted...]
-    <t>Ямбол,ул.Търговска 164</t>
+    <t>Ямбол 2</t>
+  </si>
+  <si>
+    <t>ул.Клокотница 102</t>
   </si>
   <si>
     <t>Yabol</t>
   </si>
   <si>
     <t>10 Evropa blvd</t>
   </si>
   <si>
-    <t>Ямбол 2</t>
-[...4 lines deleted...]
-  <si>
     <t>Лесово 2</t>
   </si>
   <si>
     <t>Граничен комплекс "Изгрев" - юг</t>
   </si>
   <si>
+    <t>АМ Тракия, км 299 юг</t>
+  </si>
+  <si>
+    <t>АМ Тракия, 8693 299-ти км посока Бургас, до надлез Воденичане</t>
+  </si>
+  <si>
     <t>АМ Тракия, км 299, север</t>
   </si>
   <si>
     <t>АМ Тракия, 8693 299-ти км, посока Бургас-София, разклон Воденичане</t>
   </si>
   <si>
-    <t>АМ Тракия, км 299 юг</t>
-[...2 lines deleted...]
-    <t>АМ Тракия, 8693 299-ти км посока Бургас, до надлез Воденичане</t>
+    <t>1304 – Ямбол</t>
+  </si>
+  <si>
+    <t>ЯМБОЛ, изход "Петолъчката"</t>
   </si>
   <si>
     <t>1302 – Ямбол</t>
   </si>
   <si>
     <t>ЯМБОЛ, ул. "Европа" 32, изход СЛИВЕН</t>
-  </si>
-[...4 lines deleted...]
-    <t>ЯМБОЛ, изход "Петолъчката"</t>
   </si>
   <si>
     <t>1308 – Елхово</t>
   </si>
   <si>
     <t>ЕЛХОВО, ул. "Ал. Стамболийски", изход Ямбол</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -3803,934 +3803,934 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" t="s">
         <v>25</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E9">
-        <v>1.23</v>
+        <v>1.22</v>
       </c>
       <c r="F9" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E10">
         <v>1.23</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11">
         <v>1.23</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>36</v>
+      </c>
+      <c r="C14">
+        <v>0</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>40</v>
+      </c>
+      <c r="C17" t="s">
+        <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E18">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F18" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C22" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="C23" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C24" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C25" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F25" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="C26" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C27" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E28">
         <v>1.25</v>
       </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C29" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D29" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E29">
         <v>1.25</v>
       </c>
       <c r="F29" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C30" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D30" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E30">
         <v>1.25</v>
       </c>
       <c r="F30" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C31" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D31" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E31">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D32" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E32">
         <v>1.28</v>
       </c>
       <c r="F32" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C33" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D33" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E33">
         <v>1.28</v>
       </c>
       <c r="F33" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C34" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E34">
         <v>1.28</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C35" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E35">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
         <v>14</v>
       </c>
       <c r="D36" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E36">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>15</v>
       </c>
       <c r="C37" t="s">
         <v>16</v>
       </c>
       <c r="D37" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E37">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C38" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D38" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E38">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>8</v>
       </c>
       <c r="D39" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E39">
         <v>2.17</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
+        <v>74</v>
+      </c>
+      <c r="B40" t="s">
+        <v>75</v>
+      </c>
+      <c r="C40" t="s">
         <v>76</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C41" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D41" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E41">
         <v>2.52</v>
       </c>
       <c r="F41" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B42" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C42" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D42" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E42">
         <v>2.52</v>
       </c>
       <c r="F42" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B43" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C43" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D43" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E43">
         <v>2.52</v>
       </c>
       <c r="F43" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B44" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C44" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D44" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E44">
         <v>2.52</v>
       </c>
       <c r="F44" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B45" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C45" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D45" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E45">
         <v>2.56</v>
       </c>
       <c r="F45" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B46" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C46" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D46" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E46">
         <v>2.61</v>
       </c>
       <c r="F46" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -4743,283 +4743,283 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="C2" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="C3" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>363</v>
       </c>
       <c r="C4" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
+        <v>365</v>
+      </c>
+      <c r="C5" t="s">
         <v>366</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="C6" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C7" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7">
         <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C8" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E8">
         <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C9" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C10" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C11" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C12" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.53</v>
       </c>
       <c r="F12" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C13" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.55</v>
       </c>
       <c r="F13" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F17"/>
   <sheetViews>
@@ -5032,363 +5032,363 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>190</v>
       </c>
       <c r="B2" t="s">
+        <v>382</v>
+      </c>
+      <c r="C2" t="s">
+        <v>383</v>
+      </c>
+      <c r="D2" t="s">
         <v>384</v>
-      </c>
-[...4 lines deleted...]
-        <v>386</v>
       </c>
       <c r="E2">
         <v>1.21</v>
       </c>
       <c r="F2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C3" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="C4" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="C5" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C6" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="C7" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="C8" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="C9" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C10" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="C11" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C12" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.56</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.56</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C14" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="C16" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D16" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.56</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C17" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.6</v>
       </c>
       <c r="F17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -5401,303 +5401,303 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="C3" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C4" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="C5" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="C6" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C7" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7">
         <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="C8" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C9" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="C10" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C11" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.57</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="C12" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.57</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C13" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="C14" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
@@ -5710,543 +5710,543 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="C2" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="C3" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C4" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="C5" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C8" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C9" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C10" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C11" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11">
         <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="C12" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E12">
         <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C13" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E13">
         <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C14" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="C15" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="C16" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D16" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E16">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C17" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="D17" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E17">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>441</v>
       </c>
       <c r="C18" t="s">
         <v>442</v>
       </c>
       <c r="D18" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E18">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="C19" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="D19" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C20" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E20">
         <v>2.52</v>
       </c>
       <c r="F20" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C21" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E21">
         <v>2.52</v>
       </c>
       <c r="F21" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B22" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="C22" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D22" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E22">
         <v>2.55</v>
       </c>
       <c r="F22" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B23" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C23" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="D23" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E23">
         <v>2.55</v>
       </c>
       <c r="F23" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B24" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C24" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E24">
         <v>2.55</v>
       </c>
       <c r="F24" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B25" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="C25" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="D25" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E25">
         <v>2.61</v>
       </c>
       <c r="F25" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C26" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="D26" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E26">
         <v>2.61</v>
       </c>
       <c r="F26" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F18"/>
   <sheetViews>
@@ -6259,383 +6259,383 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C2" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="C3" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C4" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C5" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C6" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C7" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7">
         <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C8" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E8">
         <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="C9" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.47</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="C10" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="C11" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="C12" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="C13" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C14" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="C15" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="C16" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="D16" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C17" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C18" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -6648,283 +6648,283 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C2" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C3" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C4" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="C5" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C6" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="C7" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7">
         <v>1.25</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="C8" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E8">
         <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="C9" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C10" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C11" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="C12" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="C13" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.62</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F54"/>
   <sheetViews>
@@ -6937,1100 +6937,1100 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="C2" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.11</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="C3" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="C4" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C5" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="C6" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="C7" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7">
         <v>1.23</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="C8" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E8">
         <v>1.23</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="C9" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>554</v>
+      </c>
+      <c r="C10">
+        <v>0</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="C11" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="C12" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="C13" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="C14" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="C15" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="C16" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>566</v>
+      </c>
+      <c r="C17" t="s">
+        <v>567</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C18" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F18" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>571</v>
+        <v>558</v>
       </c>
       <c r="C19" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="C20" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E20">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F20" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="C21" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="C22" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C23" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" t="s">
-        <v>580</v>
+        <v>552</v>
       </c>
       <c r="C24" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C25" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F25" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C26" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="C27" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E27">
         <v>1.25</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B28" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="C28" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E28">
         <v>1.25</v>
       </c>
       <c r="F28" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B29" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="C29" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="D29" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E29">
         <v>1.25</v>
       </c>
       <c r="F29" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B30" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="C30" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="D30" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E30">
         <v>1.25</v>
       </c>
       <c r="F30" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B31" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="C31" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="D31" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E31">
         <v>1.25</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B32" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C32" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="D32" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E32">
         <v>1.25</v>
       </c>
       <c r="F32" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B33" t="s">
-        <v>540</v>
+        <v>596</v>
       </c>
       <c r="C33" t="s">
-        <v>541</v>
+        <v>597</v>
       </c>
       <c r="D33" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="E33">
-        <v>1.26</v>
+        <v>1.27</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B34" t="s">
         <v>598</v>
       </c>
       <c r="C34" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="D34" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E34">
         <v>1.28</v>
       </c>
       <c r="F34" t="s">
-        <v>29</v>
+        <v>599</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B35" t="s">
         <v>600</v>
       </c>
       <c r="C35" t="s">
         <v>601</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E35">
         <v>1.28</v>
       </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B36" t="s">
         <v>602</v>
       </c>
       <c r="C36" t="s">
         <v>603</v>
       </c>
       <c r="D36" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E36">
         <v>1.28</v>
       </c>
       <c r="F36" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B37" t="s">
-        <v>601</v>
+        <v>538</v>
       </c>
       <c r="C37" t="s">
-        <v>604</v>
+        <v>539</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="E37">
-        <v>1.28</v>
+        <v>1.31</v>
       </c>
       <c r="F37" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C38" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D38" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E38">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B39" t="s">
+        <v>604</v>
+      </c>
+      <c r="C39" t="s">
         <v>605</v>
       </c>
-      <c r="C39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E39">
         <v>2.52</v>
       </c>
       <c r="F39" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B40" t="s">
+        <v>606</v>
+      </c>
+      <c r="C40" t="s">
         <v>607</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
+        <v>608</v>
+      </c>
+      <c r="C41" t="s">
         <v>609</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E41">
         <v>2.52</v>
       </c>
       <c r="F41" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B42" t="s">
+        <v>610</v>
+      </c>
+      <c r="C42" t="s">
         <v>611</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E42">
         <v>2.52</v>
       </c>
       <c r="F42" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B43" t="s">
+        <v>612</v>
+      </c>
+      <c r="C43" t="s">
         <v>613</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E43">
         <v>2.52</v>
       </c>
       <c r="F43" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B44" t="s">
+        <v>614</v>
+      </c>
+      <c r="C44" t="s">
         <v>615</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E44">
         <v>2.52</v>
       </c>
       <c r="F44" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B45" t="s">
+        <v>616</v>
+      </c>
+      <c r="C45" t="s">
         <v>617</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E45">
         <v>2.52</v>
       </c>
       <c r="F45" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B46" t="s">
+        <v>618</v>
+      </c>
+      <c r="C46" t="s">
         <v>619</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E46">
         <v>2.52</v>
       </c>
       <c r="F46" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B47" t="s">
+        <v>620</v>
+      </c>
+      <c r="C47" t="s">
         <v>621</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E47">
         <v>2.56</v>
       </c>
       <c r="F47" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B48" t="s">
+        <v>622</v>
+      </c>
+      <c r="C48" t="s">
         <v>623</v>
       </c>
-      <c r="C48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E48">
         <v>2.56</v>
       </c>
       <c r="F48" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B49" t="s">
+        <v>624</v>
+      </c>
+      <c r="C49" t="s">
         <v>625</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E49">
         <v>2.56</v>
       </c>
       <c r="F49" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B50" t="s">
+        <v>626</v>
+      </c>
+      <c r="C50" t="s">
         <v>627</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E50">
         <v>2.56</v>
       </c>
       <c r="F50" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B51" t="s">
+        <v>628</v>
+      </c>
+      <c r="C51" t="s">
         <v>629</v>
       </c>
-      <c r="C51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E51">
         <v>2.56</v>
       </c>
       <c r="F51" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B52" t="s">
+        <v>630</v>
+      </c>
+      <c r="C52" t="s">
         <v>631</v>
       </c>
-      <c r="C52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E52">
         <v>2.56</v>
       </c>
       <c r="F52" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B53" t="s">
+        <v>632</v>
+      </c>
+      <c r="C53" t="s">
         <v>633</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E53">
         <v>2.86</v>
       </c>
       <c r="F53" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B54" t="s">
+        <v>634</v>
+      </c>
+      <c r="C54" t="s">
         <v>635</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>283</v>
+      </c>
+      <c r="F54" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>637</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F5"/>
   <sheetViews>
@@ -8043,123 +8043,123 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
+        <v>637</v>
+      </c>
+      <c r="C2" t="s">
         <v>638</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
+        <v>639</v>
+      </c>
+      <c r="C3" t="s">
         <v>640</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
+        <v>641</v>
+      </c>
+      <c r="C4" t="s">
         <v>642</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E4">
         <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
+        <v>643</v>
+      </c>
+      <c r="C5" t="s">
         <v>644</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E5">
         <v>2.52</v>
       </c>
       <c r="F5" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F20"/>
   <sheetViews>
@@ -8172,423 +8172,423 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
+        <v>645</v>
+      </c>
+      <c r="C2" t="s">
         <v>646</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
+        <v>647</v>
+      </c>
+      <c r="C3" t="s">
         <v>648</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
+        <v>649</v>
+      </c>
+      <c r="C4" t="s">
         <v>650</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
+        <v>651</v>
+      </c>
+      <c r="C5" t="s">
         <v>652</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
+        <v>653</v>
+      </c>
+      <c r="C6" t="s">
         <v>654</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
+        <v>655</v>
+      </c>
+      <c r="C7" t="s">
         <v>656</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
+        <v>657</v>
+      </c>
+      <c r="C8" t="s">
         <v>658</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="C9" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
+        <v>660</v>
+      </c>
+      <c r="C10" t="s">
         <v>661</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10">
         <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
+        <v>662</v>
+      </c>
+      <c r="C11" t="s">
         <v>663</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11">
         <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
+        <v>664</v>
+      </c>
+      <c r="C12" t="s">
         <v>665</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E12">
         <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C13" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E13">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="C14" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="D14" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>2.17</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
+        <v>666</v>
+      </c>
+      <c r="C15" t="s">
         <v>667</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
+        <v>668</v>
+      </c>
+      <c r="C16" t="s">
         <v>669</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
+        <v>670</v>
+      </c>
+      <c r="C17" t="s">
         <v>671</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.57</v>
       </c>
       <c r="F17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
+        <v>672</v>
+      </c>
+      <c r="C18" t="s">
         <v>673</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
+        <v>674</v>
+      </c>
+      <c r="C19" t="s">
         <v>675</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
+        <v>676</v>
+      </c>
+      <c r="C20" t="s">
         <v>677</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E20">
         <v>2.59</v>
       </c>
       <c r="F20" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F8"/>
   <sheetViews>
@@ -8601,183 +8601,183 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
+        <v>678</v>
+      </c>
+      <c r="C2" t="s">
         <v>679</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B3" t="s">
+        <v>680</v>
+      </c>
+      <c r="C3" t="s">
         <v>681</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E3">
         <v>2.59</v>
       </c>
       <c r="F3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B4" t="s">
+        <v>682</v>
+      </c>
+      <c r="C4" t="s">
         <v>683</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E4">
         <v>2.59</v>
       </c>
       <c r="F4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
+        <v>684</v>
+      </c>
+      <c r="C5" t="s">
         <v>685</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E5">
         <v>2.59</v>
       </c>
       <c r="F5" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
+        <v>686</v>
+      </c>
+      <c r="C6" t="s">
         <v>687</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>688</v>
+      </c>
+      <c r="C7" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
         <v>2.66</v>
       </c>
       <c r="F7" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
+        <v>688</v>
+      </c>
+      <c r="C8" t="s">
         <v>689</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E8">
         <v>2.98</v>
       </c>
       <c r="F8" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F36"/>
   <sheetViews>
@@ -8787,746 +8787,746 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C2" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.19</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.2</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C4" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
         <v>1.21</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C5" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.22</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
         <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C7" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
+        <v>101</v>
+      </c>
+      <c r="C8" t="s">
         <v>102</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
+        <v>103</v>
+      </c>
+      <c r="C9" t="s">
         <v>104</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10" t="s">
+        <v>105</v>
+      </c>
+      <c r="C10" t="s">
         <v>106</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
+        <v>107</v>
+      </c>
+      <c r="C11" t="s">
         <v>108</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C12" t="s">
         <v>110</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="C14" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
         <v>115</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B16" t="s">
         <v>116</v>
       </c>
       <c r="C16" t="s">
         <v>117</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E16">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F16" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
         <v>118</v>
       </c>
       <c r="C17" t="s">
         <v>119</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18" t="s">
         <v>120</v>
       </c>
       <c r="C18" t="s">
         <v>121</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F18" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" t="s">
         <v>122</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
         <v>124</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E20">
         <v>1.25</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B21" t="s">
+        <v>125</v>
+      </c>
+      <c r="C21" t="s">
         <v>126</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E21">
         <v>1.25</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C22" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22">
         <v>1.25</v>
       </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C23" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23">
         <v>1.27</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C24" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24">
         <v>1.28</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
+        <v>92</v>
+      </c>
+      <c r="C25" t="s">
         <v>93</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E25">
         <v>2.17</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C26" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D26" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E26">
         <v>2.52</v>
       </c>
       <c r="F26" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B27" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C27" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E27">
         <v>2.6</v>
       </c>
       <c r="F27" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C28" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D28" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E28">
         <v>2.6</v>
       </c>
       <c r="F28" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B29" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C29" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D29" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E29">
         <v>2.6</v>
       </c>
       <c r="F29" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B30" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C30" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D30" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E30">
         <v>2.6</v>
       </c>
       <c r="F30" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B31" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C31" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D31" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E31">
         <v>2.6</v>
       </c>
       <c r="F31" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B32" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C32" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D32" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E32">
         <v>2.6</v>
       </c>
       <c r="F32" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B33" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C33" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D33" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E33">
         <v>2.6</v>
       </c>
       <c r="F33" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B34" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C34" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D34" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E34">
         <v>2.62</v>
       </c>
       <c r="F34" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C35" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D35" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E35">
         <v>2.62</v>
       </c>
       <c r="F35" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B36" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C36" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D36" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E36">
         <v>2.81</v>
       </c>
       <c r="F36" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
@@ -9539,443 +9539,443 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
+        <v>691</v>
+      </c>
+      <c r="C2" t="s">
         <v>692</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.11</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
+        <v>693</v>
+      </c>
+      <c r="C3" t="s">
         <v>694</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
+        <v>695</v>
+      </c>
+      <c r="C4" t="s">
         <v>696</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
+        <v>697</v>
+      </c>
+      <c r="C5" t="s">
         <v>698</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
+        <v>699</v>
+      </c>
+      <c r="C6" t="s">
         <v>700</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
+        <v>701</v>
+      </c>
+      <c r="C7" t="s">
         <v>702</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
+        <v>703</v>
+      </c>
+      <c r="C8" t="s">
         <v>704</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
+        <v>705</v>
+      </c>
+      <c r="C9" t="s">
         <v>706</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C10" t="s">
         <v>708</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
+        <v>709</v>
+      </c>
+      <c r="C11" t="s">
         <v>710</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11">
         <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
+        <v>711</v>
+      </c>
+      <c r="C12" t="s">
         <v>712</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E12">
         <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>692</v>
+        <v>713</v>
       </c>
       <c r="C13" t="s">
-        <v>693</v>
+        <v>714</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="E13">
-        <v>1.26</v>
+        <v>1.27</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="B14" t="s">
-        <v>714</v>
+        <v>691</v>
       </c>
       <c r="C14" t="s">
-        <v>715</v>
+        <v>692</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="E14">
-        <v>1.27</v>
+        <v>1.31</v>
       </c>
       <c r="F14" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>715</v>
+      </c>
+      <c r="B15" t="s">
         <v>716</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>717</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
       <c r="E15">
         <v>2.1</v>
       </c>
       <c r="F15" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>715</v>
+      </c>
+      <c r="B16" t="s">
         <v>716</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>717</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="E16">
         <v>2.31</v>
       </c>
       <c r="F16" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
+        <v>721</v>
+      </c>
+      <c r="C17" t="s">
         <v>722</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
+        <v>723</v>
+      </c>
+      <c r="C18" t="s">
         <v>724</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
+        <v>725</v>
+      </c>
+      <c r="C19" t="s">
         <v>726</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
+        <v>727</v>
+      </c>
+      <c r="C20" t="s">
         <v>728</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E20">
         <v>2.59</v>
       </c>
       <c r="F20" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
+        <v>729</v>
+      </c>
+      <c r="C21" t="s">
         <v>730</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E21">
         <v>2.59</v>
       </c>
       <c r="F21" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F11"/>
   <sheetViews>
@@ -9988,243 +9988,243 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
+        <v>731</v>
+      </c>
+      <c r="C2" t="s">
         <v>732</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C3" t="s">
         <v>734</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E3">
         <v>1.23</v>
       </c>
       <c r="F3" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
+        <v>735</v>
+      </c>
+      <c r="C4" t="s">
         <v>736</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
+        <v>737</v>
+      </c>
+      <c r="C5" t="s">
         <v>738</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E5">
         <v>2.47</v>
       </c>
       <c r="F5" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
+        <v>739</v>
+      </c>
+      <c r="C6" t="s">
         <v>740</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
+        <v>741</v>
+      </c>
+      <c r="C7" t="s">
         <v>742</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E7">
         <v>2.59</v>
       </c>
       <c r="F7" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
+        <v>743</v>
+      </c>
+      <c r="C8" t="s">
         <v>744</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.59</v>
       </c>
       <c r="F8" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
+        <v>745</v>
+      </c>
+      <c r="C9" t="s">
         <v>746</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.59</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C10" t="s">
         <v>748</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.59</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
+        <v>749</v>
+      </c>
+      <c r="C11" t="s">
         <v>750</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F74"/>
   <sheetViews>
@@ -10237,1500 +10237,1500 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
+        <v>751</v>
+      </c>
+      <c r="C2" t="s">
         <v>752</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2">
+        <v>1.14</v>
+      </c>
+      <c r="F2" t="s">
         <v>753</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>754</v>
       </c>
       <c r="C3" t="s">
         <v>755</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.11</v>
+        <v>1.16</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>756</v>
       </c>
       <c r="C4" t="s">
         <v>757</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.11</v>
+        <v>1.16</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>758</v>
       </c>
       <c r="C5" t="s">
         <v>759</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>760</v>
       </c>
       <c r="C6" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>190</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
+        <v>761</v>
+      </c>
+      <c r="C7" t="s">
         <v>762</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="E7">
         <v>1.21</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
+        <v>763</v>
+      </c>
+      <c r="C8" t="s">
         <v>764</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="C10" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C11" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="C12" t="s">
         <v>771</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
         <v>772</v>
       </c>
       <c r="C13" t="s">
         <v>773</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B14" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
       <c r="C14" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C15" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>193</v>
       </c>
       <c r="E15">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C16" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="C17" t="s">
         <v>780</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B18" t="s">
         <v>781</v>
       </c>
       <c r="C18" t="s">
         <v>782</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E18">
         <v>1.23</v>
       </c>
       <c r="F18" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B19" t="s">
         <v>783</v>
       </c>
       <c r="C19" t="s">
         <v>784</v>
       </c>
       <c r="D19" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E19">
         <v>1.23</v>
       </c>
       <c r="F19" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B20" t="s">
         <v>785</v>
       </c>
       <c r="C20" t="s">
         <v>786</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E20">
         <v>1.23</v>
       </c>
       <c r="F20" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B21" t="s">
         <v>787</v>
       </c>
       <c r="C21" t="s">
         <v>788</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E21">
         <v>1.23</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B22" t="s">
         <v>789</v>
       </c>
       <c r="C22" t="s">
         <v>790</v>
       </c>
       <c r="D22" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E22">
         <v>1.23</v>
       </c>
       <c r="F22" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B23" t="s">
         <v>791</v>
       </c>
       <c r="C23" t="s">
         <v>792</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E23">
         <v>1.23</v>
       </c>
       <c r="F23" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B24" t="s">
         <v>793</v>
       </c>
       <c r="C24" t="s">
         <v>794</v>
       </c>
       <c r="D24" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E24">
         <v>1.24</v>
       </c>
       <c r="F24" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
         <v>795</v>
       </c>
       <c r="C25" t="s">
         <v>796</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F25" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
+        <v>763</v>
+      </c>
+      <c r="C26" t="s">
         <v>797</v>
       </c>
-      <c r="C26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27" t="s">
+        <v>798</v>
+      </c>
+      <c r="C27" t="s">
         <v>799</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" t="s">
+        <v>800</v>
+      </c>
+      <c r="C28" t="s">
         <v>801</v>
       </c>
-      <c r="C28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
       <c r="E28">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>19</v>
       </c>
       <c r="B29" t="s">
-        <v>766</v>
+        <v>802</v>
       </c>
       <c r="C29" t="s">
         <v>803</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F29" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>19</v>
       </c>
       <c r="B30" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C30" t="s">
         <v>804</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>19</v>
       </c>
       <c r="B31" t="s">
         <v>805</v>
       </c>
       <c r="C31" t="s">
         <v>806</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>19</v>
       </c>
       <c r="B32" t="s">
         <v>807</v>
       </c>
       <c r="C32" t="s">
         <v>808</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
       <c r="E32">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F32" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B33" t="s">
         <v>809</v>
       </c>
       <c r="C33" t="s">
         <v>810</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E33">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F33" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>19</v>
       </c>
       <c r="B34" t="s">
         <v>811</v>
       </c>
       <c r="C34" t="s">
         <v>812</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
       <c r="E34">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>19</v>
       </c>
       <c r="B35" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C35" t="s">
         <v>813</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
       <c r="E35">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B36" t="s">
         <v>814</v>
       </c>
       <c r="C36" t="s">
         <v>815</v>
       </c>
       <c r="D36" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E36">
         <v>1.25</v>
       </c>
       <c r="F36" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B37" t="s">
         <v>816</v>
       </c>
       <c r="C37" t="s">
         <v>817</v>
       </c>
       <c r="D37" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E37">
         <v>1.25</v>
       </c>
       <c r="F37" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B38" t="s">
         <v>818</v>
       </c>
       <c r="C38" t="s">
         <v>819</v>
       </c>
       <c r="D38" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E38">
         <v>1.25</v>
       </c>
       <c r="F38" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B39" t="s">
         <v>820</v>
       </c>
       <c r="C39" t="s">
         <v>821</v>
       </c>
       <c r="D39" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E39">
         <v>1.25</v>
       </c>
       <c r="F39" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B40" t="s">
         <v>822</v>
       </c>
       <c r="C40" t="s">
         <v>823</v>
       </c>
       <c r="D40" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E40">
         <v>1.25</v>
       </c>
       <c r="F40" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B41" t="s">
         <v>824</v>
       </c>
       <c r="C41" t="s">
         <v>825</v>
       </c>
       <c r="D41" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E41">
         <v>1.25</v>
       </c>
       <c r="F41" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B42" t="s">
         <v>826</v>
       </c>
       <c r="C42" t="s">
         <v>827</v>
       </c>
       <c r="D42" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E42">
         <v>1.25</v>
       </c>
       <c r="F42" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B43" t="s">
         <v>828</v>
       </c>
       <c r="C43" t="s">
         <v>829</v>
       </c>
       <c r="D43" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E43">
         <v>1.25</v>
       </c>
       <c r="F43" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B44" t="s">
         <v>830</v>
       </c>
       <c r="C44" t="s">
         <v>831</v>
       </c>
       <c r="D44" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E44">
         <v>1.25</v>
       </c>
       <c r="F44" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B45" t="s">
         <v>832</v>
       </c>
       <c r="C45" t="s">
         <v>833</v>
       </c>
       <c r="D45" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E45">
         <v>1.25</v>
       </c>
       <c r="F45" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B46" t="s">
         <v>834</v>
       </c>
       <c r="C46" t="s">
         <v>835</v>
       </c>
       <c r="D46" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E46">
         <v>1.25</v>
       </c>
       <c r="F46" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B47" t="s">
         <v>836</v>
       </c>
       <c r="C47" t="s">
         <v>837</v>
       </c>
       <c r="D47" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E47">
         <v>1.25</v>
       </c>
       <c r="F47" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B48" t="s">
         <v>838</v>
       </c>
       <c r="C48" t="s">
         <v>839</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E48">
-        <v>1.26</v>
+        <v>1.25</v>
       </c>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B49" t="s">
-        <v>756</v>
+        <v>840</v>
       </c>
       <c r="C49" t="s">
-        <v>757</v>
+        <v>841</v>
       </c>
       <c r="D49" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="E49">
-        <v>1.26</v>
+        <v>1.25</v>
       </c>
       <c r="F49" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="B50" t="s">
-        <v>754</v>
+        <v>842</v>
       </c>
       <c r="C50" t="s">
-        <v>755</v>
+        <v>843</v>
       </c>
       <c r="D50" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="E50">
-        <v>1.26</v>
+        <v>1.27</v>
       </c>
       <c r="F50" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="B51" t="s">
-        <v>752</v>
+        <v>844</v>
       </c>
       <c r="C51" t="s">
-        <v>753</v>
+        <v>845</v>
       </c>
       <c r="D51" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="E51">
-        <v>1.26</v>
+        <v>1.27</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B52" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="C52" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E52">
-        <v>1.26</v>
+        <v>1.27</v>
       </c>
       <c r="F52" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B53" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="C53" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E53">
-        <v>1.26</v>
+        <v>1.27</v>
       </c>
       <c r="F53" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B54" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="C54" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D54" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E54">
-        <v>1.26</v>
+        <v>1.27</v>
       </c>
       <c r="F54" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B55" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="C55" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="D55" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E55">
         <v>1.27</v>
       </c>
       <c r="F55" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B56" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="C56" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="D56" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E56">
         <v>1.27</v>
       </c>
       <c r="F56" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B57" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="C57" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="D57" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E57">
-        <v>1.27</v>
+        <v>1.28</v>
       </c>
       <c r="F57" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="B58" t="s">
-        <v>851</v>
+        <v>751</v>
       </c>
       <c r="C58" t="s">
-        <v>852</v>
+        <v>752</v>
       </c>
       <c r="D58" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="E58">
-        <v>1.27</v>
+        <v>1.29</v>
       </c>
       <c r="F58" t="s">
-        <v>29</v>
+        <v>753</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="B59" t="s">
-        <v>853</v>
+        <v>756</v>
       </c>
       <c r="C59" t="s">
-        <v>854</v>
+        <v>757</v>
       </c>
       <c r="D59" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="E59">
-        <v>1.27</v>
+        <v>1.31</v>
       </c>
       <c r="F59" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="B60" t="s">
-        <v>855</v>
+        <v>754</v>
       </c>
       <c r="C60" t="s">
-        <v>856</v>
+        <v>755</v>
       </c>
       <c r="D60" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="E60">
-        <v>1.27</v>
+        <v>1.31</v>
       </c>
       <c r="F60" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
-        <v>758</v>
+        <v>778</v>
       </c>
       <c r="C61" t="s">
-        <v>759</v>
+        <v>779</v>
       </c>
       <c r="D61" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E61">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
-        <v>760</v>
+        <v>774</v>
       </c>
       <c r="C62" t="s">
-        <v>761</v>
+        <v>775</v>
       </c>
       <c r="D62" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E62">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B63" t="s">
         <v>857</v>
       </c>
       <c r="C63" t="s">
         <v>858</v>
       </c>
       <c r="D63" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E63">
         <v>2.52</v>
       </c>
       <c r="F63" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B64" t="s">
         <v>859</v>
       </c>
       <c r="C64" t="s">
         <v>860</v>
       </c>
       <c r="D64" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E64">
         <v>2.52</v>
       </c>
       <c r="F64" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B65" t="s">
         <v>861</v>
       </c>
       <c r="C65" t="s">
         <v>862</v>
       </c>
       <c r="D65" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E65">
         <v>2.53</v>
       </c>
       <c r="F65" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B66" t="s">
         <v>863</v>
       </c>
       <c r="C66" t="s">
         <v>864</v>
       </c>
       <c r="D66" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E66">
         <v>2.54</v>
       </c>
       <c r="F66" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B67" t="s">
         <v>865</v>
       </c>
       <c r="C67" t="s">
         <v>866</v>
       </c>
       <c r="D67" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E67">
         <v>2.54</v>
       </c>
       <c r="F67" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B68" t="s">
         <v>867</v>
       </c>
       <c r="C68" t="s">
         <v>868</v>
       </c>
       <c r="D68" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E68">
         <v>2.54</v>
       </c>
       <c r="F68" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B69" t="s">
         <v>869</v>
       </c>
       <c r="C69" t="s">
         <v>870</v>
       </c>
       <c r="D69" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E69">
         <v>2.54</v>
       </c>
       <c r="F69" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B70" t="s">
         <v>871</v>
       </c>
-      <c r="C70">
-        <v>0</v>
+      <c r="C70" t="s">
+        <v>872</v>
       </c>
       <c r="D70" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E70">
         <v>2.54</v>
       </c>
       <c r="F70" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B71" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="C71" t="s">
         <v>873</v>
       </c>
+      <c r="C71">
+        <v>0</v>
+      </c>
       <c r="D71" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E71">
         <v>2.54</v>
       </c>
       <c r="F71" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B72" t="s">
         <v>874</v>
       </c>
       <c r="C72" t="s">
         <v>875</v>
       </c>
       <c r="D72" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E72">
         <v>2.54</v>
       </c>
       <c r="F72" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B73" t="s">
         <v>876</v>
       </c>
       <c r="C73" t="s">
         <v>877</v>
       </c>
       <c r="D73" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E73">
         <v>2.73</v>
       </c>
       <c r="F73" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B74" t="s">
         <v>878</v>
       </c>
       <c r="C74" t="s">
         <v>879</v>
       </c>
       <c r="D74" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="F74" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F33"/>
   <sheetViews>
@@ -11752,674 +11752,674 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>880</v>
       </c>
       <c r="C2" t="s">
         <v>881</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>882</v>
       </c>
       <c r="C3" t="s">
         <v>883</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>884</v>
       </c>
       <c r="C4" t="s">
         <v>885</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>886</v>
       </c>
       <c r="C5" t="s">
         <v>887</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>888</v>
       </c>
       <c r="C6" t="s">
         <v>889</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>890</v>
       </c>
       <c r="C7" t="s">
         <v>891</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>892</v>
       </c>
       <c r="C8" t="s">
         <v>893</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>894</v>
       </c>
       <c r="C9" t="s">
         <v>895</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10" t="s">
         <v>896</v>
       </c>
       <c r="C10" t="s">
         <v>897</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="C11" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="C12" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="C13" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
+        <v>901</v>
+      </c>
+      <c r="C14" t="s">
         <v>902</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="C15" t="s">
         <v>904</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B16" t="s">
         <v>905</v>
       </c>
       <c r="C16" t="s">
         <v>906</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E16">
         <v>1.25</v>
       </c>
       <c r="F16" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
         <v>907</v>
       </c>
       <c r="C17" t="s">
         <v>908</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17">
-        <v>1.27</v>
+        <v>1.26</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
         <v>909</v>
       </c>
       <c r="C18" t="s">
         <v>910</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E18">
-        <v>1.27</v>
+        <v>1.26</v>
       </c>
       <c r="F18" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" t="s">
         <v>911</v>
       </c>
       <c r="C19" t="s">
         <v>912</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19">
         <v>1.27</v>
       </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>913</v>
       </c>
       <c r="C20" t="s">
         <v>914</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B21" t="s">
         <v>915</v>
       </c>
       <c r="C21" t="s">
         <v>916</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E21">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="C22" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="D22" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E22">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="C23" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="D23" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E23">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C24" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="D24" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E24">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>917</v>
       </c>
       <c r="B25" t="s">
         <v>918</v>
       </c>
       <c r="C25" t="s">
         <v>919</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25">
         <v>2.42</v>
       </c>
       <c r="F25" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
         <v>921</v>
       </c>
       <c r="C26" t="s">
         <v>922</v>
       </c>
       <c r="D26" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E26">
         <v>2.52</v>
       </c>
       <c r="F26" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B27" t="s">
         <v>923</v>
       </c>
       <c r="C27" t="s">
         <v>924</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E27">
         <v>2.52</v>
       </c>
       <c r="F27" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
         <v>925</v>
       </c>
       <c r="C28" t="s">
         <v>926</v>
       </c>
       <c r="D28" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E28">
         <v>2.59</v>
       </c>
       <c r="F28" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B29" t="s">
         <v>927</v>
       </c>
       <c r="C29" t="s">
         <v>928</v>
       </c>
       <c r="D29" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E29">
         <v>2.59</v>
       </c>
       <c r="F29" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B30" t="s">
         <v>929</v>
       </c>
       <c r="C30" t="s">
         <v>930</v>
       </c>
       <c r="D30" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E30">
         <v>2.59</v>
       </c>
       <c r="F30" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B31" t="s">
         <v>931</v>
       </c>
       <c r="C31" t="s">
         <v>932</v>
       </c>
       <c r="D31" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E31">
         <v>2.59</v>
       </c>
       <c r="F31" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B32" t="s">
         <v>933</v>
       </c>
       <c r="C32" t="s">
         <v>934</v>
       </c>
       <c r="D32" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E32">
         <v>2.77</v>
       </c>
       <c r="F32" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B33" t="s">
         <v>935</v>
       </c>
       <c r="C33" t="s">
         <v>936</v>
       </c>
       <c r="D33" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E33">
         <v>2.86</v>
       </c>
       <c r="F33" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
@@ -12441,534 +12441,534 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>937</v>
       </c>
       <c r="C2" t="s">
         <v>938</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.11</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>939</v>
       </c>
       <c r="C3" t="s">
         <v>940</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.11</v>
+        <v>1.16</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>941</v>
       </c>
       <c r="C4" t="s">
         <v>942</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>943</v>
       </c>
       <c r="C5" t="s">
         <v>944</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>945</v>
       </c>
       <c r="C6" t="s">
         <v>946</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>947</v>
       </c>
       <c r="C7" t="s">
         <v>948</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>949</v>
       </c>
       <c r="C8" t="s">
         <v>950</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>951</v>
       </c>
       <c r="C9" t="s">
         <v>952</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>953</v>
       </c>
       <c r="C10" t="s">
         <v>954</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10">
         <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>955</v>
       </c>
       <c r="C11" t="s">
         <v>956</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11">
         <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>957</v>
       </c>
       <c r="C12" t="s">
         <v>958</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E12">
         <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>959</v>
       </c>
       <c r="C13" t="s">
         <v>960</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E13">
         <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>961</v>
       </c>
       <c r="C14" t="s">
         <v>962</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E14">
         <v>1.25</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C15" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D15" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E15">
-        <v>1.26</v>
+        <v>1.31</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="C16" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="D16" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E16">
-        <v>1.26</v>
+        <v>1.31</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>963</v>
       </c>
       <c r="C17" t="s">
         <v>964</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>965</v>
       </c>
       <c r="C18" t="s">
         <v>966</v>
       </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
         <v>967</v>
       </c>
       <c r="C19" t="s">
         <v>968</v>
       </c>
       <c r="D19" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
         <v>969</v>
       </c>
       <c r="C20" t="s">
         <v>970</v>
       </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E20">
         <v>2.52</v>
       </c>
       <c r="F20" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
         <v>971</v>
       </c>
       <c r="C21" t="s">
         <v>972</v>
       </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E21">
         <v>2.52</v>
       </c>
       <c r="F21" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B22" t="s">
         <v>973</v>
       </c>
       <c r="C22" t="s">
         <v>974</v>
       </c>
       <c r="D22" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E22">
         <v>2.52</v>
       </c>
       <c r="F22" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B23" t="s">
         <v>975</v>
       </c>
       <c r="C23" t="s">
         <v>976</v>
       </c>
       <c r="D23" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E23">
         <v>2.52</v>
       </c>
       <c r="F23" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B24" t="s">
         <v>977</v>
       </c>
       <c r="C24" t="s">
         <v>978</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E24">
         <v>2.56</v>
       </c>
       <c r="F24" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B25" t="s">
         <v>979</v>
       </c>
       <c r="C25" t="s">
         <v>980</v>
       </c>
       <c r="D25" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E25">
         <v>2.57</v>
       </c>
       <c r="F25" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
         <v>981</v>
       </c>
       <c r="C26" t="s">
         <v>982</v>
       </c>
       <c r="D26" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E26">
         <v>2.6</v>
       </c>
       <c r="F26" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
@@ -12990,214 +12990,214 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>983</v>
       </c>
       <c r="C2" t="s">
         <v>984</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>985</v>
       </c>
       <c r="C3" t="s">
         <v>986</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>987</v>
       </c>
       <c r="C4" t="s">
         <v>988</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>989</v>
       </c>
       <c r="C5" t="s">
         <v>990</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E5">
         <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>983</v>
       </c>
       <c r="C6" t="s">
         <v>984</v>
       </c>
       <c r="D6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E6">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
         <v>991</v>
       </c>
       <c r="C7" t="s">
         <v>992</v>
       </c>
       <c r="D7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
         <v>993</v>
       </c>
       <c r="C8" t="s">
         <v>994</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
         <v>995</v>
       </c>
       <c r="C9" t="s">
         <v>996</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.54</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
         <v>997</v>
       </c>
       <c r="C10" t="s">
         <v>998</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.59</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
@@ -13219,434 +13219,434 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>999</v>
       </c>
       <c r="C2" t="s">
         <v>1000</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.11</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>1001</v>
       </c>
       <c r="C3" t="s">
         <v>1002</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>1003</v>
       </c>
       <c r="C4" t="s">
         <v>1004</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>1005</v>
       </c>
       <c r="C5" t="s">
         <v>1006</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E5">
         <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>1007</v>
       </c>
       <c r="C6" t="s">
         <v>1008</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>1009</v>
       </c>
       <c r="C7" t="s">
         <v>1010</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>1011</v>
       </c>
       <c r="C8" t="s">
         <v>1012</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E8">
         <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>1013</v>
       </c>
       <c r="C9" t="s">
         <v>1014</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E9">
         <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>1015</v>
       </c>
       <c r="C10" t="s">
         <v>1016</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10">
         <v>1.25</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>999</v>
+        <v>1017</v>
       </c>
       <c r="C11" t="s">
-        <v>1000</v>
+        <v>1018</v>
       </c>
       <c r="D11" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="E11">
-        <v>1.26</v>
+        <v>1.27</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B12" t="s">
-        <v>1017</v>
+        <v>999</v>
       </c>
       <c r="C12" t="s">
-        <v>1018</v>
+        <v>1000</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="E12">
-        <v>1.28</v>
+        <v>1.31</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="C13" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>2.17</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
         <v>1019</v>
       </c>
       <c r="C14" t="s">
         <v>1020</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.52</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
         <v>1021</v>
       </c>
       <c r="C15" t="s">
         <v>1022</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
         <v>1023</v>
       </c>
       <c r="C16" t="s">
         <v>1024</v>
       </c>
       <c r="D16" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>1025</v>
       </c>
       <c r="C17" t="s">
         <v>1026</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>1027</v>
       </c>
       <c r="C18" t="s">
         <v>1028</v>
       </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
         <v>1029</v>
       </c>
       <c r="C19" t="s">
         <v>1030</v>
       </c>
       <c r="D19" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
         <v>1031</v>
       </c>
       <c r="C20" t="s">
         <v>1032</v>
       </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E20">
         <v>2.52</v>
       </c>
       <c r="F20" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
         <v>1033</v>
       </c>
       <c r="C21" t="s">
         <v>1034</v>
       </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E21">
         <v>2.59</v>
       </c>
       <c r="F21" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -13668,294 +13668,294 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>1035</v>
       </c>
       <c r="C2" t="s">
         <v>1036</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>1035</v>
       </c>
       <c r="C3" t="s">
         <v>1037</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
         <v>1038</v>
       </c>
       <c r="C4" t="s">
         <v>1039</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E4">
         <v>1.25</v>
       </c>
       <c r="F4" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>1040</v>
       </c>
       <c r="C5" t="s">
         <v>1041</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E5">
         <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
         <v>1042</v>
       </c>
       <c r="C6" t="s">
         <v>1043</v>
       </c>
       <c r="D6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E6">
         <v>2.52</v>
       </c>
       <c r="F6" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
         <v>1044</v>
       </c>
       <c r="C7" t="s">
         <v>1045</v>
       </c>
       <c r="D7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
         <v>1046</v>
       </c>
       <c r="C8" t="s">
         <v>1047</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
         <v>1048</v>
       </c>
       <c r="C9" t="s">
         <v>1049</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
         <v>1050</v>
       </c>
       <c r="C10" t="s">
         <v>1051</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
         <v>1052</v>
       </c>
       <c r="C11" t="s">
         <v>1053</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
         <v>1054</v>
       </c>
       <c r="C12" t="s">
         <v>1055</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
         <v>1056</v>
       </c>
       <c r="C13" t="s">
         <v>1057</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
         <v>1058</v>
       </c>
       <c r="C14" t="s">
         <v>1059</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
@@ -13965,266 +13965,266 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>1060</v>
       </c>
       <c r="C2" t="s">
         <v>1061</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>1062</v>
       </c>
       <c r="C3" t="s">
         <v>1063</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>1064</v>
       </c>
       <c r="C4" t="s">
         <v>1065</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>1066</v>
       </c>
       <c r="C5" t="s">
         <v>1067</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E5">
         <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>1068</v>
       </c>
       <c r="C6" t="s">
         <v>1069</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
         <v>1.26</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>1070</v>
       </c>
       <c r="C7" t="s">
         <v>1071</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>1072</v>
       </c>
       <c r="C8" t="s">
         <v>1073</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C9" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="D9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E9">
         <v>2.17</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
         <v>1074</v>
       </c>
       <c r="C10" t="s">
         <v>1075</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
         <v>1076</v>
       </c>
       <c r="C11" t="s">
         <v>1077</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
         <v>1078</v>
       </c>
       <c r="C12" t="s">
         <v>1079</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.55</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
@@ -14237,403 +14237,403 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.11</v>
+        <v>1.16</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C4" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C5" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E5">
         <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C6" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C7" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C8" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C9" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C10" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C11" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11">
         <v>1.25</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C12" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E12">
         <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C13" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E13">
         <v>1.25</v>
       </c>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C14" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E14">
         <v>1.25</v>
       </c>
       <c r="F14" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B15" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="C15" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E15">
         <v>1.25</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C16" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D16" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E16">
-        <v>1.26</v>
+        <v>1.31</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C17" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.54</v>
       </c>
       <c r="F17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C18" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.54</v>
       </c>
       <c r="F18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C19" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D19" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.54</v>
       </c>
       <c r="F19" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
@@ -14643,406 +14643,406 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>190</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D2" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="E2">
         <v>1.21</v>
       </c>
       <c r="F2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>190</v>
       </c>
       <c r="B3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>193</v>
       </c>
       <c r="E3">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C4" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E4">
         <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C5" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E5">
         <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C6" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C7" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C8" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C9" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C10" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C11" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C12" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E12">
         <v>1.25</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C13" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C14" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C15" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C16" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D16" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C17" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C18" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C19" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D19" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -15055,303 +15055,303 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C3" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C4" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C5" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E5">
         <v>1.26</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C6" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E6">
         <v>2.17</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C7" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C8" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C9" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.57</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C10" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.57</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C11" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C12" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C13" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C14" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F18"/>
   <sheetViews>
@@ -15361,383 +15361,383 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C4" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C5" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C6" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>260</v>
       </c>
       <c r="C7" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="C8" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C9" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E9">
         <v>1.25</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>252</v>
       </c>
       <c r="C10" t="s">
         <v>253</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E10">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C11" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C12" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C13" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C14" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.52</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B15" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C15" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C16" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="D16" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C17" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>2.75</v>
       </c>
       <c r="F17" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>280</v>
+      </c>
+      <c r="B18" t="s">
+        <v>281</v>
+      </c>
+      <c r="C18" t="s">
         <v>282</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>283</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -15750,283 +15750,283 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.21</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C4" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="C5" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C6" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="C7" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C8" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E8">
         <v>1.25</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C9" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E9">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="C10" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.49</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C11" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C12" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C13" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.87</v>
       </c>
       <c r="F13" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16039,300 +16039,300 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C2" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="D2" t="s">
         <v>193</v>
       </c>
       <c r="E2">
         <v>1.21</v>
       </c>
       <c r="F2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>190</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C3" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D3" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="E3">
         <v>1.21</v>
       </c>
       <c r="F3" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>190</v>
       </c>
       <c r="B4" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C4" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D4" t="s">
         <v>193</v>
       </c>
       <c r="E4">
         <v>1.21</v>
       </c>
       <c r="F4" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>190</v>
       </c>
       <c r="B5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C5" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>193</v>
       </c>
       <c r="E5">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C6" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E6">
         <v>1.24</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C7" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C8" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C9" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C10" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C11" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C12" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C13" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>330</v>
+      </c>
+      <c r="B14" t="s">
+        <v>330</v>
+      </c>
+      <c r="C14" t="s">
+        <v>331</v>
+      </c>
+      <c r="D14" t="s">
         <v>332</v>
       </c>
-      <c r="B14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16345,303 +16345,303 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C2" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C3" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F3" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C4" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C5" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E5">
         <v>1.25</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="C6" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E6">
         <v>1.25</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="C7" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="C8" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C9" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="C10" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C11" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C12" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C13" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="C14" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="D14" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">