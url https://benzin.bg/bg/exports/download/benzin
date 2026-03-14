--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -66,3254 +66,3266 @@
     <sheet name="Ловеч" sheetId="11" r:id="rId14"/>
     <sheet name="Монтана" sheetId="12" r:id="rId15"/>
     <sheet name="Пазарджик" sheetId="13" r:id="rId16"/>
     <sheet name="Плевен" sheetId="14" r:id="rId17"/>
     <sheet name="Перник" sheetId="15" r:id="rId18"/>
     <sheet name="Пловдив" sheetId="16" r:id="rId19"/>
     <sheet name="Разград" sheetId="17" r:id="rId20"/>
     <sheet name="Русе" sheetId="18" r:id="rId21"/>
     <sheet name="Силистра" sheetId="19" r:id="rId22"/>
     <sheet name="Сливен" sheetId="20" r:id="rId23"/>
     <sheet name="Смолян" sheetId="21" r:id="rId24"/>
     <sheet name="София" sheetId="22" r:id="rId25"/>
     <sheet name="София област" sheetId="23" r:id="rId26"/>
     <sheet name="Стара Загора" sheetId="24" r:id="rId27"/>
     <sheet name="Търговище" sheetId="25" r:id="rId28"/>
     <sheet name="Хасково" sheetId="26" r:id="rId29"/>
     <sheet name="Шумен" sheetId="27" r:id="rId30"/>
     <sheet name="Ямбол" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1080">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1084">
   <si>
     <t>Фирма</t>
   </si>
   <si>
     <t>Бензиностанция</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Обновено на</t>
   </si>
   <si>
+    <t>Eko</t>
+  </si>
+  <si>
+    <t>Blagoevgrad, center</t>
+  </si>
+  <si>
+    <t>CENTER, Saint Dimitur Solunski blvd</t>
+  </si>
+  <si>
+    <t>EKO EKONOMY Unleaded A95</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>Blagoevgrad 1</t>
+  </si>
+  <si>
+    <t>2 Peio Yavorov blvd, hotel Ezerec</t>
+  </si>
+  <si>
+    <t>G. Delchev</t>
+  </si>
+  <si>
+    <t>188 r.c. from the G.Delchev's plan</t>
+  </si>
+  <si>
     <t>Kruiz</t>
   </si>
   <si>
+    <t>Круиз Петрич 804</t>
+  </si>
+  <si>
+    <t>6, ул. „Свобода", 2850 Петрич</t>
+  </si>
+  <si>
+    <t>Бензин А95 Н</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>Petrich</t>
+  </si>
+  <si>
+    <t>On town exit, Sofia way, Merata</t>
+  </si>
+  <si>
+    <t>Bansko</t>
+  </si>
+  <si>
+    <t>3-7 Nikola Golev str. (on the road to Goce Delchev)</t>
+  </si>
+  <si>
+    <t>Круиз Сандански 2 499</t>
+  </si>
+  <si>
+    <t>Сандански, местност Соколовец</t>
+  </si>
+  <si>
+    <t>Круиз Марикостиново 608</t>
+  </si>
+  <si>
+    <t>Марикостиново</t>
+  </si>
+  <si>
     <t>Круиз Сандански 876</t>
   </si>
   <si>
     <t>Сандански, главен път е-79 , местност Ушите</t>
   </si>
   <si>
-    <t>Бензин А95 Н</t>
+    <t>Круиз Благоевград 470</t>
+  </si>
+  <si>
+    <t>Благоевград</t>
+  </si>
+  <si>
+    <t>Lukoil</t>
+  </si>
+  <si>
+    <t>Благоевград 2</t>
+  </si>
+  <si>
+    <t>БЛАГОЕВГРАД кв.Грамада (до ЗИИУ)</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>Баничан</t>
+  </si>
+  <si>
+    <t>с.Баничан на пътя Банско - Г.Делчев</t>
+  </si>
+  <si>
+    <t>Благоевград ПИРИН ОЙЛ</t>
+  </si>
+  <si>
+    <t>Благоевград, 2704 ул. Солунските атентатори №3</t>
+  </si>
+  <si>
+    <t>Kresna</t>
+  </si>
+  <si>
+    <t>E-79 road, on Sofia-Kulata way</t>
+  </si>
+  <si>
+    <t>Kulata</t>
+  </si>
+  <si>
+    <t>Sofia-Kulata, E-79 road, Chuchuligovo village</t>
+  </si>
+  <si>
+    <t>1098 EKO Struma</t>
+  </si>
+  <si>
+    <t>438км АМ Струма</t>
+  </si>
+  <si>
+    <t>Гоце Делчев</t>
+  </si>
+  <si>
+    <t>І-1,км.352-300,София-Кулата</t>
+  </si>
+  <si>
+    <t>Петрич</t>
+  </si>
+  <si>
+    <t>с.Рибник, общ.Петрич</t>
+  </si>
+  <si>
+    <t>Банско</t>
+  </si>
+  <si>
+    <t>Банско,ул.Патриарх Евтимий</t>
+  </si>
+  <si>
+    <t>Белица</t>
+  </si>
+  <si>
+    <t>гара Белица</t>
+  </si>
+  <si>
+    <t>Г.Делчев до бензиностанцията на Петрол, ул.Дунав №14</t>
+  </si>
+  <si>
+    <t>Добринище</t>
+  </si>
+  <si>
+    <t>гл. път за Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Сатовча</t>
+  </si>
+  <si>
+    <t>с.Сатовча 2950/ обл.Благоевград</t>
+  </si>
+  <si>
+    <t>Разлог</t>
+  </si>
+  <si>
+    <t>ул.Екзарх Йосиф,изх.Благоевград</t>
+  </si>
+  <si>
+    <t>Петрич, изход за Кулата</t>
+  </si>
+  <si>
+    <t>РАЗЛОГ пътя за с.Баня,ул. Христо Ботев 77</t>
+  </si>
+  <si>
+    <t>Сандански 1</t>
+  </si>
+  <si>
+    <t>САНДАНСКИ Промишлена зона (пътя за ж.п. гара)</t>
+  </si>
+  <si>
+    <t>Сандански 2</t>
+  </si>
+  <si>
+    <t>САНДАНСКИ изход Кулата, Околовръстен път</t>
+  </si>
+  <si>
+    <t>Петрич 3</t>
+  </si>
+  <si>
+    <t>ПЕТРИЧ ул. Рокфелер</t>
+  </si>
+  <si>
+    <t>Якоруда</t>
+  </si>
+  <si>
+    <t>изход Юндола, ул.Цар Борис 3 № 2</t>
+  </si>
+  <si>
+    <t>Благоевград ЕЛМАНА</t>
+  </si>
+  <si>
+    <t>Благоевград, 2702 ж.к. Орбита</t>
+  </si>
+  <si>
+    <t>Кулата</t>
+  </si>
+  <si>
+    <t>с.Кулата</t>
+  </si>
+  <si>
+    <t>Бензин А99 Н</t>
+  </si>
+  <si>
+    <t>Petrol</t>
+  </si>
+  <si>
+    <t>0102 – Благоевград</t>
+  </si>
+  <si>
+    <t>гр.БЛАГОЕВГРАД, бул. "Св. Димитър Солунски" (изхода за София)</t>
+  </si>
+  <si>
+    <t>Petrol A95H</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>0103 – Симитли</t>
+  </si>
+  <si>
+    <t>СИМИТЛИ,  ул. "Г.Димитров" №1, изход Благоевград</t>
+  </si>
+  <si>
+    <t>0106 – Петрич</t>
+  </si>
+  <si>
+    <t>ПЕТРИЧ, изход София (до гарата)</t>
+  </si>
+  <si>
+    <t>0112 – Гоце Делчев</t>
+  </si>
+  <si>
+    <t>ГОЦЕ ДЕЛЧЕВ, ул. "Дунав" (до плажа)</t>
+  </si>
+  <si>
+    <t>0113 – Банско</t>
+  </si>
+  <si>
+    <t>БАНСКО, ул. "Патриарх Евтимий", вход Благоевград</t>
+  </si>
+  <si>
+    <t>0130 - Петрич</t>
+  </si>
+  <si>
+    <t>ПЕТРИЧ, изход Златарево</t>
+  </si>
+  <si>
+    <t>0104 – Кресна</t>
+  </si>
+  <si>
+    <t>КРЕСНА, път Е79 - изход Кула</t>
+  </si>
+  <si>
+    <t>Атия</t>
+  </si>
+  <si>
+    <t>Burgas, Industrialna</t>
+  </si>
+  <si>
+    <t>Industrialna str -33, Akaciite r.c.</t>
+  </si>
+  <si>
+    <t>Burgas, Lake</t>
+  </si>
+  <si>
+    <t>LAKE, Industrial zone, entrance-Sozopol</t>
+  </si>
+  <si>
+    <t>Круиз Бургас 460</t>
+  </si>
+  <si>
+    <t>гр. Бургас, База СОМАТ, п.к. 8000</t>
+  </si>
+  <si>
+    <t>Бургас</t>
+  </si>
+  <si>
+    <t>гр. Бургас, ул. Вая 2</t>
+  </si>
+  <si>
+    <t>гр.Бургас, ул. Одрин № 3</t>
+  </si>
+  <si>
+    <t>Меден рудник</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бургас кв.Меден рудник </t>
+  </si>
+  <si>
+    <t>Дебелт</t>
+  </si>
+  <si>
+    <t>Карнобат</t>
+  </si>
+  <si>
+    <t>Карнобат-8400,ул.Московска</t>
+  </si>
+  <si>
+    <t>Бургас-Изток</t>
+  </si>
+  <si>
+    <t>Бургас - изход Слънчев бряг</t>
+  </si>
+  <si>
+    <t>Бургас-Юг</t>
+  </si>
+  <si>
+    <t>Бургас - изход Созопол</t>
+  </si>
+  <si>
+    <t>Бургас, Трапезица</t>
+  </si>
+  <si>
+    <t>кв.Братя Миладинови,пл.Трапезица</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Царево </t>
+  </si>
+  <si>
+    <t>Черноморец</t>
+  </si>
+  <si>
+    <t xml:space="preserve">с.Черноморец </t>
+  </si>
+  <si>
+    <t>Ахелой</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ахелой гл.път Бургас-Сл.Бряг-Несебър </t>
+  </si>
+  <si>
+    <t>Каблешково</t>
+  </si>
+  <si>
+    <t>Каблешково, обл.Бургас</t>
+  </si>
+  <si>
+    <t>Приморско</t>
+  </si>
+  <si>
+    <t>гл.път за Царево</t>
+  </si>
+  <si>
+    <t>Айтос</t>
+  </si>
+  <si>
+    <t>ул.Славянска №94, главен път София-Бургас</t>
+  </si>
+  <si>
+    <t>Карнобат 2</t>
+  </si>
+  <si>
+    <t>КАРНОБАТ главен път София-Бургас</t>
+  </si>
+  <si>
+    <t>гр. Бургас, ул. Чаталджа 2</t>
+  </si>
+  <si>
+    <t>Братово</t>
+  </si>
+  <si>
+    <t>с.Братово,общ.Бургас</t>
+  </si>
+  <si>
+    <t>Слънчев бряг</t>
+  </si>
+  <si>
+    <t>Слънчев бряг, 8240 на гл. път Бургас-Варна</t>
+  </si>
+  <si>
+    <t>Бургас-изх.Соф</t>
+  </si>
+  <si>
+    <t>Бургас, изхода София</t>
+  </si>
+  <si>
+    <t>1133- Карнобат</t>
+  </si>
+  <si>
+    <t>Карнобат Изход Айтос</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>1110 – Царево</t>
+  </si>
+  <si>
+    <t>ЦАРЕВО, ул. "Преображенска" 38</t>
+  </si>
+  <si>
+    <t>1112 – М. Търново</t>
+  </si>
+  <si>
+    <t>МАЛКО ТЪРНОВО, ул. "България" 50</t>
+  </si>
+  <si>
+    <t>1103 – Бургас</t>
+  </si>
+  <si>
+    <t>БУРГАС,  к-с "СЛАВЕЙКОВ", бул. "Стефан Стамболов"</t>
+  </si>
+  <si>
+    <t>1116 – Поморие</t>
+  </si>
+  <si>
+    <t>ПОМОРИЕ, гл. път Варна-Бургас</t>
+  </si>
+  <si>
+    <t>1109 – Созопол</t>
+  </si>
+  <si>
+    <t>СОЗОПОЛ, местност "Герени"</t>
+  </si>
+  <si>
+    <t>1102 – Бургас</t>
+  </si>
+  <si>
+    <t>БУРГАС,  к-с "СЛАВЕЙКОВ"</t>
+  </si>
+  <si>
+    <t>1108 – Приморско</t>
+  </si>
+  <si>
+    <t>ПРИМОРСКО, ул. "Беласица" № 8</t>
+  </si>
+  <si>
+    <t>1120 – Несебър</t>
+  </si>
+  <si>
+    <t>НЕСЕБЪР - пътя Несебър - Равда, ж.к. Черно море</t>
+  </si>
+  <si>
+    <t>1119 – Сл.бряг</t>
+  </si>
+  <si>
+    <t>СЛЪНЧЕВ БРЯГ, в комплекса</t>
+  </si>
+  <si>
+    <t>1129 – Бургас</t>
+  </si>
+  <si>
+    <t>БУРГАС, к-с "ИЗГРЕВ"</t>
+  </si>
+  <si>
+    <t>Круиз Варна 310</t>
+  </si>
+  <si>
+    <t>бул. Трети Март 11</t>
+  </si>
+  <si>
+    <t>Varna. Slivnica</t>
+  </si>
+  <si>
+    <t>SLIVNITCA blvd - 189</t>
+  </si>
+  <si>
+    <t>Varna, Gazko</t>
+  </si>
+  <si>
+    <t>CHAIKA, Vasil Levski blvd, under the stadium</t>
+  </si>
+  <si>
+    <t>Varna, Tsar Osvoboditel</t>
+  </si>
+  <si>
+    <t>гр. Варна, бул. Цар Освободител №122</t>
+  </si>
+  <si>
+    <t>Varna, Evksinograd</t>
+  </si>
+  <si>
+    <t>87 Purva str. in fron of Evksinograd</t>
+  </si>
+  <si>
+    <t>Varna, Varnenchik</t>
+  </si>
+  <si>
+    <t>VARNENCHIK blvd, Citroen,</t>
+  </si>
+  <si>
+    <t>Varna, Port</t>
+  </si>
+  <si>
+    <t>PORT,  Devnya str.</t>
+  </si>
+  <si>
+    <t>Варна</t>
+  </si>
+  <si>
+    <t>Ялови ниви,кв.Вл.Варненчик</t>
+  </si>
+  <si>
+    <t>Варна 5</t>
+  </si>
+  <si>
+    <t>до "Горивни строителни материали"-зап.промишлена зона</t>
+  </si>
+  <si>
+    <t>Варна 7</t>
+  </si>
+  <si>
+    <t>ВАРНА ул. Евлоги Георгиев</t>
+  </si>
+  <si>
+    <t>Варна - 2</t>
+  </si>
+  <si>
+    <t>Варна -изход София</t>
+  </si>
+  <si>
+    <t>Варна-3</t>
+  </si>
+  <si>
+    <t>бул."Христо Ботев", преди Асп.мост</t>
+  </si>
+  <si>
+    <t>Варна -4</t>
+  </si>
+  <si>
+    <t>бул. "Цар Освободител" до блок № 109</t>
+  </si>
+  <si>
+    <t>кв.Аспарухово, ул. Народни будители №9</t>
+  </si>
+  <si>
+    <t>2106 – Варна</t>
+  </si>
+  <si>
+    <t>ВАРНА, кв. Бриз</t>
+  </si>
+  <si>
+    <t>2130 – Варна</t>
+  </si>
+  <si>
+    <t>ВАРНА, бул. "Владислав Варненчик" № 256</t>
+  </si>
+  <si>
+    <t>2131 – Варна</t>
+  </si>
+  <si>
+    <t>ВАРНА, кв. "Владислав Варненчик", м-ст "Голям пясък", парцел 64</t>
+  </si>
+  <si>
+    <t>Хим Ойл</t>
+  </si>
+  <si>
+    <t>Обект 5200 Химойл Павликени</t>
+  </si>
+  <si>
+    <t>Павликени,ул. "Бачо Киро" 62</t>
+  </si>
+  <si>
+    <t>Chimoil Бензин A95</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>V. Tarnovo 2</t>
+  </si>
+  <si>
+    <t>2 ENTRANCE, 28 Magistralna str</t>
+  </si>
+  <si>
+    <t>V. Tarnovo entr.</t>
+  </si>
+  <si>
+    <t>Tarnovo EXIT, Magistrala str, Road I-4</t>
+  </si>
+  <si>
+    <t>G. Oryahovica</t>
+  </si>
+  <si>
+    <t>23 V. Levski str.</t>
+  </si>
+  <si>
+    <t>Велико Търново 2</t>
+  </si>
+  <si>
+    <t>ул.Никола Габровски 74, до ДАП</t>
+  </si>
+  <si>
+    <t>Павликени</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> в индустриалната част, ул.Илия Златев</t>
+  </si>
+  <si>
+    <t>В.Търново</t>
+  </si>
+  <si>
+    <t>Момин сбор,13-ти км.на Е-722</t>
+  </si>
+  <si>
+    <t>Лясковец</t>
+  </si>
+  <si>
+    <t>ул. "Васил Левски" №227Б</t>
+  </si>
+  <si>
+    <t>Добри дял</t>
+  </si>
+  <si>
+    <t>с.Добри дял, главен път Варна - София</t>
+  </si>
+  <si>
+    <t>Велико Търново 3</t>
+  </si>
+  <si>
+    <t>ВЕЛИКО ТЪРНОВО изхода за Варна</t>
+  </si>
+  <si>
+    <t>Горна Оряховица</t>
+  </si>
+  <si>
+    <t>до механотехникума, ул.Цар Освободител</t>
+  </si>
+  <si>
+    <t>4206 – Г. Оряховица</t>
+  </si>
+  <si>
+    <t>ГОРНА ОРЯХОВИЦА, ул. "Св.Княз Борис I",Източна промишлена зона</t>
+  </si>
+  <si>
+    <t>4228 – В. Търново</t>
+  </si>
+  <si>
+    <t>В.ТЪРНОВО - бул. България</t>
+  </si>
+  <si>
+    <t>4225 – В. Търново</t>
+  </si>
+  <si>
+    <t>В.ТЪРНОВО, ул. "Магистрална", главен път Варна - София, входа Варна</t>
+  </si>
+  <si>
+    <t>4216 – П. Тръмбеш</t>
+  </si>
+  <si>
+    <t>П.ТРЪМБЕШ, ул. "Александър Стамболийски, изхода за В. Търново</t>
+  </si>
+  <si>
+    <t>4204 – Елена</t>
+  </si>
+  <si>
+    <t>ЕЛЕНА, в индустриалната част</t>
+  </si>
+  <si>
+    <t>4223 – Ресен</t>
+  </si>
+  <si>
+    <t>РЕСЕН, ул. Димитър Благоев, изход Павликени</t>
+  </si>
+  <si>
+    <t>4209 – Свищов</t>
+  </si>
+  <si>
+    <t>СВИЩОВ,  ул. "33-ти Свищовски полк" № 83, център</t>
+  </si>
+  <si>
+    <t>Круиз Дунавци 896</t>
+  </si>
+  <si>
+    <t>международен път Е 79 при гр. Дунавци, 3740 Дунавци</t>
+  </si>
+  <si>
+    <t>Kula (Vidin)</t>
+  </si>
+  <si>
+    <t>KULA, 4 Tolbuhin str</t>
+  </si>
+  <si>
+    <t>Видин 2</t>
+  </si>
+  <si>
+    <t>ВИДИН  КУМБАИР, БУЛ. ПАНОНИЯ</t>
+  </si>
+  <si>
+    <t>Видин</t>
+  </si>
+  <si>
+    <t>Видин, ул.Панония 23</t>
+  </si>
+  <si>
+    <t>3202 – Видин</t>
+  </si>
+  <si>
+    <t>ВИДИН, жк. Заводско селище" №1</t>
+  </si>
+  <si>
+    <t>3201 – Видин</t>
+  </si>
+  <si>
+    <t>ВИДИН, ул. "МИТРОПОЛИТ КИРИЛ" №1</t>
+  </si>
+  <si>
+    <t>3212 – Видин</t>
+  </si>
+  <si>
+    <t>ВИДИН, ТЕЦ ,ЮЖНА ПРОМИШЛЕНА ЗОНА</t>
+  </si>
+  <si>
+    <t>3204 – Кула</t>
+  </si>
+  <si>
+    <t>КУЛА, ул. "Възраждане",  вход ВИДИН</t>
+  </si>
+  <si>
+    <t>3207 – Белоградчик</t>
+  </si>
+  <si>
+    <t>БЕЛОГРАДЧИК, ул. "Цар Иван Срацимир" , ВХОД ОТ ВИДИН</t>
+  </si>
+  <si>
+    <t>3210 – Ружинци</t>
+  </si>
+  <si>
+    <t>РУЖИНЦИ, Е79, изход МОНТАНА</t>
+  </si>
+  <si>
+    <t>3211 – Брегово</t>
+  </si>
+  <si>
+    <t>БРЕГОВО, ул. "Г. ДИМИТРОВ" №54</t>
+  </si>
+  <si>
+    <t>3223- Дунав Мост 2</t>
+  </si>
+  <si>
+    <t>Дунав Мост 2 Антимово</t>
+  </si>
+  <si>
+    <t>Vraca</t>
+  </si>
+  <si>
+    <t>65 Mito Orozov str</t>
+  </si>
+  <si>
+    <t>Круиз Бяла Слатина 682</t>
+  </si>
+  <si>
+    <t>Околовръстен път, 3200 Бяла Слатина</t>
+  </si>
+  <si>
+    <t>Бяла Слатина</t>
+  </si>
+  <si>
+    <t>БЯЛА СЛАТИНА обл.Монтана, шосе изх.Плевен</t>
+  </si>
+  <si>
+    <t>Мездра</t>
+  </si>
+  <si>
+    <t>ул.Ал.Стамболийски 24</t>
+  </si>
+  <si>
+    <t>Враца</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> местност Дъбника, пътя за Бяла Слатина</t>
+  </si>
+  <si>
+    <t>Козлудуй</t>
+  </si>
+  <si>
+    <t>ул.Дондуков, изх. АЕЦ</t>
+  </si>
+  <si>
+    <t>Оряхово</t>
+  </si>
+  <si>
+    <t>ОРЯХОВО  КВ.2 ПАРЦЕЛ4 ВХ. МИЗИЯ</t>
+  </si>
+  <si>
+    <t>Враца-кръговото към Видин</t>
+  </si>
+  <si>
+    <t>3105 – Мездра</t>
+  </si>
+  <si>
+    <t>МЕЗДРА, ул. "9-ти септември", център</t>
+  </si>
+  <si>
+    <t>3103 – Враца</t>
+  </si>
+  <si>
+    <t>ВРАЦА, ж.к. Хранително-вкусова зона, ул. "Илинден"</t>
+  </si>
+  <si>
+    <t>3112 – Гложане</t>
+  </si>
+  <si>
+    <t>ГЛОЖЕНЕ,  кв. "83", изход ОРЯХОВО</t>
+  </si>
+  <si>
+    <t>3117 – Бутан</t>
+  </si>
+  <si>
+    <t>БУТАН, вход ВРАЦА</t>
+  </si>
+  <si>
+    <t>3106 – Роман</t>
+  </si>
+  <si>
+    <t>РОМАН, изход Златна Панега</t>
+  </si>
+  <si>
+    <t>3110 – Борован</t>
+  </si>
+  <si>
+    <t>БОРОВАН , шосе изход ОРЯХОВО</t>
+  </si>
+  <si>
+    <t>3104 – Мездра</t>
+  </si>
+  <si>
+    <t>МЕЗДРА, път Е-79, вход от София</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>Еко Метан</t>
+  </si>
+  <si>
+    <t>Екометан Враца</t>
+  </si>
+  <si>
+    <t>Враца ОРЯХОВСКО ШОСЕ</t>
+  </si>
+  <si>
+    <t>ЕкоМетан Бензин -95</t>
+  </si>
+  <si>
+    <t>2020-10-19</t>
+  </si>
+  <si>
+    <t>Круиз Габрово 416</t>
+  </si>
+  <si>
+    <t>Републикански път II-44 от Севлиево за Габрово</t>
+  </si>
+  <si>
+    <t>Sevlievo</t>
+  </si>
+  <si>
+    <t>Byal Bryag 2 str, (next to Ideal Standart)</t>
+  </si>
+  <si>
+    <t>Габрово</t>
+  </si>
+  <si>
+    <t>ул."Брянска"№70</t>
+  </si>
+  <si>
+    <t>Севлиево</t>
+  </si>
+  <si>
+    <t>АМ Хемус, преди разклона за Севлиево</t>
+  </si>
+  <si>
+    <t>Дряново</t>
+  </si>
+  <si>
+    <t>изход В.Търново</t>
+  </si>
+  <si>
+    <t>бул.Хемус</t>
+  </si>
+  <si>
+    <t>Севлиево 2</t>
+  </si>
+  <si>
+    <t>СЕВЛИЕВО изход за Велико Търново</t>
+  </si>
+  <si>
+    <t>4307 – Севлиево</t>
+  </si>
+  <si>
+    <t>СЕВЛИЕВО, Северна промишлена зона, вход Плевен</t>
+  </si>
+  <si>
+    <t>4301 – Габрово</t>
+  </si>
+  <si>
+    <t>ГАБРОВО, бул. "Стефан Караджа", изход Севлиево</t>
+  </si>
+  <si>
+    <t>4303 – Трявна</t>
+  </si>
+  <si>
+    <t>ТРЯВНА, ул. "Ангел Кънчев"№152, изход Габрово</t>
+  </si>
+  <si>
+    <t>4304 – Дряново</t>
+  </si>
+  <si>
+    <t>ДРЯНОВО, ул. "Шипка" № 214, център</t>
+  </si>
+  <si>
+    <t>2024-02-28</t>
+  </si>
+  <si>
+    <t>Обект 9302 Добрич</t>
+  </si>
+  <si>
+    <t>Добрич ул. "Околовръстен Път" 29</t>
+  </si>
+  <si>
+    <t>Обект 9301 Добрич</t>
+  </si>
+  <si>
+    <t>Добрич</t>
+  </si>
+  <si>
+    <t>Обект 9303 Варна</t>
+  </si>
+  <si>
+    <t>Варна Стожер Опълченска</t>
+  </si>
+  <si>
+    <t>Dobrich</t>
+  </si>
+  <si>
+    <t>24 Dobrudzha blvd</t>
+  </si>
+  <si>
+    <t>бул."Добруджа"</t>
+  </si>
+  <si>
+    <t>Добрич 3</t>
+  </si>
+  <si>
+    <t>бул.Добруджа 1, изх.Балчик</t>
+  </si>
+  <si>
+    <t>Добрич 2</t>
+  </si>
+  <si>
+    <t>околовръстен път - изход Варна</t>
+  </si>
+  <si>
+    <t>2202 – Добрич</t>
+  </si>
+  <si>
+    <t>ДОБРИЧ, ул. "Калиакра", пътя за с. Житница</t>
+  </si>
+  <si>
+    <t>2210 – Албена</t>
+  </si>
+  <si>
+    <t>к.к.АЛБЕНА, посока Кранево</t>
+  </si>
+  <si>
+    <t>2209 – Балчик</t>
+  </si>
+  <si>
+    <t>БАЛЧИК, ул. "Дунав"</t>
+  </si>
+  <si>
+    <t>2206 – Каварна</t>
+  </si>
+  <si>
+    <t>КАВАРНА, ул. "България" № 1</t>
+  </si>
+  <si>
+    <t>2205 – Тервел</t>
+  </si>
+  <si>
+    <t>ТЕРВЕЛ, кв. "Изгрев", ул. "Хан Аспарух" 99</t>
+  </si>
+  <si>
+    <t>Глория Ойл</t>
+  </si>
+  <si>
+    <t>Генерал Тошево, 9500 ул. Д. Благоев</t>
+  </si>
+  <si>
+    <t>Глория ойл - Бензин</t>
+  </si>
+  <si>
+    <t>Кърджали 1, изход</t>
+  </si>
+  <si>
+    <t>Kardjali 1</t>
+  </si>
+  <si>
+    <t>Кърджали 2, център</t>
+  </si>
+  <si>
+    <t>Kardjali 2</t>
+  </si>
+  <si>
+    <t>Кърджали 2</t>
+  </si>
+  <si>
+    <t>бул.Беломорски, Ардински мост, изх.Момчилград</t>
+  </si>
+  <si>
+    <t>Кърджали</t>
+  </si>
+  <si>
+    <t>ул.Осми март № 48, изход Ардино</t>
+  </si>
+  <si>
+    <t>с.Черноочене</t>
+  </si>
+  <si>
+    <t>гл.път Хасково-Кърджали</t>
+  </si>
+  <si>
+    <t>Маказа</t>
+  </si>
+  <si>
+    <t>ГКПП Маказа</t>
+  </si>
+  <si>
+    <t>8301 – Кърджали</t>
+  </si>
+  <si>
+    <t>КЪРДЖАЛИ, бул. "Беломорски", автогара</t>
+  </si>
+  <si>
+    <t>8309 – Черноочене</t>
+  </si>
+  <si>
+    <t>ЧЕРНООЧЕНЕ, м-ст "ЮСУФ ДУДУ", изход Хасково</t>
+  </si>
+  <si>
+    <t>8310 – Джебел</t>
+  </si>
+  <si>
+    <t>ДЖЕБЕЛ, ул. "Илдъръм"  № 23, Автогара</t>
+  </si>
+  <si>
+    <t>8306 – Момчиловград</t>
+  </si>
+  <si>
+    <t>МОМЧИЛГРАД, изход КЪРДЖАЛИ</t>
+  </si>
+  <si>
+    <t>8308 – Подкова</t>
+  </si>
+  <si>
+    <t>ПОДКОВА, ДЖЕБЕЛСКА РЕКА</t>
+  </si>
+  <si>
+    <t>8304 – Ардино</t>
+  </si>
+  <si>
+    <t>АРДИНО, изход СМОЛЯН, м-ст "Любовна чешма"</t>
+  </si>
+  <si>
+    <t>8307 – Крумовград</t>
+  </si>
+  <si>
+    <t>КРУМОВГРАД ПЪТЯ ЗА ИВАЙЛОВГРАД</t>
+  </si>
+  <si>
+    <t>Kustendil</t>
+  </si>
+  <si>
+    <t>2 Nikolicheski pat str, next to Velbuzhd factory</t>
+  </si>
+  <si>
+    <t>Dupnica</t>
+  </si>
+  <si>
+    <t>1 Sofiisko shose str.</t>
+  </si>
+  <si>
+    <t>Кюстендил 3</t>
+  </si>
+  <si>
+    <t>бул.Софийско шосе, вх.София</t>
+  </si>
+  <si>
+    <t>Кюстендил</t>
+  </si>
+  <si>
+    <t>ул.Софийско шосе 5</t>
+  </si>
+  <si>
+    <t>Дупница</t>
+  </si>
+  <si>
+    <t>ул.Саморанска</t>
+  </si>
+  <si>
+    <t>ДУПНИЦА изход Самоков,ул. Самоковско шосе 32</t>
+  </si>
+  <si>
+    <t>Кюстендил 2</t>
+  </si>
+  <si>
+    <t>КЮСТЕНДИЛ ул.Ал.Димитров (до гарата)</t>
+  </si>
+  <si>
+    <t>0201 – Кюстендил</t>
+  </si>
+  <si>
+    <t>КЮСТЕНДИЛ, бул. Софийско шосе, изход София</t>
+  </si>
+  <si>
+    <t>0202 – Кюстендил</t>
+  </si>
+  <si>
+    <t>КЮСТЕНДИЛ, ул. "Гюешевско шосе", изход Гюешево</t>
+  </si>
+  <si>
+    <t>0207 - КОЧЕРИНОВО</t>
+  </si>
+  <si>
+    <t>КОЧЕРИНОВО  път Е79 м-ст "Брежето"</t>
+  </si>
+  <si>
+    <t>0204 – Дупница</t>
+  </si>
+  <si>
+    <t>ДУПНИЦА, ул. "Св. Иван Рилски"№ 317, изход за Благоевград</t>
+  </si>
+  <si>
+    <t>0205 – Бобов дол</t>
+  </si>
+  <si>
+    <t>БОБОВ  ДОЛ, изход Дупница</t>
+  </si>
+  <si>
+    <t>Обект 5500 Ловеч</t>
+  </si>
+  <si>
+    <t>гр. Ловеч, път II-35 Плевен - Троян</t>
+  </si>
+  <si>
+    <t>Chimoil Бензин А95</t>
+  </si>
+  <si>
+    <t>Троян Верона 2002</t>
+  </si>
+  <si>
+    <t>Троян, 5602 ул. Васил Левски №320</t>
+  </si>
+  <si>
+    <t>с. Български извор</t>
+  </si>
+  <si>
+    <t>Боаза</t>
+  </si>
+  <si>
+    <t>БОАЗА на пътя Варна-София</t>
+  </si>
+  <si>
+    <t>Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ на изхода за Плевен, бул.Мизия</t>
+  </si>
+  <si>
+    <t>Тетевен</t>
+  </si>
+  <si>
+    <t>ул.Вършец 77, на изхода за Плевен</t>
+  </si>
+  <si>
+    <t>4407 – Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, бул. "Мизия"</t>
+  </si>
+  <si>
+    <t>4413 – Тетевен</t>
+  </si>
+  <si>
+    <t>ТЕТЕВЕН, ул. Вършец №67</t>
+  </si>
+  <si>
+    <t>4401 – Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, ул. "Доктор Съйко Съев", на изхода за София</t>
+  </si>
+  <si>
+    <t>4405 – Троян</t>
+  </si>
+  <si>
+    <t>ТРОЯН, ул. "Генерал Карцов", изход за ,,Беклемето"</t>
+  </si>
+  <si>
+    <t>4409 – Луковит</t>
+  </si>
+  <si>
+    <t>ЛУКОВИТ, ул. "Възраждане", вход София</t>
+  </si>
+  <si>
+    <t>4418 – Малиново</t>
+  </si>
+  <si>
+    <t>4420 – Микре</t>
+  </si>
+  <si>
+    <t>МИКРЕ, на пътя София-Варна м-ст "Дончовското", изход София</t>
+  </si>
+  <si>
+    <t>4424 – гр.Ловеч</t>
+  </si>
+  <si>
+    <t>ЛОВЕЧ, гл. път 35, посока от Плевен към Троян (ул. Баховско шосе)</t>
+  </si>
+  <si>
+    <t>4411 – Златна Панега</t>
+  </si>
+  <si>
+    <t>ЗЛАТНА ПАНЕГА, главен път Плевен-София, изход София</t>
+  </si>
+  <si>
+    <t>4421 – Ябланица</t>
+  </si>
+  <si>
+    <t>ЯБЛАНИЦА, кв. "Кът"</t>
+  </si>
+  <si>
+    <t>Montana</t>
+  </si>
+  <si>
+    <t>E-79, Sofia - Vratsa way</t>
+  </si>
+  <si>
+    <t>Монтана</t>
+  </si>
+  <si>
+    <t>бул.Трети март 145</t>
+  </si>
+  <si>
+    <t>Лом 2</t>
+  </si>
+  <si>
+    <t>Лом, Белоградчишко шосе</t>
+  </si>
+  <si>
+    <t>Лом</t>
+  </si>
+  <si>
+    <t>кв.Младеново, ул. Софийска 4</t>
+  </si>
+  <si>
+    <t>Белотинци</t>
+  </si>
+  <si>
+    <t>с.Белотинци, Е 79</t>
+  </si>
+  <si>
+    <t>Монтана 2</t>
+  </si>
+  <si>
+    <t>ул. Ал.Стамболийски</t>
+  </si>
+  <si>
+    <t>3303 – Монтана</t>
+  </si>
+  <si>
+    <t>МОНТАНА, РУЖ. ШОСЕ, УЛ. "ВЕРЕНИШКА"</t>
+  </si>
+  <si>
+    <t>3319 – Монтана</t>
+  </si>
+  <si>
+    <t>МОНТАНА, бул. "Хр. Ботев" 66</t>
+  </si>
+  <si>
+    <t>3313 – Лом</t>
+  </si>
+  <si>
+    <t>ЛОМ, м-ст "Бахчите", ул. Ал. Стамболийски</t>
+  </si>
+  <si>
+    <t>3309 – Мърчево</t>
+  </si>
+  <si>
+    <t>МЪРЧЕВО, ул. "Първа"№34,  изход ОРЯХОВО</t>
+  </si>
+  <si>
+    <t>3305 – Вършец</t>
+  </si>
+  <si>
+    <t>ВЪРШЕЦ, ул. "Република", вход от ВРАЦА</t>
+  </si>
+  <si>
+    <t>3310 – Г. Геново</t>
+  </si>
+  <si>
+    <t>Г.ГЕНОВО, БЕЛОГРАДЧИШКО ШОСЕ</t>
+  </si>
+  <si>
+    <t>3308 – Вълчедръм</t>
+  </si>
+  <si>
+    <t>ВЪЛЧЕДРЪМ, ул. "Георги Карлов", ИЗХОД ЛОМ</t>
+  </si>
+  <si>
+    <t>Пазарджик Царица Йоана</t>
+  </si>
+  <si>
+    <t>Пазарджик, ул. „Царица Йоанна“ 16</t>
+  </si>
+  <si>
+    <t>Круиз Велинград 883</t>
+  </si>
+  <si>
+    <t>ул. Патриарх Евтимий 1</t>
+  </si>
+  <si>
+    <t>Velingrad</t>
+  </si>
+  <si>
+    <t>74 Industrialna str.</t>
+  </si>
+  <si>
+    <t>Круиз Магистрала Тракия 61 км 848</t>
+  </si>
+  <si>
+    <t>булевард „България", 4498 Долно вършило</t>
+  </si>
+  <si>
+    <t>Pazardjik</t>
+  </si>
+  <si>
+    <t>Stoyan Angelov str, Ring road</t>
+  </si>
+  <si>
+    <t>Круиз Пазарджик 884</t>
+  </si>
+  <si>
+    <t>бул. Георги Бенковски 142</t>
+  </si>
+  <si>
+    <t>Панагюрище</t>
+  </si>
+  <si>
+    <t>вход от Оборище</t>
+  </si>
+  <si>
+    <t>Велинград</t>
+  </si>
+  <si>
+    <t>ул.Хан Аспарух №2</t>
+  </si>
+  <si>
+    <t>Пещера</t>
+  </si>
+  <si>
+    <t>ПЕЩЕРА,ул. Михаил Такев 9</t>
+  </si>
+  <si>
+    <t>Пазарджик</t>
+  </si>
+  <si>
+    <t>ул. Христо Касапвелев, до казармата</t>
+  </si>
+  <si>
+    <t>Пазарджик 3</t>
+  </si>
+  <si>
+    <t>Пазарджик ,ул. Христо Касап Велев №2</t>
+  </si>
+  <si>
+    <t>Пазарджик 2</t>
+  </si>
+  <si>
+    <t>Пазарджик, Пловдивско шосе, след OMV</t>
+  </si>
+  <si>
+    <t>АМ "Тракия" - 88 км. север</t>
+  </si>
+  <si>
+    <t>АМ Тракия- 88км.</t>
+  </si>
+  <si>
+    <t>5202 – Пазарджик</t>
+  </si>
+  <si>
+    <t>ПАЗАРДЖИК, бул. "Цар Освободител" № 43</t>
+  </si>
+  <si>
+    <t>5211 – Велинград</t>
+  </si>
+  <si>
+    <t>ВЕЛИНГРАД, ул. "Хр. Ботев"  № 41</t>
+  </si>
+  <si>
+    <t>5208 – Панагюрище</t>
+  </si>
+  <si>
+    <t>ПАНАГЮРИЩЕ, ул. "Г. Бенковски"</t>
+  </si>
+  <si>
+    <t>5205 – Септември</t>
+  </si>
+  <si>
+    <t>СЕПТЕМВРИ, ул. "Велинградско шосе"</t>
+  </si>
+  <si>
+    <t>5206 – Белово</t>
+  </si>
+  <si>
+    <t>БЕЛОВО, ул. "Освобождение" № 177</t>
+  </si>
+  <si>
+    <t>5210 – Батак</t>
+  </si>
+  <si>
+    <t>БАТАК, местност "Превала"</t>
+  </si>
+  <si>
+    <t>5216 – Церово</t>
+  </si>
+  <si>
+    <t>ЦЕРОВО, АМ "Тракия", посока София</t>
+  </si>
+  <si>
+    <t>5215 – Калугерово</t>
+  </si>
+  <si>
+    <t>КАЛУГЕРОВО, АМ "Тракия", посока Пловдив</t>
+  </si>
+  <si>
+    <t>Pleven, Mizia</t>
+  </si>
+  <si>
+    <t>2 Bulgarska aviaciya str</t>
+  </si>
+  <si>
+    <t>Pleven 1</t>
+  </si>
+  <si>
+    <t>Hristo Botev blvd</t>
+  </si>
+  <si>
+    <t>Левски</t>
+  </si>
+  <si>
+    <t>ЛЕВСКИ изход Плевен</t>
+  </si>
+  <si>
+    <t>Плевен</t>
+  </si>
+  <si>
+    <t>кв."Сторгозия", до ЛВТ</t>
+  </si>
+  <si>
+    <t>Белене</t>
+  </si>
+  <si>
+    <t>Плевен 2</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН при КАТ-север, изход Русе</t>
+  </si>
+  <si>
+    <t>Плевен 3</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН на изхода за София</t>
+  </si>
+  <si>
+    <t>4101 – Плевен</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН, ул. Сан Стефано", парк "Кайлъка"</t>
+  </si>
+  <si>
+    <t>4123 – Белене</t>
+  </si>
+  <si>
+    <t>БЕЛЕНЕ, ул. "България", изход Плевен</t>
+  </si>
+  <si>
+    <t>4102 – Плевен</t>
+  </si>
+  <si>
+    <t>ПЛЕВЕН, ул. "Гривишко шосе"</t>
+  </si>
+  <si>
+    <t>4127 – Левски</t>
+  </si>
+  <si>
+    <t>ЛЕВСКИ, ул."Цар Иван Асен II", изход за Плевен</t>
+  </si>
+  <si>
+    <t>4109 – Червен бряг</t>
+  </si>
+  <si>
+    <t>ЧЕРВЕН БРЯГ, до база "Петрол"</t>
+  </si>
+  <si>
+    <t>4110 – Червен бряг</t>
+  </si>
+  <si>
+    <t>ЧЕРВЕН БРЯГ, ул. "Софроний Врачански", до ЖП гарата</t>
+  </si>
+  <si>
+    <t>3109 – Кнежа</t>
+  </si>
+  <si>
+    <t>КНЕЖА, ул. "Д. БУТАНСКИ" №4</t>
+  </si>
+  <si>
+    <t>4113 – Българене</t>
+  </si>
+  <si>
+    <t>БЪЛГАРЕНЕ, на пътя за Русе</t>
+  </si>
+  <si>
+    <t>4111 – Радомирци</t>
+  </si>
+  <si>
+    <t>РАДОМИРЦИ, пътя Плевен - София</t>
+  </si>
+  <si>
+    <t>4114 – Гулянци</t>
+  </si>
+  <si>
+    <t>ГУЛЯНЦИ, на изхода за Никопол</t>
+  </si>
+  <si>
+    <t>Pernik, Stomana</t>
+  </si>
+  <si>
+    <t>STOMANA, Skorostna magistrala str</t>
+  </si>
+  <si>
+    <t>Pernik 1</t>
+  </si>
+  <si>
+    <t>Jurii Gagarin blvd</t>
+  </si>
+  <si>
+    <t>Перник</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> кв.Ладовица</t>
+  </si>
+  <si>
+    <t>Брезник</t>
+  </si>
+  <si>
+    <t>ГР. БРЕЗНИК изход Трън, ул. Г. Бунджелов 74</t>
+  </si>
+  <si>
+    <t>Студена</t>
+  </si>
+  <si>
+    <t>с.Студена</t>
+  </si>
+  <si>
+    <t>Радомир</t>
+  </si>
+  <si>
+    <t>РАДОМИР, ул. Райко Даскалов</t>
+  </si>
+  <si>
+    <t>Перник 2</t>
+  </si>
+  <si>
+    <t>ПЕРНИК кв.Граово</t>
+  </si>
+  <si>
+    <t>7311 – Драгичево</t>
+  </si>
+  <si>
+    <t>ДРАГИЧЕВО, вход АМ Люлин, изход София</t>
+  </si>
+  <si>
+    <t>7316 - Перник</t>
+  </si>
+  <si>
+    <t>Перник, ул. Юрий Гагарин" - вход от София</t>
+  </si>
+  <si>
+    <t>7305 – Извор</t>
+  </si>
+  <si>
+    <t>ИЗВОР, път Радомир-Кюстендил, изход Кюстендил</t>
+  </si>
+  <si>
+    <t>7308 – Трън</t>
+  </si>
+  <si>
+    <t>ТРЪН, изход за ГКПП</t>
+  </si>
+  <si>
+    <t>7315 - Студена</t>
+  </si>
+  <si>
+    <t>Студена, АМ Струма 70+210 КМ, посока Кулата</t>
+  </si>
+  <si>
+    <t>Круиз Пловдив 850</t>
+  </si>
+  <si>
+    <t>бул. „Александър Стамболийски“ 9А</t>
+  </si>
+  <si>
+    <t>Тракия 154</t>
+  </si>
+  <si>
+    <t>АМ Тракия 154км</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>Plovdiv, Tzarigradsko</t>
+  </si>
+  <si>
+    <t>TZARIGRADSKO shose blvd - 5A</t>
+  </si>
+  <si>
+    <t>Plovdiv, Peshtersko</t>
+  </si>
+  <si>
+    <t>PESHTERSKO Shose Str - 156</t>
+  </si>
+  <si>
+    <t>Plovdiv, Stamboliiski</t>
+  </si>
+  <si>
+    <t>BYALATA VODENICA,  corner of Al. Stamboliiski blvd and D. Talev str</t>
+  </si>
+  <si>
+    <t>Круиз Карлово 429</t>
+  </si>
+  <si>
+    <t>гр. Карлово , местност Борчетата ул. Теофан Райнов №1</t>
+  </si>
+  <si>
+    <t>Plovdiv, Botev</t>
+  </si>
+  <si>
+    <t>BOTEV, 8 Sergei Rumyancev blvd</t>
+  </si>
+  <si>
+    <t>Plovdiv, V. Aprilov</t>
+  </si>
+  <si>
+    <t>VASIL APRILOV blvd - 156</t>
+  </si>
+  <si>
+    <t>Plovdiv, Bulgaria</t>
+  </si>
+  <si>
+    <t>BULGARIA blvd</t>
+  </si>
+  <si>
+    <t>Asenovgrad</t>
+  </si>
+  <si>
+    <t>ASENOVGRAD Road - 8th km at ІІ-86 road to Asenovgrad</t>
+  </si>
+  <si>
+    <t>Plovdiv. Kuklensko</t>
+  </si>
+  <si>
+    <t>KUKLENSKO SHOSE str</t>
+  </si>
+  <si>
+    <t>ПловдивЦариградско</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ Цариградско шосе</t>
+  </si>
+  <si>
+    <t>Пловдив Изток</t>
+  </si>
+  <si>
+    <t>бул. Освобождение 3, до хотел SPS</t>
+  </si>
+  <si>
+    <t>Пловдив Пещерско</t>
+  </si>
+  <si>
+    <t xml:space="preserve">бул."Пещерско шосе" </t>
+  </si>
+  <si>
+    <t>Trakia</t>
+  </si>
+  <si>
+    <t>TRAKIA Highway - 122 km</t>
+  </si>
+  <si>
+    <t>Radinovo</t>
+  </si>
+  <si>
+    <t>At the 119th km of Trakia highway</t>
+  </si>
+  <si>
+    <t>Йоаким Груево</t>
+  </si>
+  <si>
+    <t xml:space="preserve">С.ЙОАКИМ ГРУЕВО </t>
+  </si>
+  <si>
+    <t>Карловско</t>
+  </si>
+  <si>
+    <t>Пловдив, Карловско шосе</t>
+  </si>
+  <si>
+    <t>Пловдив</t>
+  </si>
+  <si>
+    <t>бул.България,с/у "Захарна фабрика"</t>
+  </si>
+  <si>
+    <t>Сопот</t>
+  </si>
+  <si>
+    <t>Сопот, бул. Иван Вазов №1-А</t>
+  </si>
+  <si>
+    <t>Пловдив 1 - Садово</t>
+  </si>
+  <si>
+    <t>Садово, пътя Свиленград-Пловдив</t>
+  </si>
+  <si>
+    <t>Пловдив юг</t>
+  </si>
+  <si>
+    <t>Садово, пътя Пловдив-Свиленград</t>
+  </si>
+  <si>
+    <t>Пловдив, 6-ти септември</t>
+  </si>
+  <si>
+    <t>бул. 6-ти септември</t>
+  </si>
+  <si>
+    <t>Асеновград</t>
+  </si>
+  <si>
+    <t>с.Крумово, вход Пловдив</t>
+  </si>
+  <si>
+    <t>Пловдив, Толакс</t>
+  </si>
+  <si>
+    <t>ул.Асеновградско шосе, до КАТ пункт</t>
+  </si>
+  <si>
+    <t>Пловдив Карловско 2</t>
+  </si>
+  <si>
+    <t>Карловско шосе</t>
+  </si>
+  <si>
+    <t>Пещерско шосе 2</t>
+  </si>
+  <si>
+    <t>Пловдив, бул.Пещерско шосе №138</t>
+  </si>
+  <si>
+    <t>Карлово</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ул.Генерал Карцов №44</t>
+  </si>
+  <si>
+    <t>Първомай</t>
+  </si>
+  <si>
+    <t>ПЪРВОМАЙ, ул. Княз Борис 78 А</t>
+  </si>
+  <si>
+    <t>АСЕНОВГРАД Първомайско шосе,ул. Иван Асен 2 № 97</t>
+  </si>
+  <si>
+    <t>бул.Пазарджишко шосе, изх.Пазарджик</t>
+  </si>
+  <si>
+    <t>Куклен</t>
+  </si>
+  <si>
+    <t>Куклен, Асеновградско шосе, разклона КЦМ</t>
+  </si>
+  <si>
+    <t>Асеновград ДЕЛТА ОЙЛ</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ БУЛ.Цар Борис 3, Обединител 4</t>
+  </si>
+  <si>
+    <t>АМ Тракия 154км - Север</t>
+  </si>
+  <si>
+    <t>5122 – Пловдив</t>
+  </si>
+  <si>
+    <t>БРЕСТНИК, бул. "Асеновградско шосе", местност "Горна Каба"</t>
+  </si>
+  <si>
+    <t>5123 – Асеновград</t>
+  </si>
+  <si>
+    <t>АСЕНОВГРАД, ул. "БАЧКОВСКО ШОСЕ"</t>
+  </si>
+  <si>
+    <t>5104 - Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, Бул. "Найчо Цанов", "АСЕНОВГРАДСКО ШОСЕ"</t>
+  </si>
+  <si>
+    <t>5106 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, бул. ".В.АПРИЛОВ" №76</t>
+  </si>
+  <si>
+    <t>5138 – Карлово</t>
+  </si>
+  <si>
+    <t>КАРЛОВО, ул. "Теофан Райнов", посока Куртово</t>
+  </si>
+  <si>
+    <t>5110 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, бул. "БЪЛГАРИЯ"</t>
+  </si>
+  <si>
+    <t>5139 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, жк. "ТРАКИЯ", бул. "ЦАР СИМЕОН"</t>
+  </si>
+  <si>
+    <t>5121 – Раковски</t>
+  </si>
+  <si>
+    <t>РАКОВСКИ, кв. "Парчевич"</t>
+  </si>
+  <si>
+    <t>5134 – Перущица</t>
+  </si>
+  <si>
+    <t>ПЕРУЩИЦА,  ул. "Иван Вазов" №1А</t>
+  </si>
+  <si>
+    <t>5135 – Белозем</t>
+  </si>
+  <si>
+    <t>БЕЛОЗЕМ, посока Център</t>
+  </si>
+  <si>
+    <t>5117 – Кричим</t>
+  </si>
+  <si>
+    <t>КРИЧИМ, бул. "Тракия" №22</t>
+  </si>
+  <si>
+    <t>5119 – Орта Хан</t>
+  </si>
+  <si>
+    <t>ЦАЛАПИЦА, местност Орта хан</t>
+  </si>
+  <si>
+    <t>5120 – Съединение</t>
+  </si>
+  <si>
+    <t>СЪЕДИНЕНИЕ, м/у ул. "Найден Команов" и бул. "Пловдив"</t>
+  </si>
+  <si>
+    <t>5131 – Хисаря</t>
+  </si>
+  <si>
+    <t>ХИСАР, ул. "Хр. Ботев" 20 А</t>
+  </si>
+  <si>
+    <t>5133 – Пловдив</t>
+  </si>
+  <si>
+    <t>ПЛОВДИВ, АМ "ТРАКИЯ" 124 КМ., Посока Бургас-София</t>
+  </si>
+  <si>
+    <t>Пловдив метан</t>
+  </si>
+  <si>
+    <t>Пловдив, бул. Ягодовско Шосе №0</t>
+  </si>
+  <si>
+    <t>2020-07-15</t>
+  </si>
+  <si>
+    <t>Разград Еко</t>
+  </si>
+  <si>
+    <t>ул. Перистър 6Б, Разград, Разград</t>
+  </si>
+  <si>
+    <t>Разград</t>
+  </si>
+  <si>
+    <t>ул.Априлско въстание, до Автогарата</t>
+  </si>
+  <si>
+    <t>Разград 2</t>
+  </si>
+  <si>
+    <t>ул.Перистър, до КАТ, изх.Русе</t>
+  </si>
+  <si>
+    <t>6202 – Разград</t>
+  </si>
+  <si>
+    <t>РАЗГРАД   на гл.път   Русе - Варна</t>
+  </si>
+  <si>
+    <t>Ruse, Drujba</t>
+  </si>
+  <si>
+    <t>DRUJBA, 40 Hr. Botev blvd</t>
+  </si>
+  <si>
+    <t>Ruse, Bulgaria</t>
+  </si>
+  <si>
+    <t>BULGARIA blvd. - 206</t>
+  </si>
+  <si>
+    <t>Ruse, Lipnik</t>
+  </si>
+  <si>
+    <t>LIPNIK blvd - 3</t>
+  </si>
+  <si>
+    <t>Круиз Русе 2 303</t>
+  </si>
+  <si>
+    <t>бул. 3-ти март</t>
+  </si>
+  <si>
+    <t>Круиз Русе 891</t>
+  </si>
+  <si>
+    <t>бул. „България“ 310</t>
+  </si>
+  <si>
+    <t>Русе - 3</t>
+  </si>
+  <si>
+    <t>бул.България, Дунав мост</t>
+  </si>
+  <si>
+    <t>Русе</t>
+  </si>
+  <si>
+    <t>бул.Христо Ботев 1-вх.Варна</t>
+  </si>
+  <si>
+    <t>Русе, до Метро,ул. 3 ти март, изх.за София</t>
+  </si>
+  <si>
+    <t>Русе 4</t>
+  </si>
+  <si>
+    <t>РУСЕ ул.Рила №3 стара поща</t>
+  </si>
+  <si>
+    <t>Русе 5</t>
+  </si>
+  <si>
+    <t>РУСЕ - ВОДЕН РУСЕ  ул. Наум</t>
+  </si>
+  <si>
+    <t>Бяла</t>
+  </si>
+  <si>
+    <t>Гара Бяла, магистрала Е-85</t>
+  </si>
+  <si>
+    <t>6106 – Русе</t>
+  </si>
+  <si>
+    <t>РУСЕ, бул. "Христо Ботев", път Русе - Варна</t>
+  </si>
+  <si>
+    <t>6104 – Русе</t>
+  </si>
+  <si>
+    <t>РУСЕ, бул. "Липник" №128, до  КАТ</t>
+  </si>
+  <si>
+    <t>6705 - Русе</t>
+  </si>
+  <si>
+    <t>РУСЕ, ул. "Кариера", по пътя към Дунав мост</t>
+  </si>
+  <si>
+    <t>6109 – Две могили</t>
+  </si>
+  <si>
+    <t>ДВЕ МОГИЛИ,  ул. "Черно море" № 5</t>
+  </si>
+  <si>
+    <t>6210 – Сеново</t>
+  </si>
+  <si>
+    <t>СЕНОВО до МОК "Каолиново" гр. Сеново</t>
+  </si>
+  <si>
+    <t>6110 – Бяла</t>
+  </si>
+  <si>
+    <t>БЯЛА, бул. "Кольо Фичето" на гл.път  Русе - София</t>
+  </si>
+  <si>
+    <t>Силистра</t>
+  </si>
+  <si>
+    <t>ГКПП Силистра</t>
+  </si>
+  <si>
+    <t>6305 – Дулово</t>
+  </si>
+  <si>
+    <t>ДУЛОВО  на път Силистра - Шумен</t>
+  </si>
+  <si>
+    <t>6307 – Зафирово</t>
+  </si>
+  <si>
+    <t>ЗАФИРОВО на път Русе - Силистра</t>
+  </si>
+  <si>
+    <t>6308 – Алфатар</t>
+  </si>
+  <si>
+    <t>АЛФАТАР, ул. "Олшанка"</t>
+  </si>
+  <si>
+    <t>6309 – Тутракан</t>
+  </si>
+  <si>
+    <t>ТУТРАКАН на път  Русе - Силистра</t>
+  </si>
+  <si>
+    <t>Круиз Тутракан 473</t>
+  </si>
+  <si>
+    <t>ул. Силистра 65</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>Круиз Сливен 316</t>
+  </si>
+  <si>
+    <t>Сливен, Сини камъни до бл.17</t>
+  </si>
+  <si>
+    <t>Sliven 2</t>
+  </si>
+  <si>
+    <t>STAROZAGORSKO shose str, next to KAT</t>
+  </si>
+  <si>
+    <t>Sliven 1</t>
+  </si>
+  <si>
+    <t>Corner of Bratya Miladinovi blvd and Tsar Simeon blvd</t>
+  </si>
+  <si>
+    <t>Trakia,243km (ezero)  Nova Zagora</t>
+  </si>
+  <si>
+    <t>км, Автомагистрала „Тракия“ 243, 8900 Нова Загора</t>
+  </si>
+  <si>
+    <t>Сливен 5</t>
+  </si>
+  <si>
+    <t>СЛИВЕН ул.Старозагорско шосе</t>
+  </si>
+  <si>
+    <t>Нова Загора</t>
+  </si>
+  <si>
+    <t>Н.Загора по пътя за Свиленград</t>
+  </si>
+  <si>
+    <t>Сливен 1</t>
+  </si>
+  <si>
+    <t>Бургаско шосе, до държ.резерв</t>
+  </si>
+  <si>
+    <t>Сливен 2</t>
+  </si>
+  <si>
+    <t>кв. Клуцохор, изх.за гр.Елена</t>
+  </si>
+  <si>
+    <t>Твърдица</t>
+  </si>
+  <si>
+    <t>гр.Твърдица</t>
+  </si>
+  <si>
+    <t>Сливен 3</t>
+  </si>
+  <si>
+    <t>кв.Речица</t>
+  </si>
+  <si>
+    <t>Нова Загора 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> на път Русе-Елхово/София-Бургас</t>
+  </si>
+  <si>
+    <t>Сливен 4</t>
+  </si>
+  <si>
+    <t>СЛИВЕН в града до пазара,ул. Симеон № 7</t>
+  </si>
+  <si>
+    <t>Agroprotect OOD</t>
+  </si>
+  <si>
+    <t>AP</t>
+  </si>
+  <si>
+    <t>Нова Загора, бул. Сливенско шосе</t>
+  </si>
+  <si>
+    <t>Бензин А95</t>
+  </si>
+  <si>
+    <t>2021-08-24</t>
+  </si>
+  <si>
+    <t>Бензин А100</t>
+  </si>
+  <si>
+    <t>1210 – Сливен</t>
+  </si>
+  <si>
+    <t>СЛИВЕН, м-ст "РАМАНУША", път Бургас-Сливен</t>
+  </si>
+  <si>
+    <t>1201 – Сливен</t>
+  </si>
+  <si>
+    <t>СЛИВЕН, ул. "Д. Пехливанов" № 13</t>
+  </si>
+  <si>
+    <t>1208 – Нова Загора</t>
+  </si>
+  <si>
+    <t>НОВА ЗАГОРА, изход Раднево</t>
+  </si>
+  <si>
+    <t>1209 – Котел</t>
+  </si>
+  <si>
+    <t>КОТЕЛ, пътя Ямбол - Шумен</t>
+  </si>
+  <si>
+    <t>1207 – Твърдица</t>
+  </si>
+  <si>
+    <t>ТВЪРДИЦА, ул. "Княз Борис I"</t>
+  </si>
+  <si>
+    <t>Smolyan</t>
+  </si>
+  <si>
+    <t>Rodopi str</t>
+  </si>
+  <si>
+    <t>Смолян</t>
+  </si>
+  <si>
+    <t>кв.Райково, до Стадиона</t>
+  </si>
+  <si>
+    <t>Чепеларе</t>
+  </si>
+  <si>
+    <t>ул.Беломорска №4А</t>
+  </si>
+  <si>
+    <t>5301 – Устово</t>
+  </si>
+  <si>
+    <t>СМОЛЯН, кв. "УСТОВО"</t>
+  </si>
+  <si>
+    <t>5307 – Пампорово</t>
+  </si>
+  <si>
+    <t>ЧЕПЕЛАРЕ, к.к. Пампорово</t>
+  </si>
+  <si>
+    <t>5308 – Средногорци</t>
+  </si>
+  <si>
+    <t>СРЕДНОГОРЦИ, ул. "Здравец" №18</t>
+  </si>
+  <si>
+    <t>5306 – Девин</t>
+  </si>
+  <si>
+    <t>ДЕВИН, ул. "Освобождение"</t>
+  </si>
+  <si>
+    <t>5311 – Рудозем</t>
+  </si>
+  <si>
+    <t>РУДОЗЕМ,  ул. "Хан Аспарух"</t>
+  </si>
+  <si>
+    <t>5313 – Неделино</t>
+  </si>
+  <si>
+    <t>НЕДЕЛИНО, изход за Златоград</t>
+  </si>
+  <si>
+    <t>5309 – Златоград</t>
+  </si>
+  <si>
+    <t>ЗЛАТОГРАД, ул. "България" № 31</t>
+  </si>
+  <si>
+    <t>Круиз Първа Българска Армия 674</t>
+  </si>
+  <si>
+    <t>ул. „Първа българска армия“ 90, 1225 София</t>
+  </si>
+  <si>
+    <t>Сакса 326</t>
+  </si>
+  <si>
+    <t>София, 1618 ул. Бойчо Бойчев №4</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>Круиз Гео Милев 613</t>
+  </si>
+  <si>
+    <t>ул. „Гео Милев“ 71, 1111 София</t>
+  </si>
+  <si>
+    <t>Sofia, Shipchenski</t>
+  </si>
+  <si>
+    <t>SHIPCHENSKI prohod blvd in front of Elektronika factory</t>
+  </si>
+  <si>
+    <t>Обект 1001 Химойл София</t>
+  </si>
+  <si>
+    <t>бул. Професор Цветан Лазаров 15</t>
+  </si>
+  <si>
+    <t>Sofia, Vazov</t>
+  </si>
+  <si>
+    <t>VLADIMIR VAZOV and corner - Veleka str</t>
+  </si>
+  <si>
+    <t>Sofia, K. Velichkov</t>
+  </si>
+  <si>
+    <t>KONSTANTIN VELICHKOV blvd corner and Doctor Kalinkov str</t>
+  </si>
+  <si>
+    <t>Sofia, Slivnica</t>
+  </si>
+  <si>
+    <t>SLIVNICA blvd - 8A</t>
+  </si>
+  <si>
+    <t>София Асен Йорданов</t>
+  </si>
+  <si>
+    <t>Asen Yordanov 4</t>
+  </si>
+  <si>
+    <t>Sofia, Orion</t>
+  </si>
+  <si>
+    <t>ORION, 1 Adam Mickevits str, Moderno predgradie r.c.</t>
+  </si>
+  <si>
+    <t>Sofia, Lulin C. Yoana</t>
+  </si>
+  <si>
+    <t>LYULIN-7, Tsaritsa Yoana blvd, next to Kirov Bosch</t>
+  </si>
+  <si>
+    <t>Sofia, Rezbarska</t>
+  </si>
+  <si>
+    <t>RESBARSKA and corner Nikola Voinoski</t>
+  </si>
+  <si>
+    <t>Sofia, Lomsko</t>
+  </si>
+  <si>
+    <t>LOMSKO SHOSSE blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Lulin 1</t>
+  </si>
+  <si>
+    <t>LYULIN, corner of P.Vladigerov blvd &amp; 701 str</t>
+  </si>
+  <si>
+    <t>Sofia, Botevgradsko</t>
+  </si>
+  <si>
+    <t>BOTEVGRADSKO shose</t>
+  </si>
+  <si>
+    <t>Sofia, Bogorov</t>
+  </si>
+  <si>
+    <t>DOLNI BOGROV village</t>
+  </si>
+  <si>
+    <t>Sofia, Srebarna</t>
+  </si>
+  <si>
+    <t>SREBARNA str - 38</t>
+  </si>
+  <si>
+    <t>Sofia, Kamenodelska</t>
+  </si>
+  <si>
+    <t>KAMENODELSKA str - 9</t>
+  </si>
+  <si>
+    <t>Chepinci</t>
+  </si>
+  <si>
+    <t>CHEPINCI, Okolovrusten pat</t>
+  </si>
+  <si>
+    <t>Sofia Drujba 2</t>
+  </si>
+  <si>
+    <t>DRUZHBA 2, Dimitur Peshev str</t>
+  </si>
+  <si>
+    <t>Sofia Drujba 1</t>
+  </si>
+  <si>
+    <t>DRUZHBA 1, Prof.Tsvetan Lazarov blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Malinov blvd,</t>
+  </si>
+  <si>
+    <t>MLADOST,  37 Aleksander Malinov blvd</t>
+  </si>
+  <si>
+    <t>Sofia, Knyajevo</t>
+  </si>
+  <si>
+    <t>KNYAJEVO, 362 Tsar Boris III blvd</t>
+  </si>
+  <si>
+    <t>Круиз Бухово 614</t>
+  </si>
+  <si>
+    <t>бул. Никола Бонев</t>
+  </si>
+  <si>
+    <t>Круиз Слатина 618</t>
+  </si>
+  <si>
+    <t>гр. София, бул. Асен Йорданов №4А</t>
+  </si>
+  <si>
+    <t>София</t>
+  </si>
+  <si>
+    <t>ул. Асен Йорданов</t>
+  </si>
+  <si>
+    <t>Червено знаме</t>
+  </si>
+  <si>
+    <t>София, бул.Шипченски проход</t>
+  </si>
+  <si>
+    <t>София-Несторов</t>
+  </si>
+  <si>
+    <t>Красна поляна, бул."К.Величков"</t>
+  </si>
+  <si>
+    <t>бул.Тодор Александров</t>
+  </si>
+  <si>
+    <t>Сточна гара</t>
+  </si>
+  <si>
+    <t>СОФИЯ Сточна гара</t>
+  </si>
+  <si>
+    <t>Горна Баня</t>
+  </si>
+  <si>
+    <t>СОФИЯ кв.Горна баня</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> кв.Орландовци, до ДЗИ</t>
+  </si>
+  <si>
+    <t>София Дружба</t>
+  </si>
+  <si>
+    <t>ул. Илия Бешков 6</t>
+  </si>
+  <si>
+    <t>Суходол</t>
+  </si>
+  <si>
+    <t>Западен парк</t>
+  </si>
+  <si>
+    <t>бул.Европа-Орион-Зап.парк</t>
+  </si>
+  <si>
+    <t>Sofia, Malinova</t>
+  </si>
+  <si>
+    <t>MALINOVA DOLINA, Okolovrusten pat</t>
+  </si>
+  <si>
+    <t>Sofia, Vapcarov</t>
+  </si>
+  <si>
+    <t>NIKOLA VAPCAROV blvd - 2A</t>
+  </si>
+  <si>
+    <t>Sofia, Boyana</t>
+  </si>
+  <si>
+    <t>BOYANA, Okolovrusten road, Manastirski livadi area</t>
+  </si>
+  <si>
+    <t>Sofia, Tzar Boris</t>
+  </si>
+  <si>
+    <t>TZAR BORIS III</t>
+  </si>
+  <si>
+    <t>Sofiq, Cherni vrah</t>
+  </si>
+  <si>
+    <t>CHERNI VRAH blvd , r.c. Lozenetc,  /before Okolovrusten road/</t>
+  </si>
+  <si>
+    <t>Sofia, Bulgaria</t>
+  </si>
+  <si>
+    <t>BULGARIA blvd and corner of Doctor St. Sarafov str</t>
+  </si>
+  <si>
+    <t>Sofia, Mladost ring</t>
+  </si>
+  <si>
+    <t>4th km. roundabout MLADOST</t>
+  </si>
+  <si>
+    <t>Владая</t>
+  </si>
+  <si>
+    <t>Перник-София, преди Владая</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нови Искър </t>
+  </si>
+  <si>
+    <t>ул.Искърско дефиле №1</t>
+  </si>
+  <si>
+    <t>Горни богров</t>
+  </si>
+  <si>
+    <t>Богров</t>
+  </si>
+  <si>
+    <t>Ботевградско</t>
+  </si>
+  <si>
+    <t>Ботевградско шосе</t>
+  </si>
+  <si>
+    <t>София-Метро2</t>
+  </si>
+  <si>
+    <t>София,жк.Република,Сф-Кулата</t>
+  </si>
+  <si>
+    <t>Аерогара София, бул. Брюксел</t>
+  </si>
+  <si>
+    <t>София Зоопарка</t>
+  </si>
+  <si>
+    <t>СОФИЯ до Зоопарка ж.к.Изгрев</t>
+  </si>
+  <si>
+    <t>Черния кос</t>
+  </si>
+  <si>
+    <t>СОФИЯ кв.Княжево Черния кос</t>
+  </si>
+  <si>
+    <t>СОФИЯ бул.Бъкстон</t>
+  </si>
+  <si>
+    <t>София Люлин</t>
+  </si>
+  <si>
+    <t>кв.Люлин-8, до Била</t>
+  </si>
+  <si>
+    <t>кв.Люлин-7, Тунела</t>
+  </si>
+  <si>
+    <t>София ЛАДА ГРУП</t>
+  </si>
+  <si>
+    <t>София, 1715 ул. Самара №1 (ж.к. Младост 4)</t>
+  </si>
+  <si>
+    <t>Тракия 1</t>
+  </si>
+  <si>
+    <t>АМ Тракия 1км</t>
+  </si>
+  <si>
+    <t>София, ок. път изток</t>
+  </si>
+  <si>
+    <t>7121 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, кв. "Слатина", бул. "Проф. Цветан Лазаров"</t>
+  </si>
+  <si>
+    <t>7144 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, жк. "Надежда", ул. "Хан Кубрат"/околовръсно на Надежда/</t>
+  </si>
+  <si>
+    <t>7106 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, жк. "Люлин"5, бул. "Петър Дертлиев"</t>
+  </si>
+  <si>
+    <t>7116 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ ЛОЗЕН, местност "Мацаница", София мотел Изток</t>
+  </si>
+  <si>
+    <t>7129 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "Драган Цанков", срещу КАТ</t>
+  </si>
+  <si>
+    <t>7103 – Банкя</t>
+  </si>
+  <si>
+    <t>СОФИЯ, кв. БАНКЯ, ул. "Стефан Стамболов", вход от Сливница</t>
+  </si>
+  <si>
+    <t>7151 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "Симеоновско шосе"</t>
+  </si>
+  <si>
+    <t>7125 – София</t>
+  </si>
+  <si>
+    <t>7118 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, жк. "Младост" 3. бул. "Йордан Милев"</t>
+  </si>
+  <si>
+    <t>7102 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "Пенчо Славейков", срещу "Пирогов"</t>
+  </si>
+  <si>
+    <t>7104 – София</t>
+  </si>
+  <si>
+    <t>СОФИЯ, бул. "К.Величков"/ ул. "Пиротска", ул."Татарли"</t>
+  </si>
+  <si>
+    <t>София метан</t>
+  </si>
+  <si>
+    <t>Никола Мушанов №120</t>
+  </si>
+  <si>
+    <t>Круиз Живково 617</t>
+  </si>
+  <si>
+    <t>Първокласен път Ихтиман - Самоков</t>
+  </si>
+  <si>
+    <t>Круиз Правец 633</t>
+  </si>
+  <si>
+    <t>гр. Правец, бул. 3ти март №14А</t>
+  </si>
+  <si>
+    <t>Svoge</t>
+  </si>
+  <si>
+    <t>SVOGE, 6B Iskar blvd</t>
+  </si>
+  <si>
+    <t>Круиз Долна баня 639</t>
+  </si>
+  <si>
+    <t>гр. Долна баня,ул. Търговска №1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ботевград </t>
+  </si>
+  <si>
+    <t>Ботевград до автогарата</t>
+  </si>
+  <si>
+    <t>Костинброд</t>
+  </si>
+  <si>
+    <t>бул.Ломско шосе</t>
+  </si>
+  <si>
+    <t>Ihtiman</t>
+  </si>
+  <si>
+    <t>21st km of Trakia highway</t>
+  </si>
+  <si>
+    <t>Костинброд 2</t>
+  </si>
+  <si>
+    <t>КОСТИНБРОД ул.Ломско шосе</t>
+  </si>
+  <si>
+    <t>Елин Пелин</t>
+  </si>
+  <si>
+    <t>Елин Пелин, Софийско шосе</t>
+  </si>
+  <si>
+    <t>Костинец</t>
+  </si>
+  <si>
+    <t>гр.КОСТЕНЕЦ</t>
+  </si>
+  <si>
+    <t>Самоков</t>
+  </si>
+  <si>
+    <t>Самоков на входа от Дупница</t>
+  </si>
+  <si>
+    <t>Самоков 2</t>
+  </si>
+  <si>
+    <t>САМОКОВ - градска</t>
+  </si>
+  <si>
+    <t>Разлив</t>
+  </si>
+  <si>
+    <t>Разлив, магистрала Хемус</t>
+  </si>
+  <si>
+    <t>Зелин</t>
+  </si>
+  <si>
+    <t>АМ Хемус 37км, Ботевград-Зелин</t>
+  </si>
+  <si>
+    <t>Правец</t>
+  </si>
+  <si>
+    <t>Своге</t>
+  </si>
+  <si>
+    <t>СВОГЕ, бул. Дунав 1</t>
+  </si>
+  <si>
+    <t>Пирдоп</t>
+  </si>
+  <si>
+    <t>ПИРДОП</t>
+  </si>
+  <si>
+    <t>АМ Тракия 36км</t>
+  </si>
+  <si>
+    <t>Автомагистрала Тракия 36 км.Север</t>
+  </si>
+  <si>
+    <t>Ихтиман</t>
+  </si>
+  <si>
+    <t>М-л ИХТИМАН - магистрала юг</t>
+  </si>
+  <si>
+    <t>Ceki Zahariev</t>
+  </si>
+  <si>
+    <t>319 Ботевград</t>
+  </si>
+  <si>
+    <t>бул. България 2140 Ботевград</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>7224 – Годеч</t>
+  </si>
+  <si>
+    <t>ГОДЕЧ, изход София</t>
+  </si>
+  <si>
+    <t>7212 – Мирково</t>
+  </si>
+  <si>
+    <t>МИРКОВО, до Керамичен завод "Мирково"</t>
+  </si>
+  <si>
+    <t>7203 – Драгоман</t>
+  </si>
+  <si>
+    <t>ДРАГОМАН, Автомагистрала "Европа" -дясно</t>
+  </si>
+  <si>
+    <t>7207 – Ихтиман</t>
+  </si>
+  <si>
+    <t>ИХТИМАН, градска, ул. "Цар Освободител"</t>
+  </si>
+  <si>
+    <t>7210 – Самоков</t>
+  </si>
+  <si>
+    <t>САМОКОВ, ул. "Софийско шосе", изход София</t>
+  </si>
+  <si>
+    <t>7220 – Етрополе</t>
+  </si>
+  <si>
+    <t>ЕТРОПОЛЕ, бул.  "Руски", вход Златица</t>
+  </si>
+  <si>
+    <t>7205 – Сливница</t>
+  </si>
+  <si>
+    <t>СЛИВНИЦА, ул. "Паисий Хилендарски"№ 57</t>
+  </si>
+  <si>
+    <t>7214 – Копривщица</t>
+  </si>
+  <si>
+    <t>КОПРИВЩИЦА, ул. "Любен Каравелов"  № 80</t>
+  </si>
+  <si>
+    <t>Круиз Стара Загора 880</t>
+  </si>
+  <si>
+    <t>бул. „Свети Патриарх Евтимий“ 5</t>
+  </si>
+  <si>
+    <t>Круиз Стара Загора 2 886</t>
+  </si>
+  <si>
+    <t>ул. „Армейска“ 18А</t>
+  </si>
+  <si>
+    <t>S. Zagora, South</t>
+  </si>
+  <si>
+    <t>PATRIARH EVTIMII blvd - 19A</t>
+  </si>
+  <si>
+    <t>S. Zagora 1</t>
+  </si>
+  <si>
+    <t>r.c. Zheleznik, on the way to Sofia</t>
+  </si>
+  <si>
+    <t>1924 Stara Zagora, Khan Asparuh</t>
+  </si>
+  <si>
+    <t>гр. Стара Загора, бул. “Св. Патриарх Евтимий” №192</t>
+  </si>
+  <si>
+    <t>Kazanluk Bacho Kiro</t>
+  </si>
+  <si>
+    <t>Bacho Kiro str.</t>
+  </si>
+  <si>
+    <t>Dunavci,Kazanluk</t>
+  </si>
+  <si>
+    <t>main road Kazanluk - Sofia</t>
+  </si>
+  <si>
+    <t>Стара Загора</t>
+  </si>
+  <si>
+    <t>бул.Никола Петков, до СБА</t>
+  </si>
+  <si>
+    <t>Чирпан</t>
+  </si>
+  <si>
+    <t>ЧИРПАН ПАРК "СТАРИ ГРОБИЩА" НА ИЗХОД ЗА СТ. З.</t>
+  </si>
+  <si>
+    <t>Раднево</t>
+  </si>
+  <si>
+    <t>гл.път ІІ-57, кв.96</t>
+  </si>
+  <si>
+    <t>Казанлък</t>
+  </si>
+  <si>
+    <t>бул. Александър Батенберг, изх.Бургас</t>
+  </si>
+  <si>
+    <t>Казанлък 2</t>
+  </si>
+  <si>
+    <t>бул. Александър Батенберг, вх.от Бургас</t>
+  </si>
+  <si>
+    <t>Стара Загора 2</t>
+  </si>
+  <si>
+    <t>СТАРА ЗАГОРА кв."Кольо Ганчев" изход за Димитровград</t>
+  </si>
+  <si>
+    <t>8110 – Казанлък</t>
+  </si>
+  <si>
+    <t>КАЗАНЛЪК, изход СОФИЯ</t>
+  </si>
+  <si>
+    <t>8121 – Ст. Загора</t>
+  </si>
+  <si>
+    <t>СТ. ЗАГОРА, бул. "Никола Петков", изход БУРГАС</t>
+  </si>
+  <si>
+    <t>8122 – Ст. Загора</t>
+  </si>
+  <si>
+    <t>СТ. ЗАГОРА, ТК "СЛЪНЦЕ", ул. "Стамо Пулев"</t>
+  </si>
+  <si>
+    <t>8126 – Чирпан</t>
+  </si>
+  <si>
+    <t>ЧИРПАН, вход на града от Пловдив, Околовръстен път</t>
+  </si>
+  <si>
+    <t>8102 – Ст. Загора</t>
+  </si>
+  <si>
+    <t>СТАРА ЗАГОРА, ул. "КНЯЗ БОРИС I" КИНО "Ж. ДИМАНОВ"</t>
+  </si>
+  <si>
+    <t>8109 – Казанлък</t>
+  </si>
+  <si>
+    <t>КАЗАНЛЪК, изход БУРГАС</t>
+  </si>
+  <si>
+    <t>8106 – Раднево</t>
+  </si>
+  <si>
+    <t>РАДНЕВО, КВ. "37", ЮЖНО ОТ ГРАДА</t>
+  </si>
+  <si>
+    <t>8111 – Павел баня</t>
+  </si>
+  <si>
+    <t>ПАВЕЛ БАНЯ, път СОФИЯ-БУРГАС, изход Калофер</t>
+  </si>
+  <si>
+    <t>8116 – Гурково</t>
+  </si>
+  <si>
+    <t>ГУРКОВО, път СОФИЯ-БУРГАС, вход Нова Загора</t>
+  </si>
+  <si>
+    <t>8143- Оризово</t>
+  </si>
+  <si>
+    <t>Оризово, Магистрала "Тракия", 162 км посока Бургас</t>
+  </si>
+  <si>
+    <t>Круиз Омуртаг 474</t>
+  </si>
+  <si>
+    <t>ул.Цар Освободител №37</t>
   </si>
   <si>
     <t>2026-02-20</t>
   </si>
   <si>
-    <t>Круиз Петрич 804</t>
-[...2918 lines deleted...]
-    <t>ул.Цар Освободител №37</t>
+    <t>Targovishte</t>
+  </si>
+  <si>
+    <t>Industrial zone</t>
   </si>
   <si>
     <t>Търговище 2</t>
   </si>
   <si>
     <t>до КАТ, изх.София</t>
   </si>
   <si>
     <t>Търговище</t>
   </si>
   <si>
     <t>ул. 29-ти Януари №7</t>
   </si>
   <si>
-    <t>Targovishte</t>
-[...4 lines deleted...]
-  <si>
     <t>6401 – Търговище</t>
   </si>
   <si>
     <t>ТЪРГОВИЩЕ, бул. 29-ти  януари</t>
   </si>
   <si>
     <t>6403 – Омуртаг</t>
   </si>
   <si>
     <t>ОМУРТАГ, ул. "Цар Освободител" 37, на изхода за Търговище</t>
   </si>
   <si>
     <t>6409 - Попово</t>
   </si>
   <si>
     <t>ПОПОВО, на изхода за   Разград</t>
   </si>
   <si>
     <t>6404 – Антоново</t>
   </si>
   <si>
     <t>АНТОНОВО гл. път София - Варна</t>
   </si>
   <si>
     <t>Круиз Хасково 472</t>
   </si>
   <si>
     <t>ул. Трансмариска 146</t>
   </si>
   <si>
+    <t>Dimitrovgrad</t>
+  </si>
+  <si>
+    <t>DIMITAR BLAGOEV blvd, next to the railway station</t>
+  </si>
+  <si>
+    <t>Haskovo 2</t>
+  </si>
+  <si>
+    <t>DIMITROVGRADSKO shose at exit of Sofia</t>
+  </si>
+  <si>
+    <t>Круиз Генералово 570</t>
+  </si>
+  <si>
+    <t>с.Генералово, местност Старите лозя</t>
+  </si>
+  <si>
+    <t>Svilengrad</t>
+  </si>
+  <si>
+    <t>197 A Bulgaria blvd</t>
+  </si>
+  <si>
+    <t>Haskovo 1</t>
+  </si>
+  <si>
+    <t>VASIL LEVSKI blvd, next to Tobacco Co.</t>
+  </si>
+  <si>
     <t>Хасково</t>
   </si>
   <si>
     <t>бул.Съединение, след КАТ,изход Харманли</t>
   </si>
   <si>
-    <t>Круиз Генералово 570</t>
-[...4 lines deleted...]
-  <si>
     <t>Хасково 2</t>
   </si>
   <si>
     <t>бул."Освобождение", изх. Кърджали</t>
   </si>
   <si>
-    <t>Dimitrovgrad</t>
-[...4 lines deleted...]
-  <si>
     <t>Харманли</t>
   </si>
   <si>
     <t>Тополовградско шосе, изх.Свиленград</t>
   </si>
   <si>
-    <t>Svilengrad</t>
-[...16 lines deleted...]
-  <si>
     <t>Марица км 115 север</t>
   </si>
   <si>
     <t>Марица км 115 север km 115, север (вход от Турция)</t>
   </si>
   <si>
+    <t>8214 – Симеоновград</t>
+  </si>
+  <si>
+    <t>СИМЕОНОВГРАД, изход ГЪЛБОВО</t>
+  </si>
+  <si>
+    <t>8216 – Свиленград</t>
+  </si>
+  <si>
+    <t>СВИЛЕНГРАД бул. "Г.ДИМИТРОВ" 185 ИЗХОД  ЗА КАП. АНДРЕЕВО</t>
+  </si>
+  <si>
     <t>8108 – Тополовград</t>
   </si>
   <si>
     <t>ТОПОЛОВГРАД, ул. "Искър" 14</t>
   </si>
   <si>
+    <t>8220 – Харманли</t>
+  </si>
+  <si>
+    <t>ХАРМАНЛИ, изход ХАСКОВО</t>
+  </si>
+  <si>
     <t>8218 – Любимец</t>
   </si>
   <si>
     <t>ЛЮБИМЕЦ,ПЪТ ХАРМАНЛИ-СВИЛЕНГРАД</t>
   </si>
   <si>
-    <t>8220 – Харманли</t>
-[...14 lines deleted...]
-    <t>СИМЕОНОВГРАД, изход ГЪЛБОВО</t>
+    <t>8201 – Хасково</t>
+  </si>
+  <si>
+    <t>ХАСКОВО, бул. "Съединение" № 47 - до болницата</t>
   </si>
   <si>
     <t>8210 – Димитровград</t>
   </si>
   <si>
     <t>ДИМИТРОВГРАД, бул. Г.С.РАКОВСКИ, на ъгъла с ул. "Кап. Петко Войвода"</t>
   </si>
   <si>
-    <t>8201 – Хасково</t>
-[...4 lines deleted...]
-  <si>
     <t>8305 – Ивайловград</t>
   </si>
   <si>
     <t>ИВАЙЛОВГРАД, ул. "Кап. Петко войвода" ,вход на града</t>
   </si>
   <si>
+    <t>Shumen 2</t>
+  </si>
+  <si>
+    <t>16 A Simeon Veliki blvd</t>
+  </si>
+  <si>
+    <t>Shumen 1</t>
+  </si>
+  <si>
+    <t>25 Rishki prohod blvd</t>
+  </si>
+  <si>
     <t>Шумен</t>
   </si>
   <si>
     <t>Шумен, бул. Рижки проход № 28, изхода за Бургас</t>
   </si>
   <si>
     <t>кв.Боян Балгаран</t>
   </si>
   <si>
-    <t>Shumen 1</t>
-[...8 lines deleted...]
-    <t>16 A Simeon Veliki blvd</t>
+    <t>2304 – Шумен</t>
+  </si>
+  <si>
+    <t>ШУМЕН, V-ти КМ, м-ст "Мералък"</t>
   </si>
   <si>
     <t>2305 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН КВ."ГРИВИЦА", ул. "Ген. Скобелев"</t>
   </si>
   <si>
     <t>2307 – В. Преслав</t>
   </si>
   <si>
     <t>ПРЕСЛАВ, ул. "Борис Спиров" №47</t>
   </si>
   <si>
     <t>2315 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН, ул. "Индустриална" №9</t>
   </si>
   <si>
-    <t>2304 – Шумен</t>
-[...4 lines deleted...]
-  <si>
     <t>2302 – Шумен</t>
   </si>
   <si>
     <t>ШУМЕН, бул. "Симеон Велики" №82, изход ВАРНА</t>
   </si>
   <si>
+    <t>2311 – Нови Пазар</t>
+  </si>
+  <si>
+    <t>НОВИ ПАЗАР, път ВАРНА-СОФИЯ</t>
+  </si>
+  <si>
     <t>2312 – Нови Пазар</t>
   </si>
   <si>
     <t>НОВИ ПАЗАР, изход Силистра</t>
   </si>
   <si>
     <t>2308 – Смядово</t>
   </si>
   <si>
     <t>СМЯДОВО, местност "Студен кладенец"</t>
   </si>
   <si>
     <t>2310 – Хитрино</t>
   </si>
   <si>
     <t>ГАРА ХИТРИНО</t>
   </si>
   <si>
-    <t>2311 – Нови Пазар</t>
-[...2 lines deleted...]
-    <t>НОВИ ПАЗАР, път ВАРНА-СОФИЯ</t>
+    <t>Круиз Елхово 455</t>
+  </si>
+  <si>
+    <t>Елхово</t>
+  </si>
+  <si>
+    <t>Yabol</t>
+  </si>
+  <si>
+    <t>10 Evropa blvd</t>
   </si>
   <si>
     <t>Ямбол</t>
   </si>
   <si>
     <t>Ямбол,ул.Търговска 164</t>
   </si>
   <si>
-    <t>Круиз Елхово 455</t>
-[...4 lines deleted...]
-  <si>
     <t>Ямбол 2</t>
   </si>
   <si>
     <t>ул.Клокотница 102</t>
-  </si>
-[...4 lines deleted...]
-    <t>10 Evropa blvd</t>
   </si>
   <si>
     <t>Лесово 2</t>
   </si>
   <si>
     <t>Граничен комплекс "Изгрев" - юг</t>
   </si>
   <si>
     <t>АМ Тракия, км 299 юг</t>
   </si>
   <si>
     <t>АМ Тракия, 8693 299-ти км посока Бургас, до надлез Воденичане</t>
   </si>
   <si>
     <t>АМ Тракия, км 299, север</t>
   </si>
   <si>
     <t>АМ Тракия, 8693 299-ти км, посока Бургас-София, разклон Воденичане</t>
   </si>
   <si>
     <t>1304 – Ямбол</t>
   </si>
   <si>
     <t>ЯМБОЛ, изход "Петолъчката"</t>
   </si>
@@ -3803,934 +3815,934 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8">
+        <v>1.32</v>
+      </c>
+      <c r="F8" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9">
+        <v>1.32</v>
+      </c>
+      <c r="F9" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E13">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>38</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E14">
-        <v>1.24</v>
+        <v>1.34</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15">
-        <v>1.24</v>
+        <v>1.35</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16">
-        <v>1.24</v>
+        <v>1.35</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17">
-        <v>1.24</v>
+        <v>1.35</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>46</v>
+      </c>
+      <c r="C18">
+        <v>0</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E18">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E19">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E20">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E21">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E22">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E23">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C24" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E24">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B25" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E25">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C26" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E26">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="C27" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E27">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D28" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E28">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C29" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D29" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E29">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C30" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D30" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E30">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C31" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E31">
-        <v>1.27</v>
+        <v>1.36</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C32" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D32" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E32">
-        <v>1.28</v>
+        <v>1.36</v>
       </c>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C33" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D33" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E33">
-        <v>1.28</v>
+        <v>1.36</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C34" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D34" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E34">
-        <v>1.28</v>
+        <v>1.39</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B35" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C35" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D35" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E35">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C36" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E36">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="C37" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E37">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="C38" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D38" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E38">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F38" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="C39" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D39" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E39">
         <v>2.17</v>
       </c>
       <c r="F39" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B40" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C40" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D40" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B41" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C41" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D41" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E41">
         <v>2.52</v>
       </c>
       <c r="F41" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B42" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C42" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D42" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E42">
         <v>2.52</v>
       </c>
       <c r="F42" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B43" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C43" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D43" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E43">
         <v>2.52</v>
       </c>
       <c r="F43" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B44" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C44" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D44" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E44">
         <v>2.52</v>
       </c>
       <c r="F44" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B45" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C45" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D45" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E45">
         <v>2.56</v>
       </c>
       <c r="F45" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B46" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C46" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D46" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E46">
         <v>2.61</v>
       </c>
       <c r="F46" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -4740,286 +4752,286 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C2" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C3" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C4" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C5" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="C6" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C7" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C8" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C9" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C10" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C11" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="C12" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.53</v>
       </c>
       <c r="F12" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C13" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.55</v>
       </c>
       <c r="F13" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F17"/>
   <sheetViews>
@@ -5032,363 +5044,363 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="C2" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D2" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.29</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C3" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C4" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C5" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C6" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C7" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C8" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C9" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C10" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C11" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="C12" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.56</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.56</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="C14" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C15" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="C16" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.56</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C17" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.6</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -5398,306 +5410,306 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C2" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C3" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C4" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C5" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C6" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C7" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C8" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C9" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C10" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C11" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.57</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="C12" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.57</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C13" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C14" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
@@ -5710,543 +5722,543 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C2" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C3" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C4" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>448</v>
+      </c>
+      <c r="C5" t="s">
+        <v>449</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5">
+        <v>1.32</v>
+      </c>
+      <c r="F5" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C6" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>452</v>
+      </c>
+      <c r="C7" t="s">
+        <v>453</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7">
+        <v>1.32</v>
+      </c>
+      <c r="F7" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="C8" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C9" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C10" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C11" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C12" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C13" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E13">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C14" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E14">
-        <v>1.27</v>
+        <v>1.39</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C15" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E15">
-        <v>1.27</v>
+        <v>1.39</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="C16" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E16">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C17" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D17" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E17">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="C18" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E18">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C19" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C20" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E20">
         <v>2.52</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C21" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E21">
         <v>2.52</v>
       </c>
       <c r="F21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B22" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C22" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D22" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E22">
         <v>2.55</v>
       </c>
       <c r="F22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="C23" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E23">
         <v>2.55</v>
       </c>
       <c r="F23" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B24" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C24" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D24" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E24">
         <v>2.55</v>
       </c>
       <c r="F24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B25" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C25" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D25" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E25">
         <v>2.61</v>
       </c>
       <c r="F25" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E26">
         <v>2.61</v>
       </c>
       <c r="F26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F18"/>
   <sheetViews>
@@ -6256,386 +6268,386 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C2" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="C3" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.35</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="C4" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="C5" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="C6" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C7" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C8" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C9" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.47</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C10" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C11" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C12" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C13" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.57</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C14" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.57</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C15" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="C16" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C17" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C18" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -6645,286 +6657,286 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="C2" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C3" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C4" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="C6" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C7" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C8" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C9" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C10" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C11" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C12" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C13" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.62</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F54"/>
   <sheetViews>
@@ -6934,1103 +6946,1103 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C2" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.27</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C3" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.28</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>545</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="C4" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="C5" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C6" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="C7" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C8" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="C9" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B10" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>558</v>
+      </c>
+      <c r="C10" t="s">
+        <v>559</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B11" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="C11" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B12" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="C12" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="C13" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E13">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="C14" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E14">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="C15" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E15">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="C16" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16">
-        <v>1.24</v>
+        <v>1.35</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B17" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="C17" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17">
-        <v>1.24</v>
+        <v>1.35</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C18" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E18">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>558</v>
+        <v>576</v>
       </c>
       <c r="C19" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E19">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="C20" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E20">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="C21" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E21">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="C22" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E22">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="C23" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E23">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>552</v>
+        <v>586</v>
       </c>
       <c r="C24" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E24">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B25" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="C25" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E25">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="C26" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E26">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B27" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="C27" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="D27" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E27">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B28" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="C28" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="D28" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E28">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B29" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="C29" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="D29" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E29">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B30" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="C30" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="D30" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E30">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B31" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C31" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="D31" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E31">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B32" t="s">
-        <v>594</v>
+        <v>578</v>
       </c>
       <c r="C32" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="D32" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E32">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="C33" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E33">
-        <v>1.27</v>
+        <v>1.36</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>604</v>
+      </c>
+      <c r="C34">
+        <v>0</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E34">
-        <v>1.28</v>
+        <v>1.36</v>
       </c>
       <c r="F34" t="s">
-        <v>599</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B35" t="s">
-        <v>600</v>
+        <v>578</v>
       </c>
       <c r="C35" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="D35" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E35">
-        <v>1.28</v>
+        <v>1.36</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B36" t="s">
-        <v>602</v>
+        <v>544</v>
       </c>
       <c r="C36" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D36" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E36">
-        <v>1.28</v>
+        <v>1.39</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C37" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E37">
-        <v>1.31</v>
+        <v>1.42</v>
       </c>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="C38" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="D38" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E38">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F38" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B39" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="C39" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="D39" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E39">
         <v>2.52</v>
       </c>
       <c r="F39" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B40" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C40" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D40" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E40">
         <v>2.52</v>
       </c>
       <c r="F40" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B41" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C41" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="D41" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E41">
         <v>2.52</v>
       </c>
       <c r="F41" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B42" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C42" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="D42" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E42">
         <v>2.52</v>
       </c>
       <c r="F42" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B43" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C43" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="D43" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E43">
         <v>2.52</v>
       </c>
       <c r="F43" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B44" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="C44" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="D44" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E44">
         <v>2.52</v>
       </c>
       <c r="F44" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B45" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C45" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="D45" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E45">
         <v>2.52</v>
       </c>
       <c r="F45" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B46" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="C46" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="D46" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E46">
         <v>2.52</v>
       </c>
       <c r="F46" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B47" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="C47" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="D47" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E47">
         <v>2.56</v>
       </c>
       <c r="F47" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B48" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="C48" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="D48" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E48">
         <v>2.56</v>
       </c>
       <c r="F48" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B49" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C49" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="D49" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E49">
         <v>2.56</v>
       </c>
       <c r="F49" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B50" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="C50" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="D50" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E50">
         <v>2.56</v>
       </c>
       <c r="F50" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B51" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C51" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="D51" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E51">
         <v>2.56</v>
       </c>
       <c r="F51" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B52" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="C52" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="D52" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E52">
         <v>2.56</v>
       </c>
       <c r="F52" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B53" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C53" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="D53" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E53">
         <v>2.86</v>
       </c>
       <c r="F53" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B54" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C54" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="D54" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F54" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F5"/>
   <sheetViews>
@@ -8040,126 +8052,126 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="C2" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="C3" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="C4" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="D4" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="C5" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="D5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E5">
         <v>2.52</v>
       </c>
       <c r="F5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F20"/>
   <sheetViews>
@@ -8172,423 +8184,423 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="C2" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="C3" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C4" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>654</v>
+      </c>
+      <c r="C5" t="s">
+        <v>655</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5">
+        <v>1.32</v>
+      </c>
+      <c r="F5" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>656</v>
+      </c>
+      <c r="C6" t="s">
+        <v>657</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6">
+        <v>1.32</v>
+      </c>
+      <c r="F6" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C7" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C8" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="C9" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="C10" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="C11" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="C12" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="C13" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E13">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>645</v>
+        <v>656</v>
       </c>
       <c r="C14" t="s">
-        <v>646</v>
+        <v>657</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E14">
         <v>2.17</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="C15" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C16" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C17" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.57</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C18" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C19" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C20" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E20">
         <v>2.59</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F8"/>
   <sheetViews>
@@ -8598,186 +8610,186 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C2" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B3" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C3" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="D3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E3">
         <v>2.59</v>
       </c>
       <c r="F3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B4" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C4" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="D4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E4">
         <v>2.59</v>
       </c>
       <c r="F4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="C5" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="D5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E5">
         <v>2.59</v>
       </c>
       <c r="F5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C6" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="C7" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
         <v>2.66</v>
       </c>
       <c r="F7" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="C8" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E8">
         <v>2.98</v>
       </c>
       <c r="F8" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F36"/>
   <sheetViews>
@@ -8787,746 +8799,746 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.19</v>
+        <v>1.31</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C5" t="s">
+        <v>99</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5">
+        <v>1.32</v>
+      </c>
+      <c r="F5" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C6" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C7" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.24</v>
+        <v>1.35</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C10" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E13">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E14">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E15">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E16">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E17">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E18">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="C19" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E19">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C20" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D20" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E20">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>125</v>
+        <v>100</v>
       </c>
       <c r="C21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E21">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C22" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E22">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C23" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E23">
-        <v>1.27</v>
+        <v>1.37</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E24">
-        <v>1.28</v>
+        <v>1.38</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="C25" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E25">
         <v>2.17</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C26" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E26">
         <v>2.52</v>
       </c>
       <c r="F26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C27" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E27">
         <v>2.6</v>
       </c>
       <c r="F27" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C28" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E28">
         <v>2.6</v>
       </c>
       <c r="F28" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B29" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C29" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D29" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E29">
         <v>2.6</v>
       </c>
       <c r="F29" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B30" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C30" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E30">
         <v>2.6</v>
       </c>
       <c r="F30" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B31" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C31" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D31" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E31">
         <v>2.6</v>
       </c>
       <c r="F31" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B32" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C32" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D32" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E32">
         <v>2.6</v>
       </c>
       <c r="F32" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B33" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C33" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D33" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E33">
         <v>2.6</v>
       </c>
       <c r="F33" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B34" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C34" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D34" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E34">
         <v>2.62</v>
       </c>
       <c r="F34" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B35" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E35">
         <v>2.62</v>
       </c>
       <c r="F35" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C36" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D36" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E36">
         <v>2.81</v>
       </c>
       <c r="F36" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
@@ -9536,446 +9548,446 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="C2" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.27</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C3" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="C4" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C5" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.34</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="C6" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C7" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C8" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C9" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="C10" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C11" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C12" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="C13" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E13">
-        <v>1.27</v>
+        <v>1.36</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="C14" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E14">
-        <v>1.31</v>
+        <v>1.42</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="B15" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="C15" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="D15" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="E15">
         <v>2.1</v>
       </c>
       <c r="F15" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="B16" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="C16" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="D16" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="E16">
         <v>2.31</v>
       </c>
       <c r="F16" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="C17" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C18" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="C19" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="C20" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E20">
         <v>2.59</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C21" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E21">
         <v>2.59</v>
       </c>
       <c r="F21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F11"/>
   <sheetViews>
@@ -9985,246 +9997,246 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C2" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C3" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="D3" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.23</v>
+        <v>1.33</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C4" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C5" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="D5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E5">
         <v>2.47</v>
       </c>
       <c r="F5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="C6" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E6">
         <v>2.59</v>
       </c>
       <c r="F6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B7" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C7" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="D7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E7">
         <v>2.59</v>
       </c>
       <c r="F7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C8" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.59</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="C9" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.59</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="C10" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.59</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="C11" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F74"/>
   <sheetViews>
@@ -10234,1503 +10246,1503 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C2" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.14</v>
+        <v>1.26</v>
       </c>
       <c r="F2" t="s">
-        <v>753</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C3" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.16</v>
+        <v>1.27</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>758</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C4" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.16</v>
+        <v>1.27</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>758</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C5" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.21</v>
+        <v>1.28</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>190</v>
       </c>
       <c r="B6" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C6" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>193</v>
       </c>
       <c r="E6">
-        <v>1.21</v>
+        <v>1.29</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="C7" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="C8" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="C9" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B10" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="C10" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
       <c r="E10">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B11" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="C11" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
       <c r="E11">
-        <v>1.21</v>
+        <v>1.3</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B12" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="C12" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B13" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="C13" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="C14" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>6</v>
       </c>
       <c r="B15" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="C15" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="D15" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="E15">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="C16" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B17" t="s">
-        <v>763</v>
+        <v>785</v>
       </c>
       <c r="C17" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B18" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="C18" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="D18" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E18">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B19" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="C19" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="D19" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E19">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B20" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="C20" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="D20" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E20">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B21" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="C21" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E21">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B22" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="C22" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="D22" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E22">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B23" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="C23" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="D23" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E23">
-        <v>1.23</v>
+        <v>1.32</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="C24" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" t="s">
+        <v>801</v>
+      </c>
+      <c r="C25" t="s">
+        <v>802</v>
+      </c>
+      <c r="D25" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25">
+        <v>1.32</v>
+      </c>
+      <c r="F25" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>15</v>
+      </c>
+      <c r="B26" t="s">
+        <v>803</v>
+      </c>
+      <c r="C26" t="s">
+        <v>804</v>
+      </c>
+      <c r="D26" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26">
+        <v>1.32</v>
+      </c>
+      <c r="F26" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B27" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="C27" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E27">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B28" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="C28" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E28">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B29" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="C29" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E29">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B30" t="s">
-        <v>763</v>
+        <v>805</v>
       </c>
       <c r="C30" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E30">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B31" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="C31" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E31">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B32" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="C32" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E32">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="C33" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="D33" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E33">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="C34" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E34">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B35" t="s">
-        <v>763</v>
+        <v>819</v>
       </c>
       <c r="C35" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E35">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B36" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="C36" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="D36" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E36">
-        <v>1.25</v>
+        <v>1.33</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B37" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="C37" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="D37" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E37">
-        <v>1.25</v>
+        <v>1.34</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B38" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="C38" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="D38" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E38">
-        <v>1.25</v>
+        <v>1.34</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B39" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="C39" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="D39" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E39">
-        <v>1.25</v>
+        <v>1.34</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B40" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="C40" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="D40" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E40">
-        <v>1.25</v>
+        <v>1.34</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B41" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="C41" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
       <c r="E41">
-        <v>1.25</v>
+        <v>1.34</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B42" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="C42" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="D42" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E42">
-        <v>1.25</v>
+        <v>1.34</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B43" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="C43" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="D43" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E43">
-        <v>1.25</v>
+        <v>1.34</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B44" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="C44" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="D44" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E44">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F44" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B45" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="C45" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="D45" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E45">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F45" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B46" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="C46" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="D46" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E46">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F46" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B47" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="C47" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="D47" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E47">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F47" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B48" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="C48" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="D48" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E48">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F48" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B49" t="s">
-        <v>840</v>
+        <v>805</v>
       </c>
       <c r="C49" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E49">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F49" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B50" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="C50" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="D50" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E50">
-        <v>1.27</v>
+        <v>1.36</v>
       </c>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B51" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="C51" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="D51" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E51">
-        <v>1.27</v>
+        <v>1.36</v>
       </c>
       <c r="F51" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B52" t="s">
-        <v>846</v>
+        <v>805</v>
       </c>
       <c r="C52" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="D52" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E52">
-        <v>1.27</v>
+        <v>1.36</v>
       </c>
       <c r="F52" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B53" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="C53" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="D53" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E53">
-        <v>1.27</v>
+        <v>1.36</v>
       </c>
       <c r="F53" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B54" t="s">
-        <v>850</v>
+        <v>805</v>
       </c>
       <c r="C54" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="D54" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E54">
-        <v>1.27</v>
+        <v>1.36</v>
       </c>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B55" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="C55" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="D55" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E55">
-        <v>1.27</v>
+        <v>1.37</v>
       </c>
       <c r="F55" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B56" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="C56" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="D56" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E56">
-        <v>1.27</v>
+        <v>1.37</v>
       </c>
       <c r="F56" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B57" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="C57" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E57">
-        <v>1.28</v>
+        <v>1.39</v>
       </c>
       <c r="F57" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B58" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C58" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="D58" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E58">
-        <v>1.29</v>
+        <v>1.41</v>
       </c>
       <c r="F58" t="s">
-        <v>753</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B59" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C59" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D59" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E59">
-        <v>1.31</v>
+        <v>1.42</v>
       </c>
       <c r="F59" t="s">
-        <v>10</v>
+        <v>758</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B60" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C60" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D60" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E60">
-        <v>1.31</v>
+        <v>1.42</v>
       </c>
       <c r="F60" t="s">
-        <v>10</v>
+        <v>758</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B61" t="s">
-        <v>778</v>
+        <v>801</v>
       </c>
       <c r="C61" t="s">
-        <v>779</v>
+        <v>802</v>
       </c>
       <c r="D61" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E61">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F61" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B62" t="s">
-        <v>774</v>
+        <v>803</v>
       </c>
       <c r="C62" t="s">
-        <v>775</v>
+        <v>804</v>
       </c>
       <c r="D62" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E62">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F62" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B63" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="C63" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="D63" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E63">
         <v>2.52</v>
       </c>
       <c r="F63" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B64" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="C64" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="D64" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E64">
         <v>2.52</v>
       </c>
       <c r="F64" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B65" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="C65" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="D65" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E65">
         <v>2.53</v>
       </c>
       <c r="F65" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B66" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="C66" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="D66" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E66">
         <v>2.54</v>
       </c>
       <c r="F66" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B67" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C67" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="D67" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E67">
         <v>2.54</v>
       </c>
       <c r="F67" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B68" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="C68" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="D68" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E68">
         <v>2.54</v>
       </c>
       <c r="F68" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B69" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C69" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="D69" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E69">
         <v>2.54</v>
       </c>
       <c r="F69" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B70" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>874</v>
+      </c>
+      <c r="C70">
+        <v>0</v>
       </c>
       <c r="D70" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E70">
         <v>2.54</v>
       </c>
       <c r="F70" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B71" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>875</v>
+      </c>
+      <c r="C71" t="s">
+        <v>876</v>
       </c>
       <c r="D71" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E71">
         <v>2.54</v>
       </c>
       <c r="F71" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B72" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="C72" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="D72" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E72">
         <v>2.54</v>
       </c>
       <c r="F72" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B73" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="C73" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="D73" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E73">
         <v>2.73</v>
       </c>
       <c r="F73" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B74" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C74" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="D74" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F74" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F33"/>
   <sheetViews>
@@ -11740,686 +11752,686 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C2" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="C3" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C4" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>889</v>
+      </c>
+      <c r="C5" t="s">
+        <v>890</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5">
+        <v>1.32</v>
+      </c>
+      <c r="F5" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="C6" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="C7" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="C8" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.34</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="C9" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="C10" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="C11" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="C12" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="C13" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E13">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="C14" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E14">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="C15" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E15">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="C16" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E16">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>907</v>
+        <v>891</v>
       </c>
       <c r="C17" t="s">
-        <v>908</v>
+        <v>891</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E17">
-        <v>1.26</v>
+        <v>1.36</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="C18" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E18">
-        <v>1.26</v>
+        <v>1.36</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="C19" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E19">
-        <v>1.27</v>
+        <v>1.36</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C20" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E20">
-        <v>1.27</v>
+        <v>1.39</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="C21" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E21">
-        <v>1.27</v>
+        <v>1.39</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="C22" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="D22" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E22">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="C23" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="D23" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E23">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
+        <v>883</v>
+      </c>
+      <c r="C24" t="s">
         <v>884</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E24">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="B25" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="C25" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E25">
         <v>2.42</v>
       </c>
       <c r="F25" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="C26" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E26">
         <v>2.52</v>
       </c>
       <c r="F26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C27" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E27">
         <v>2.52</v>
       </c>
       <c r="F27" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="C28" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="D28" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E28">
         <v>2.59</v>
       </c>
       <c r="F28" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B29" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="C29" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="D29" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E29">
         <v>2.59</v>
       </c>
       <c r="F29" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B30" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="C30" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E30">
         <v>2.59</v>
       </c>
       <c r="F30" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B31" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="C31" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="D31" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E31">
         <v>2.59</v>
       </c>
       <c r="F31" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B32" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="C32" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="D32" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E32">
         <v>2.77</v>
       </c>
       <c r="F32" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B33" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="C33" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="D33" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E33">
         <v>2.86</v>
       </c>
       <c r="F33" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
@@ -12429,546 +12441,546 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="C2" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.27</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="C3" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.16</v>
+        <v>1.27</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="C4" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C5" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="C6" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="C7" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="C8" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="C9" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="C10" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="C11" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="C12" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="C13" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E13">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="C14" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E14">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="C15" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E15">
-        <v>1.31</v>
+        <v>1.42</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="C16" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E16">
-        <v>1.31</v>
+        <v>1.42</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="C17" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="C18" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="C19" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="C20" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E20">
         <v>2.52</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="C21" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E21">
         <v>2.52</v>
       </c>
       <c r="F21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B22" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="C22" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="D22" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E22">
         <v>2.52</v>
       </c>
       <c r="F22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="C23" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E23">
         <v>2.52</v>
       </c>
       <c r="F23" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B24" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="C24" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="D24" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E24">
         <v>2.56</v>
       </c>
       <c r="F24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B25" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="C25" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="D25" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E25">
         <v>2.57</v>
       </c>
       <c r="F25" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="C26" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E26">
         <v>2.6</v>
       </c>
       <c r="F26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
@@ -12978,226 +12990,226 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="C2" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
         <v>1.21</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>988</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="C3" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="C4" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="C5" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>988</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
       <c r="C6" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
       <c r="D6" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="E6">
         <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B7" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="C7" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="D7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="C8" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="C9" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.54</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="C10" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.59</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
@@ -13207,446 +13219,446 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="C2" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.27</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="C3" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.31</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="C4" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5">
+        <v>1.32</v>
+      </c>
+      <c r="F5" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="C6" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="C7" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="C8" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.33</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="C9" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="C10" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="C11" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.27</v>
+        <v>1.39</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="C12" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E12">
-        <v>1.31</v>
+        <v>1.42</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="C13" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E13">
         <v>2.17</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C14" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.52</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="C15" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.52</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="C16" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.52</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C17" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.52</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="C18" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.52</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C19" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.52</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B20" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="C20" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E20">
         <v>2.52</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B21" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="C21" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E21">
         <v>2.59</v>
       </c>
       <c r="F21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -13656,306 +13668,306 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="C2" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="C3" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="C4" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="D4" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="C5" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="C6" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E6">
         <v>2.52</v>
       </c>
       <c r="F6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B7" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="C7" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="D7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="C8" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="C9" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="C10" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="C11" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="C12" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C13" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="C14" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
   <sheetViews>
@@ -13965,266 +13977,266 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2">
+        <v>1.32</v>
+      </c>
+      <c r="F2" t="s">
         <v>19</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="C3" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="C4" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="C5" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="C6" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.26</v>
+        <v>1.38</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="C7" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.27</v>
+        <v>1.39</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="C8" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.27</v>
+        <v>1.39</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C9" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E9">
         <v>2.17</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="C10" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="C11" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="C12" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.55</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
@@ -14234,406 +14246,406 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.16</v>
+        <v>1.27</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C5" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C6" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C7" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C8" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C9" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C10" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C11" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C12" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C13" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E13">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C14" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E14">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E15">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C16" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E16">
-        <v>1.31</v>
+        <v>1.42</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C17" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.54</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.54</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.54</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
@@ -14643,406 +14655,406 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C2" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>193</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.29</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>190</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C3" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D3" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.31</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C4" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D4" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.31</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C5" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C6" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C7" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C8" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C9" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C10" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E10">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C11" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E11">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C12" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C13" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C14" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.56</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C15" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.56</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C16" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C17" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.59</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C18" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E18">
         <v>2.59</v>
       </c>
       <c r="F18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C19" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E19">
         <v>2.59</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -15052,306 +15064,306 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C4" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C5" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.26</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C6" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E6">
         <v>2.17</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B7" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C7" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E7">
         <v>2.52</v>
       </c>
       <c r="F7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C8" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C9" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.57</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C10" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.57</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C11" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C12" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C13" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C14" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F18"/>
   <sheetViews>
@@ -15361,383 +15373,383 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C2" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C4" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C5" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C6" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C7" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C8" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C9" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C10" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E10">
-        <v>1.36</v>
+        <v>1.47</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C11" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C12" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.52</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C13" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.52</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C14" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.52</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C15" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E15">
         <v>2.59</v>
       </c>
       <c r="F15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C16" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E16">
         <v>2.59</v>
       </c>
       <c r="F16" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C17" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17">
         <v>2.75</v>
       </c>
       <c r="F17" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B18" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C18" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D18" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F18" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
@@ -15747,286 +15759,286 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.27</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C3" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C4" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C5" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C6" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C7" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C8" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C9" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E9">
-        <v>1.36</v>
+        <v>1.42</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C10" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.49</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C11" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.52</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C12" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C13" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.87</v>
       </c>
       <c r="F13" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16039,300 +16051,300 @@
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D2" t="s">
         <v>193</v>
       </c>
       <c r="E2">
-        <v>1.21</v>
+        <v>1.29</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>190</v>
       </c>
       <c r="B3" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>193</v>
       </c>
       <c r="E3">
-        <v>1.21</v>
+        <v>1.29</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>190</v>
       </c>
       <c r="B4" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C4" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D4" t="s">
         <v>193</v>
       </c>
       <c r="E4">
-        <v>1.21</v>
+        <v>1.29</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>190</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C5" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D5" t="s">
-        <v>193</v>
+        <v>9</v>
       </c>
       <c r="E5">
-        <v>1.21</v>
+        <v>1.31</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C6" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.24</v>
+        <v>1.33</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C7" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C8" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C9" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C10" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.58</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C11" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C12" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C13" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B14" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C14" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="D14" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="F14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
@@ -16342,306 +16354,306 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C2" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C3" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>1.24</v>
+        <v>1.32</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C4" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1.24</v>
+        <v>1.36</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C5" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C6" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>1.25</v>
+        <v>1.36</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C7" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>1.27</v>
+        <v>1.39</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C8" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E8">
         <v>2.52</v>
       </c>
       <c r="F8" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C9" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9">
         <v>2.52</v>
       </c>
       <c r="F9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C10" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E10">
         <v>2.52</v>
       </c>
       <c r="F10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C11" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E11">
         <v>2.59</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C12" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="D12" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>2.59</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C13" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E13">
         <v>2.59</v>
       </c>
       <c r="F13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C14" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E14">
         <v>2.59</v>
       </c>
       <c r="F14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">